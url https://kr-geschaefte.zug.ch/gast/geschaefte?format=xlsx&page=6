--- v0 (2025-11-09)
+++ v1 (2026-03-10)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N241" totalsRowShown="0">
-  <autoFilter ref="A1:N241"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N233" totalsRowShown="0">
+  <autoFilter ref="A1:N233"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N241"/>
+  <dimension ref="A1:N233"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="168.08988764044946"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="120.78988764044945"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -189,15516 +189,15027 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>4006</v>
+        <v>4063</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Absage Nachtreffen Jugendpolittag</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-03-11</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2026-02-11</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
-[...2 lines deleted...]
-      <c r="N2" s="0"/>
+          <t>ALG</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-10</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>4005</v>
+        <v>4062</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Tabea Estermann und Jill Nussbaumer betreffend Einkommensaufteilung der Zuger Ehepaare</t>
+          <t>Interpellation der SP-Fraktion betreffend Hertizentrum 2-5</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J3" s="0"/>
+      <c r="J3" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-26</t>
+        </is>
+      </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Nussbaumer Jill</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>4003</v>
+        <v>4061</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Berichts-Motion der Fraktion Die Mitte betreffend Regelung für den Heimfall von Energiekraftwerken an den Kanton Zug – Umsetzung der Eigenversorgung gemäss Energiegesetz</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>4001</v>
+        <v>4060</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Motion von Alexander Haslimann betreffend befristete Überbrückungsmassnahmen des Kantons Zug bei bundesbedingten Verzögerungen der Auszahlung von Arbeitslosengeldern</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Fristverkürzung auf 2 Monate</t>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-04-26</t>
         </is>
       </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>4000</v>
+        <v>4059</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation der SP-Fraktion betreffend Auswirkungen bei einer allfälligen Annahme der SVP-Initiative «Keine 10-Millionen-Schweiz! (Nachhaltigkeits-Initiative)» auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>3999</v>
+        <v>4058</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Kleine Anfrage von Anne Hänel, Erich Grob, Fabienne Michel, Jill Nussbaumer, Michèle Schmid und Hans Jörg Villiger betreffend Umsetzung Autoarmes Zentrum Cham (AAZ)</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-03-07</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-02-07</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
-[...2 lines deleted...]
-      <c r="N7" s="0"/>
+          <t>Hänel Anne, Grob Erich, Michel Fabienne, Nussbaumer Jill, Schmid Michèle, Villiger Hans Jörg</t>
+        </is>
+      </c>
+      <c r="N7" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-03</t>
+        </is>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>3998</v>
+        <v>4057</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Interpellation von Philip C. Brunner und Oliver Wandfluh betreffend «Stopp dem Vorstoss-Wildwuchs» - Mehr Übersicht, Klarheit und Effizienz in der Zuger Wohn- und Baupolitik!</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>Brunner Philip C., Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3996</v>
+        <v>4056</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Kleine Anfrage von Michael Arnold betreffend Umsetzung Gesetz über Standortentwicklung</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J9" s="0"/>
+      <c r="J9" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-06</t>
+        </is>
+      </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2026-02-06</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="N9" s="0"/>
+          <t>Arnold Michael</t>
+        </is>
+      </c>
+      <c r="N9" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-03</t>
+        </is>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3995</v>
+        <v>4055</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation von Philip C. Brunner und neun Mitunterzeichnenden betreffend Sicherheit statt Unterwerfung – zieht der Kanton Zug beim «Tessiner Modell» zur Überprüfung straffälliger Zuwanderer nach?</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2026-02-03</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Brunner Philip C., Ehrbar Alessandro, Haslimann Alexander, Illi Jeffrey, Küng Hans, Nussbaumer Karl, Villiger Hans Jörg, Wandfluh Oliver, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>3994</v>
+        <v>4054</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Motion der SVP-Fraktion betreffend Zug soll sicherster Kanton der Schweiz werden</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J11" s="0"/>
+      <c r="J11" s="0" t="inlineStr">
+        <is>
+          <t>2027-02-26</t>
+        </is>
+      </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3993</v>
+        <v>4053</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Kleine Anfrage von Gregor Bruhin und Alessandro Ehrbar betreffend Einsatz des neuen Lehrmittels «Wie sicher sind wir?» zur Vermittlung von Armee- und Sicherheitswissen an Schulen im Kanton Zug</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-03-02</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
-[...2 lines deleted...]
-      <c r="N12" s="0"/>
+          <t>Bruhin Gregor, Ehrbar Alessandro</t>
+        </is>
+      </c>
+      <c r="N12" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>3992</v>
+        <v>4052</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Interpellation der SP-Fraktion betreffend die Frage: Ist die Pensionskasse Zug eine soziale Vermieterin?</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2026-02-01</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3990</v>
+        <v>4051</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Motion von Mirjam Arnold, Thomas Gwerder, Hans Küng, Michael Riboni, Adrian Rogger, Barbara Schmid-Häseli und Oliver Wandfluh betreffend Kostenübernahme für medizinische Notfälle für Personen ohne Wohnsitz in der Schweiz</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Arnold Mirjam, Gwerder Thomas , Küng Hans, Riboni Michael, Rogger Adrian, Schmid-Häseli Barbara, Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>3989</v>
+        <v>4050</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Motion der SVP-Fraktion betreffend gemeinnützige Arbeitseinsätze für Asylsuchende und vorläufig Aufgenommene im Kanton Zug</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>3988</v>
+        <v>4049</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Auswirkungen der kantonalen Übernahme von 99 % der stationären Spitalkosten auf Notfallbehandlungen im Ausland</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2026-01-26</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
-[...2 lines deleted...]
-      <c r="N16" s="0"/>
+          <t>ALG</t>
+        </is>
+      </c>
+      <c r="N16" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3987</v>
+        <v>4048</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Interpellation der ALG-Fraktion betreffend Anpassung des Unterrichtsbeginns für Jugendliche</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2026-01-23</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3985</v>
+        <v>4047</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Postulat der FDP-Fraktion betreffend Sicherung des Gewerbestandorts durch zeitgemässe Regelungen für betriebseigenen Wohnraum in Arbeitszonen</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2026-01-14</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3982</v>
+        <v>4046</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>Wahlen</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Feststellung der Gültigkeit der Wahl von Andreas Hausheer als Mitglied des Regierungsrats für den Rest der Amtsperiode 2023–2026</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Wahl: Feststellung Gültigkeit</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung der Wahl von Andreas Hausheer, Steinhausen</t>
-[...2 lines deleted...]
-      <c r="J19" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J19" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3980</v>
+        <v>4045</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J20" s="0"/>
+      <c r="J20" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3978</v>
+        <v>4044</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3977</v>
+        <v>4043</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3975</v>
+        <v>4042</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3974</v>
+        <v>4041</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3972</v>
+        <v>4039</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3971</v>
+        <v>4038</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3969</v>
+        <v>4037</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3968</v>
+        <v>4036</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3967</v>
+        <v>4035</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend TARDOC – die Quittung zahlen die Frauen</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3966</v>
+        <v>4034</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J30" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J30" s="0"/>
       <c r="K30" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3965</v>
+        <v>4033</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3964</v>
+        <v>4030</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3963</v>
+        <v>4029</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3962</v>
+        <v>4028</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Genehmigung der Änderung der Geschäftsordnung des Verwaltungsgerichts (GO VG)</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>Verwaltungsgericht</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J34" s="0"/>
+      <c r="J34" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission erweitert</t>
+          <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3961</v>
+        <v>4027</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Budget 2026 und Finanzplan 2026–2029</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-11-07</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...2 lines deleted...]
-      <c r="J35" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J35" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L35" s="0"/>
+      <c r="L35" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-27</t>
+        </is>
+      </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3960</v>
+        <v>4026</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3958</v>
+        <v>4025</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J37" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J37" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3957</v>
+        <v>4023</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J38" s="0"/>
+      <c r="J38" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3956</v>
+        <v>4022</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J39" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J39" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3953</v>
+        <v>4021</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3951</v>
+        <v>4020</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3950</v>
+        <v>4019</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J42" s="0"/>
+      <c r="J42" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3949</v>
+        <v>4018</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J43" s="0"/>
+      <c r="J43" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-26</t>
+        </is>
+      </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
-          <t>Kommission Raum Umwelt Verkehr</t>
+          <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3948</v>
+        <v>4016</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J44" s="0"/>
+      <c r="J44" s="0" t="inlineStr">
+        <is>
+          <t>2026-11-26</t>
+        </is>
+      </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ZVB, 3948</t>
+          <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3947</v>
+        <v>4015</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Lustenberger, Carina Brüngger und Hans Jörg Villiger betreffend Kürzungen bei J+S durch kantonale Beiträge auffangen</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>2025-10-27</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-06-24</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Brüngger Carina, Villiger Hans Jörg</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3943</v>
+        <v>4014</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J46" s="0"/>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t/>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3942</v>
+        <v>4013</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3941</v>
+        <v>4012</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J48" s="0"/>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3940</v>
+        <v>4011</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3939</v>
+        <v>4010</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J50" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J50" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-26</t>
+        </is>
+      </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3938</v>
+        <v>4008</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3936</v>
+        <v>4006</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3934</v>
+        <v>4003</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t/>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3932</v>
+        <v>4001</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3931</v>
+        <v>4000</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3930</v>
+        <v>3999</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3929</v>
+        <v>3998</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3924</v>
+        <v>3996</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J58" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J58" s="0"/>
       <c r="K58" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3923</v>
+        <v>3995</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J59" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J59" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3921</v>
+        <v>3994</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J60" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J60" s="0"/>
       <c r="K60" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t/>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3920</v>
+        <v>3993</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend barrierefreien Zugang dank kantonaler digitaler Assistenz</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2025-05-03</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3917</v>
+        <v>3990</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3916</v>
+        <v>3989</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Fristverlängerung bei Volksinitiativen</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2025-04-28</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3913</v>
+        <v>3988</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-04-24</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3911</v>
+        <v>3987</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3910</v>
+        <v>3985</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3908</v>
+        <v>3980</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J67" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J67" s="0"/>
       <c r="K67" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3907</v>
+        <v>3974</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>2025-11-01</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3905</v>
+        <v>3972</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J69" s="0"/>
+      <c r="J69" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3899</v>
+        <v>3971</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J70" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J70" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3897</v>
+        <v>3969</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Esther Monney, Patrik Kretz, Adrian Rogger und Brigitte Wenzin Widmer betreffend die Frage: Wie wird «lautgetreues Schreiben» an den Zuger Volksschulen umgesetzt?</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2025-03-21</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Kretz Patrik, Rogger Adrian, Wenzin Widmer Brigitte</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3896</v>
+        <v>3966</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3893</v>
+        <v>3965</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3891</v>
+        <v>3964</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3889</v>
+        <v>3963</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3888</v>
+        <v>3960</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J76" s="0"/>
+      <c r="J76" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3887</v>
+        <v>3958</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N77" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3886</v>
+        <v>3957</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3885</v>
+        <v>3956</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J79" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J79" s="0"/>
       <c r="K79" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3883</v>
+        <v>3953</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3880</v>
+        <v>3950</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J81" s="0"/>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3877</v>
+        <v>3949</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J82" s="0"/>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3876</v>
+        <v>3948</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Motion von Alois Gössi, Philip C. Brunner, Tabea Estermann und Christian Hegglin betreffend Zuger Finanzausgleich Phase II</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Ersatzbeschaffung und der Umrüstung der Fahrzeugflotte auf einen CO₂-neutralen Betrieb</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
+        </is>
+      </c>
+      <c r="J83" s="0"/>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>Gössi Alois, Brunner Philip C., Estermann Tabea, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3874</v>
+        <v>3943</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3872</v>
+        <v>3942</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3871</v>
+        <v>3941</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J86" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3870</v>
+        <v>3939</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J87" s="0"/>
       <c r="K87" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3869</v>
+        <v>3938</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3867</v>
+        <v>3932</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J89" s="0"/>
+      <c r="J89" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>ALG</t>
+        </is>
+      </c>
+      <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3866</v>
+        <v>3930</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
-[...2 lines deleted...]
-      <c r="J90" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J90" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3864</v>
+        <v>3929</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3862</v>
+        <v>3923</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Barbara Gysel betreffend die Frage: Sind wir genügend vorbereitet auf Naturgefahren?</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
+        </is>
+      </c>
+      <c r="J92" s="0"/>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>Gysel Barbara</t>
+          <t/>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3861</v>
+        <v>3921</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3859</v>
+        <v>3911</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3858</v>
+        <v>3910</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t/>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3856</v>
+        <v>3905</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend  CO2 Bilanz des Kantons Zug als Verwaltungseinheit</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-01-15</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 30. April 2026</t>
+        </is>
+      </c>
+      <c r="J96" s="0"/>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3855</v>
+        <v>3896</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-04-10</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3851</v>
+        <v>3893</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Tabea Estermann betreffend Meldungen aus der Bevölkerung zu Geldwäscherei im Kanton Zug</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2025-01-03</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3846</v>
+        <v>3891</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Motion von Julia Küng, Klemens Iten, Simon Leuenberger, Ronahi Yener und Katharina Jans betreffend Schaffung eines öffentlich-rechtlichen Jugendparlaments im Kanton Zug</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2024-12-03</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Iten Klemens, Leuenberger Simon, Yener Ronahi, Jans Katharina</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3845</v>
+        <v>3889</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Petition</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Petition «Endlich bezahlbarer Wohnraum für Zug!»</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...2 lines deleted...]
-      <c r="J100" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J100" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2024-11-29</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3844</v>
+        <v>3888</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend einer gesetzlichen Frist für Bauanfragen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J101" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J101" s="0"/>
       <c r="K101" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3842</v>
+        <v>3887</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Motion der Stadtzuger Kantonsrätinnen und Kantonsräte (Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni) betreffend Dämpfung der finanziellen Belastung des Zuger Finanzausgleichs (ZFA) für die Stadt Zug </t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J102" s="0"/>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2024-11-08</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni</t>
+          <t/>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3841</v>
+        <v>3885</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J103" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2029-02-26</t>
         </is>
       </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3840</v>
+        <v>3880</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend flächendeckende Ladestationen für Elektrofahrzeuge auf Parkieranlagen von kantonalen Immobilien</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3837</v>
+        <v>3877</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes betreffend die Einführung des Schweizerischen Zivilgesetzbuches für den Kanton Zug (EG ZGB) sowie des Gesetzes über das Gesundheitswesen im Kanton Zug (Gesundheitsgesetz; GesG)</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Obergericht, Verwaltungsgericht</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-07-09</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t/>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am 11. Juli 2025Aufnahme in GS 2025/025; BGS 211.1 / 821.1</t>
-[...2 lines deleted...]
-      <c r="J105" s="0"/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
+        </is>
+      </c>
+      <c r="J105" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>2024-10-23</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3835</v>
+        <v>3872</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Steuergesetzes - neuntes Revisionspaket</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J106" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J106" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3834</v>
+        <v>3869</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über Standortentwicklung (GSE) - Umsetzung der OECD-Mindeststeuer</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J107" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J107" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-02</t>
+        </is>
+      </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3833</v>
+        <v>3867</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Zuger Pensionskasse (PKG)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist abgelaufen</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
-          <t>Die Referendumsfrist ist unbenutzt abgelaufen.</t>
+          <t/>
         </is>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3832</v>
+        <v>3866</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Entschädigung der nebenamtlichen Behördenmitglieder (Nebenamtsgesetz) sowie Teilrevision des Kantonsratsbeschlusses über die Entschädigung der Fraktionen des Kantonsrats 
-</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist abgelaufen</t>
+          <t/>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
-          <t>Die Referendumsfrist ist unbenutzt abgelaufen.</t>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
         </is>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3827</v>
+        <v>3864</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3826</v>
+        <v>3861</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J111" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3825</v>
+        <v>3858</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Haas betreffend Teilhabe der Menschen mit Beeinträchtigungen am finanziellen Erfolg des Kantons Zug</t>
+          <t>Postulat von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug (Motion umgewandelt in ein Postulat)</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2029-02-26</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2024-10-12</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>Haas Esther</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3819</v>
+        <v>3827</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3816</v>
+        <v>3826</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3811</v>
+        <v>3819</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3810</v>
+        <v>3816</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3808</v>
+        <v>3811</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J117" s="0"/>
+      <c r="J117" s="0" t="inlineStr">
+        <is>
+          <t>2028-08-28</t>
+        </is>
+      </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L117" s="0"/>
+      <c r="L117" s="0" t="inlineStr">
+        <is>
+          <t>2024-09-24</t>
+        </is>
+      </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3804</v>
+        <v>3808</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Mirjam Arnold, Klemens Iten, Christian Hegglin und Carina Brüngger betreffend Anspruch auf Prämienverbilligung automatisch prüfen und Beiträge direkt ausbezahlen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J118" s="0"/>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L118" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L118" s="0"/>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Arnold Mirjam, Iten Klemens, Hegglin Christian, Brüngger Carina</t>
+          <t/>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
         <v>3802</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
           <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
           <t>2024-09-10</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
           <t>Die Mitte</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
         <v>3799</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Verfassung</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
           <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t/>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) Gewährleistung des Bundes erfolgt am 22. September 2025Volksabstimmung am 30. November 2025</t>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
         </is>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
           <t>2024-09-10</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3793</v>
+        <v>3792</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Massnahmen gegen die mentale Gesundheitskrise bei Kindern und Jugendlichen im Kanton Zug</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
           <t>2024-08-29</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3792</v>
+        <v>3791</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
           <t>2024-08-29</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3791</v>
+        <v>3790</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J123" s="0"/>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3790</v>
+        <v>3785</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J124" s="0"/>
+      <c r="J124" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-20</t>
+        </is>
+      </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3785</v>
+        <v>3778</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3778</v>
+        <v>3770</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J126" s="0"/>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t/>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3770</v>
+        <v>3767</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3767</v>
+        <v>3765</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J128" s="0"/>
+      <c r="J128" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3765</v>
+        <v>3759</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3759</v>
+        <v>3758</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
           <t>2024-07-03</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
           <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3758</v>
+        <v>3755</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3755</v>
+        <v>3743</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J132" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J132" s="0"/>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t/>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3752</v>
+        <v>3742</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Motion von Drin Alaj betreffend Verbilligung ÖV-Tarife im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J133" s="0"/>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-06-19</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin</t>
+          <t/>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3743</v>
+        <v>3736</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J134" s="0"/>
+      <c r="J134" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+        </is>
+      </c>
+      <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3742</v>
+        <v>3735</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J135" s="0"/>
+      <c r="J135" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>SVP</t>
+        </is>
+      </c>
+      <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3736</v>
+        <v>3734</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J136" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3735</v>
+        <v>3733</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3734</v>
+        <v>3732</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3733</v>
+        <v>3727</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3732</v>
+        <v>3726</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3727</v>
+        <v>3725</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3726</v>
+        <v>3704</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3725</v>
+        <v>3685</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Genehmigung des Bundes erfolgt.Nach der Teilgenehmigung der Richtplananpassung 23/1 am 16. Mai 2025 wurde am 24. Februar 2026 nun auch das noch fehlende Kapitel S 2.1 genehmigt. </t>
+        </is>
+      </c>
+      <c r="J143" s="0"/>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3704</v>
+        <v>3684</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J144" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3700</v>
+        <v>3683</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
           <t>2024-04-11</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J145" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3685</v>
+        <v>3680</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J146" s="0"/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J146" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-21</t>
+        </is>
+      </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3684</v>
+        <v>3676</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3683</v>
+        <v>3667</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3680</v>
+        <v>3656</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J149" s="0"/>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3676</v>
+        <v>3646</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3667</v>
+        <v>3628</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J151" s="0"/>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3656</v>
+        <v>3625</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J152" s="0"/>
+      <c r="J152" s="0" t="inlineStr">
+        <is>
+          <t>2028-07-03</t>
+        </is>
+      </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3652</v>
+        <v>3621</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J153" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J153" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+        </is>
+      </c>
+      <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3646</v>
+        <v>3617</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3628</v>
+        <v>3616</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J155" s="0"/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+        </is>
+      </c>
+      <c r="J155" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3625</v>
+        <v>3613</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J156" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J156" s="0"/>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3621</v>
+        <v>3602</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J157" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3617</v>
+        <v>3595</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J158" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J158" s="0"/>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t/>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3616</v>
+        <v>3594</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J159" s="0"/>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3613</v>
+        <v>3592</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3602</v>
+        <v>3591</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J161" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3595</v>
+        <v>3584</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J162" s="0"/>
+      <c r="J162" s="0" t="inlineStr">
+        <is>
+          <t>2027-09-26</t>
+        </is>
+      </c>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3594</v>
+        <v>3579</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J163" s="0"/>
+      <c r="J163" s="0" t="inlineStr">
+        <is>
+          <t>2027-07-04</t>
+        </is>
+      </c>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3592</v>
+        <v>3574</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J164" s="0"/>
+      <c r="J164" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3591</v>
+        <v>3569</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J165" s="0"/>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3584</v>
+        <v>3562</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3579</v>
+        <v>3546</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
           <t>2024-07-04</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J167" s="0" t="inlineStr">
         <is>
           <t>2027-07-04</t>
         </is>
       </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3574</v>
+        <v>3544</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J168" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3569</v>
+        <v>3541</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J169" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J169" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-21</t>
+        </is>
+      </c>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3562</v>
+        <v>3535</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J170" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J170" s="0"/>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3546</v>
+        <v>3534</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J171" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J171" s="0"/>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3544</v>
+        <v>3533</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J172" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J172" s="0"/>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t/>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3541</v>
+        <v>3532</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3535</v>
+        <v>3525</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J174" s="0"/>
+      <c r="J174" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3534</v>
+        <v>3512</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3533</v>
+        <v>3507</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
         </is>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3532</v>
+        <v>3502</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J177" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3525</v>
+        <v>3495</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J178" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3512</v>
+        <v>3488</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J179" s="0"/>
+      <c r="J179" s="0" t="inlineStr">
+        <is>
+          <t>2027-02-28</t>
+        </is>
+      </c>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3507</v>
+        <v>3480</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2022-09-20</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3502</v>
+        <v>3479</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
+</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J181" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J181" s="0"/>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t/>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3495</v>
+        <v>3471</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J182" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J182" s="0"/>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3488</v>
+        <v>3453</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J183" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J183" s="0"/>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3480</v>
+        <v>3443</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J184" s="0"/>
+      <c r="J184" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-14</t>
+        </is>
+      </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3479</v>
+        <v>3439</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
-</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2022-09-13</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3471</v>
+        <v>3433</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J186" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J186" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-14</t>
+        </is>
+      </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3453</v>
+        <v>3364</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J187" s="0"/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J187" s="0" t="inlineStr">
+        <is>
+          <t>2026-09-27</t>
+        </is>
+      </c>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2022-06-28</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3443</v>
+        <v>3354</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J188" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2026-06-28</t>
         </is>
       </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3439</v>
+        <v>3351</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J189" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J189" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3433</v>
+        <v>3350</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J190" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3421</v>
+        <v>3320</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3382</v>
+        <v>3286</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J192" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J192" s="0"/>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Felber Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3364</v>
+        <v>3285</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J193" s="0"/>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3354</v>
+        <v>3283</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J194" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3351</v>
+        <v>3281</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J195" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J195" s="0"/>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3350</v>
+        <v>3268</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2021-12-16</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t/>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3345</v>
+        <v>3262</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2021-12-09</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3320</v>
+        <v>3260</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3286</v>
+        <v>3248</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J199" s="0"/>
+      <c r="J199" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-28</t>
+        </is>
+      </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3285</v>
+        <v>3227</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
+</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3283</v>
+        <v>3218</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J201" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J201" s="0"/>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3281</v>
+        <v>3208</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
+</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3273</v>
+        <v>3185</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J203" s="0"/>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2021-08-03</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3268</v>
+        <v>3165</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J204" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J204" s="0"/>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3262</v>
+        <v>3151</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J205" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J205" s="0"/>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t/>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3260</v>
+        <v>3148</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J206" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J206" s="0"/>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3248</v>
+        <v>3129</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J207" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J207" s="0"/>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3227</v>
+        <v>3102</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
-</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J208" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
+        </is>
+      </c>
+      <c r="J208" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-31</t>
+        </is>
+      </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2021-04-13</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3218</v>
+        <v>2940</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3208</v>
+        <v>2897</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
-</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
-          <t>2021-03-09</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3185</v>
+        <v>2885</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2024-01-26</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>2020-12-15</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3173</v>
+        <v>2855</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J212" s="0"/>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>2020-11-13</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t/>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3165</v>
+        <v>2850</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2021-08-21</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>2020-11-03</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3151</v>
+        <v>2766</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>2020-10-27</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3148</v>
+        <v>2655</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2020-10-20</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3129</v>
+        <v>2640</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2021-06-05</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2020-08-18</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3102</v>
+        <v>2635</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J217" s="0"/>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
-          <t>2020-05-12</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>2940</v>
+        <v>2501</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>2019-02-19</t>
+          <t>2015-03-31</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>2897</v>
+        <v>2336</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2019-05-18</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
-          <t>2018-09-18</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>2885</v>
+        <v>2310</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2019-02-20</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>2018-07-03</t>
+          <t>2013-10-22</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N220" s="0"/>
     </row>
     <row r="221">
       <c r="A221" s="0" t="n">
-        <v>2855</v>
+        <v>2291</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
-          <t>2018-03-27</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N221" s="0"/>
     </row>
     <row r="222">
       <c r="A222" s="0" t="n">
-        <v>2850</v>
+        <v>2212</v>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E222" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F222" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
-          <t>2018-11-06</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H222" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L222" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L222" s="0"/>
       <c r="M222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N222" s="0"/>
     </row>
     <row r="223">
       <c r="A223" s="0" t="n">
-        <v>2766</v>
+        <v>2050</v>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E223" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F223" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
-          <t>2018-01-25</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H223" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L223" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L223" s="0"/>
       <c r="M223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N223" s="0"/>
     </row>
     <row r="224">
       <c r="A224" s="0" t="n">
-        <v>2655</v>
+        <v>2024</v>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E224" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F224" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
-          <t>2018-01-20</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H224" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L224" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L224" s="0"/>
       <c r="M224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N224" s="0"/>
     </row>
     <row r="225">
       <c r="A225" s="0" t="n">
-        <v>2640</v>
+        <v>1977</v>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D225" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E225" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F225" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
-          <t>2017-03-30</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H225" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I225" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L225" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L225" s="0"/>
       <c r="M225" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N225" s="0"/>
     </row>
     <row r="226">
       <c r="A226" s="0" t="n">
-        <v>2635</v>
+        <v>1901</v>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
         </is>
       </c>
       <c r="F226" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
-          <t>2017-03-10</t>
+          <t>2010-09-30</t>
         </is>
       </c>
       <c r="H226" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L226" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L226" s="0"/>
       <c r="M226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N226" s="0"/>
     </row>
     <row r="227">
       <c r="A227" s="0" t="n">
-        <v>2501</v>
+        <v>1775</v>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E227" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F227" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
-          <t>2016-04-09</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H227" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L227" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L227" s="0"/>
       <c r="M227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N227" s="0"/>
     </row>
     <row r="228">
       <c r="A228" s="0" t="n">
-        <v>2310</v>
+        <v>1693</v>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E228" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F228" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
-          <t>2014-11-04</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H228" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I228" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
-[...2 lines deleted...]
-      <c r="J228" s="0"/>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J228" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-30</t>
+        </is>
+      </c>
       <c r="K228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L228" s="0" t="inlineStr">
         <is>
-          <t>2013-10-22</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N228" s="0"/>
     </row>
     <row r="229">
       <c r="A229" s="0" t="n">
-        <v>2291</v>
+        <v>1646</v>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D229" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E229" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
+2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
       <c r="F229" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G229" s="0" t="inlineStr">
         <is>
-          <t>2013-09-26</t>
+          <t>2009-05-28</t>
         </is>
       </c>
       <c r="H229" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I229" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="L229" s="0"/>
       <c r="M229" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N229" s="0"/>
     </row>
     <row r="230">
       <c r="A230" s="0" t="n">
-        <v>2212</v>
+        <v>1393</v>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E230" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F230" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G230" s="0" t="inlineStr">
         <is>
-          <t>2013-08-29</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H230" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L230" s="0"/>
       <c r="M230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N230" s="0"/>
     </row>
     <row r="231">
       <c r="A231" s="0" t="n">
-        <v>2050</v>
+        <v>1251</v>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E231" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F231" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
-          <t>2012-05-03</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H231" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L231" s="0"/>
       <c r="M231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N231" s="0"/>
     </row>
     <row r="232">
       <c r="A232" s="0" t="n">
-        <v>2024</v>
+        <v>1000</v>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E232" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F232" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
-          <t>2011-07-07</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H232" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L232" s="0"/>
       <c r="M232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N232" s="0"/>
     </row>
     <row r="233">
       <c r="A233" s="0" t="n">
-        <v>1977</v>
+        <v>282</v>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E233" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F233" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H233" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I233" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J233" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
+        </is>
+      </c>
+      <c r="J233" s="0" t="inlineStr">
+        <is>
+          <t>2030-12-31</t>
+        </is>
+      </c>
       <c r="K233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L233" s="0"/>
+      <c r="L233" s="0" t="inlineStr">
+        <is>
+          <t>1995-08-07</t>
+        </is>
+      </c>
       <c r="M233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N233" s="0"/>
-    </row>
-[...479 lines deleted...]
-      <c r="N241" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>