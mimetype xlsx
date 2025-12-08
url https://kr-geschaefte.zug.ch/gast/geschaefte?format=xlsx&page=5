--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N249" totalsRowShown="0">
-  <autoFilter ref="A1:N249"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N226" totalsRowShown="0">
+  <autoFilter ref="A1:N226"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N249"/>
+  <dimension ref="A1:N226"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="216.48988764044944"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -189,5908 +189,5912 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>3996</v>
+        <v>4018</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J2" s="0"/>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-26</t>
+        </is>
+      </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>3995</v>
+        <v>4016</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>3994</v>
+        <v>4015</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J4" s="0"/>
+      <c r="J4" s="0" t="inlineStr">
+        <is>
+          <t>2026-11-26</t>
+        </is>
+      </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>3993</v>
+        <v>4014</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J5" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J5" s="0"/>
       <c r="K5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>3992</v>
+        <v>4013</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>3991</v>
+        <v>4012</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Tabea Estermann und Reto Vogel betreffend Begrünung und Bäume rund um das Theilerhaus</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J7" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J7" s="0"/>
       <c r="K7" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Vogel Reto</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>3990</v>
+        <v>4011</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3989</v>
+        <v>4010</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3988</v>
+        <v>4009</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Umsetzung der ersten Etappe der Pflegeinitiative</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-25</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2025-11-25</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-10-25</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
-[...2 lines deleted...]
-      <c r="N10" s="0"/>
+          <t>ALG</t>
+        </is>
+      </c>
+      <c r="N10" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-25</t>
+        </is>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>3987</v>
+        <v>4008</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3986</v>
+        <v>4006</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Emil Schweizer betreffend die Wirksamkeit, den Aufwand und die Auswirkungen der Stellenmeldepflicht («Inländervorrang light») im Kanton Zug</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J12" s="0"/>
+      <c r="J12" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-30</t>
+        </is>
+      </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil</t>
-[...6 lines deleted...]
-      </c>
+          <t>Franzini Luzian</t>
+        </is>
+      </c>
+      <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>3985</v>
+        <v>4003</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t/>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3984</v>
+        <v>4001</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Etienne Schumpf und Jill Nussbaumer betreffend Stand und weitere Schritte zur Umsetzung der wohnraumpolitischen Strategie</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Nussbaumer Jill</t>
-[...6 lines deleted...]
-      </c>
+          <t>SP</t>
+        </is>
+      </c>
+      <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>3982</v>
+        <v>4000</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>Wahlen</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Feststellung der Gültigkeit der Wahl von Andreas Hausheer als Mitglied des Regierungsrats für den Rest der Amtsperiode 2023–2026</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>Wahl: Feststellung Gültigkeit</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung der Wahl von Andreas Hausheer, Steinhausen</t>
-[...2 lines deleted...]
-      <c r="J15" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J15" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>3980</v>
+        <v>3999</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J16" s="0"/>
+      <c r="J16" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-30</t>
+        </is>
+      </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3978</v>
+        <v>3998</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3977</v>
+        <v>3996</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
           <t>2025-10-02</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J18" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J18" s="0"/>
       <c r="K18" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3975</v>
+        <v>3995</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3974</v>
+        <v>3994</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J20" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J20" s="0"/>
       <c r="K20" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3972</v>
+        <v>3993</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3971</v>
+        <v>3992</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>Franzini Luzian, Yener Ronahi</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3969</v>
+        <v>3990</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3968</v>
+        <v>3989</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3967</v>
+        <v>3988</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend TARDOC – die Quittung zahlen die Frauen</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3966</v>
+        <v>3987</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3965</v>
+        <v>3985</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3964</v>
+        <v>3980</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J28" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J28" s="0"/>
       <c r="K28" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3963</v>
+        <v>3978</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-25</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025</t>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-08-18</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Schumpf Etienne, Grond Flurin</t>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3962</v>
+        <v>3977</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Genehmigung der Änderung der Geschäftsordnung des Verwaltungsgerichts (GO VG)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Verwaltungsgericht</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J30" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
+        </is>
+      </c>
+      <c r="J30" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission erweitert</t>
+          <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2025-08-13</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3961</v>
+        <v>3975</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Budget 2026 und Finanzplan 2026–2029</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>Direktüberweisung an die erweiterte Staatswirtschaftskommission (§ 17 GO KR).</t>
-[...2 lines deleted...]
-      <c r="J31" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025</t>
+        </is>
+      </c>
+      <c r="J31" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-28</t>
+        </is>
+      </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskom. erweitert</t>
-[...2 lines deleted...]
-      <c r="L31" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="L31" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-12</t>
+        </is>
+      </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3960</v>
+        <v>3974</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
           <t>2026-08-28</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3958</v>
+        <v>3972</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J33" s="0"/>
+      <c r="J33" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3957</v>
+        <v>3971</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J34" s="0"/>
+      <c r="J34" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3956</v>
+        <v>3969</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J35" s="0"/>
+      <c r="J35" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3953</v>
+        <v>3968</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-02-28</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3951</v>
+        <v>3966</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3950</v>
+        <v>3965</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J38" s="0"/>
+      <c r="J38" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3949</v>
+        <v>3964</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J39" s="0"/>
+      <c r="J39" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
-          <t>Kommission Raum Umwelt Verkehr</t>
+          <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3948</v>
+        <v>3963</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J40" s="0"/>
+      <c r="J40" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ZVB, 3948</t>
+          <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3947</v>
+        <v>3961</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Lustenberger, Carina Brüngger und Hans Jörg Villiger betreffend Kürzungen bei J+S durch kantonale Beiträge auffangen</t>
+          <t>Budget 2026 und Finanzplan 2026–2029</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Schlussabstimmung</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kenntnisnahme der Finanzierungsprognose bis 2033 zu kantonalen Investionsprojekten.</t>
+        </is>
+      </c>
+      <c r="J41" s="0"/>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L41" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L41" s="0"/>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Brüngger Carina, Villiger Hans Jörg</t>
+          <t/>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3943</v>
+        <v>3960</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3942</v>
+        <v>3958</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J43" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J43" s="0"/>
       <c r="K43" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t/>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3941</v>
+        <v>3957</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J44" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J44" s="0"/>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3940</v>
+        <v>3956</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J45" s="0"/>
       <c r="K45" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3939</v>
+        <v>3953</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J46" s="0"/>
+      <c r="J46" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3938</v>
+        <v>3951</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
+          <t>2025-11-27</t>
+        </is>
+      </c>
+      <c r="H47" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert</t>
+        </is>
+      </c>
+      <c r="I47" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 18. Dezember 2025 </t>
+        </is>
+      </c>
+      <c r="J47" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-28</t>
+        </is>
+      </c>
+      <c r="K47" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L47" s="0" t="inlineStr">
+        <is>
           <t>2025-07-02</t>
         </is>
       </c>
-      <c r="H47" s="0" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3936</v>
+        <v>3950</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J48" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J48" s="0"/>
       <c r="K48" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3934</v>
+        <v>3949</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-20</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 18. Dezember 2025</t>
+        </is>
+      </c>
+      <c r="J49" s="0"/>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t/>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3932</v>
+        <v>3948</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-14</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J50" s="0"/>
       <c r="K50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3931</v>
+        <v>3943</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alex Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
           <t>2025-07-02</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
           <t>2026-07-02</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3930</v>
+        <v>3942</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
           <t>2025-07-02</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
           <t>2026-07-02</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3929</v>
+        <v>3941</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
           <t>2025-07-02</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
           <t>2026-07-02</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3924</v>
+        <v>3940</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-01-02</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3923</v>
+        <v>3939</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3921</v>
+        <v>3938</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3920</v>
+        <v>3936</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend barrierefreien Zugang dank kantonaler digitaler Assistenz</t>
+          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-01-02</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2025-05-03</t>
+          <t>2025-06-11</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3918</v>
+        <v>3934</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Zwischenbericht zu den per Ende März 2025 zur Berichterstattung fälligen parlamentarischen Vorstössen</t>
+          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025-05-30</t>
+          <t>2025-12-02</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...2 lines deleted...]
-      <c r="J58" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025</t>
+        </is>
+      </c>
+      <c r="J58" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-02</t>
+        </is>
+      </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3917</v>
+        <v>3932</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3916</v>
+        <v>3931</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Fristverlängerung bei Volksinitiativen</t>
+          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2025-04-28</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3913</v>
+        <v>3930</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2025-04-24</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3911</v>
+        <v>3929</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3910</v>
+        <v>3924</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-11-25</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025</t>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
           <t>2026-05-22</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3908</v>
+        <v>3923</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-09-05</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J64" s="0"/>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3907</v>
+        <v>3921</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>2025-11-01</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3905</v>
+        <v>3917</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J66" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
+        </is>
+      </c>
+      <c r="J66" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-22</t>
+        </is>
+      </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-04-29</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3899</v>
+        <v>3913</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 2. Lesung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...2 lines deleted...]
-      <c r="J67" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025</t>
+        </is>
+      </c>
+      <c r="J67" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-22</t>
+        </is>
+      </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2025-04-24</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Haslimann Alexander, Schumpf Etienne</t>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3897</v>
+        <v>3911</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Esther Monney, Patrik Kretz, Adrian Rogger und Brigitte Wenzin Widmer betreffend die Frage: Wie wird «lautgetreues Schreiben» an den Zuger Volksschulen umgesetzt?</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-03-21</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Kretz Patrik, Rogger Adrian, Wenzin Widmer Brigitte</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3896</v>
+        <v>3910</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3895</v>
+        <v>3908</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der Fraktion Alternative - die Grünen betreffend extremes Papier der Zentralschweizer Finanzdirektoren:innen</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
-          <t>2025-09-27</t>
+          <t>2026-05-01</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-03-11</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3893</v>
+        <v>3907</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2025-11-01</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3891</v>
+        <v>3905</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J72" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J72" s="0"/>
       <c r="K72" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3889</v>
+        <v>3899</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J73" s="0"/>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-03-25</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t/>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3888</v>
+        <v>3896</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J74" s="0"/>
+      <c r="J74" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-10</t>
+        </is>
+      </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3887</v>
+        <v>3893</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J75" s="0"/>
+      <c r="J75" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Iten Patrick, Iten Klemens</t>
+        </is>
+      </c>
+      <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3886</v>
+        <v>3891</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J76" s="0"/>
+      <c r="J76" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3885</v>
+        <v>3889</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3884</v>
+        <v>3888</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Michael Riboni, Adrian Rogger und Karl Bürgler betreffend Zivilstandsämter des Kantons Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J78" s="0"/>
       <c r="K78" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Riboni Michael, Rogger Adrian, Bürgler Karl</t>
+          <t/>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3883</v>
+        <v>3887</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J79" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J79" s="0"/>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
-[...2 lines deleted...]
-      <c r="N79" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N79" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3880</v>
+        <v>3885</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3877</v>
+        <v>3883</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
+          <t/>
         </is>
       </c>
       <c r="J81" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3876</v>
+        <v>3880</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Motion von Alois Gössi, Philip C. Brunner, Tabea Estermann und Christian Hegglin betreffend Zuger Finanzausgleich Phase II</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J82" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t>Gössi Alois, Brunner Philip C., Estermann Tabea, Hegglin Christian</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3874</v>
+        <v>3877</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
           <t>2025-02-20</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Kommission</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3872</v>
+        <v>3874</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-02-02</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3871</v>
+        <v>3872</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3870</v>
+        <v>3871</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J86" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
           <t>2025-01-29</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3869</v>
+        <v>3870</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-01-29</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3867</v>
+        <v>3869</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J88" s="0"/>
+      <c r="J88" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-02</t>
+        </is>
+      </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Arnold Michael, Leemann Rainer</t>
+        </is>
+      </c>
+      <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3866</v>
+        <v>3867</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N89" s="0"/>
+      <c r="N89" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3864</v>
+        <v>3866</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="J90" s="0"/>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3862</v>
+        <v>3864</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Barbara Gysel betreffend die Frage: Sind wir genügend vorbereitet auf Naturgefahren?</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>Gysel Barbara</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
         <v>3861</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
@@ -6148,61 +6152,61 @@
           <t>Postulat</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
           <t>Postulat der SP-Fraktion zur AXPO</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
           <t>2026-01-30</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
           <t>2025-01-14</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
@@ -6251,9990 +6255,8495 @@
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
           <t>2026-01-30</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
           <t>2025-01-14</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
           <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3856</v>
+        <v>3855</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend  CO2 Bilanz des Kantons Zug als Verwaltungseinheit</t>
+          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2026-01-30</t>
         </is>
       </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3855</v>
+        <v>3844</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-25</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025</t>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-11-24</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3851</v>
+        <v>3841</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Tabea Estermann betreffend Meldungen aus der Bevölkerung zu Geldwäscherei im Kanton Zug</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-11-28</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2025-01-03</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea</t>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3846</v>
+        <v>3827</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Motion von Julia Küng, Klemens Iten, Simon Leuenberger, Ronahi Yener und Katharina Jans betreffend Schaffung eines öffentlich-rechtlichen Jugendparlaments im Kanton Zug</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2024-12-03</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Iten Klemens, Leuenberger Simon, Yener Ronahi, Jans Katharina</t>
+          <t/>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3845</v>
+        <v>3826</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>Petition</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Petition «Endlich bezahlbarer Wohnraum für Zug!»</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2024-11-29</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Justizprüfungskommission</t>
-[...2 lines deleted...]
-      <c r="J99" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
+        </is>
+      </c>
+      <c r="J99" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-31</t>
+        </is>
+      </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2024-11-29</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3844</v>
+        <v>3819</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend einer gesetzlichen Frist für Bauanfragen</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3842</v>
+        <v>3816</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Motion der Stadtzuger Kantonsrätinnen und Kantonsräte (Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni) betreffend Dämpfung der finanziellen Belastung des Zuger Finanzausgleichs (ZFA) für die Stadt Zug </t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2024-11-08</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3841</v>
+        <v>3811</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3840</v>
+        <v>3810</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend flächendeckende Ladestationen für Elektrofahrzeuge auf Parkieranlagen von kantonalen Immobilien</t>
+          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Traktandiert für 18. Dezember 2025</t>
         </is>
       </c>
       <c r="J103" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2025-10-31</t>
         </is>
       </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2024-09-22</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3837</v>
+        <v>3808</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes betreffend die Einführung des Schweizerischen Zivilgesetzbuches für den Kanton Zug (EG ZGB) sowie des Gesetzes über das Gesundheitswesen im Kanton Zug (Gesundheitsgesetz; GesG)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Obergericht, Verwaltungsgericht</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-07-09</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am 11. Juli 2025Aufnahme in GS 2025/025; BGS 211.1 / 821.1</t>
+          <t/>
         </is>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L104" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L104" s="0"/>
       <c r="M104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3835</v>
+        <v>3802</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Steuergesetzes - neuntes Revisionspaket</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J105" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J105" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3834</v>
+        <v>3799</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über Standortentwicklung (GSE) - Umsetzung der OECD-Mindeststeuer</t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
+          <t>Gesetz über Wahlen und Abstimmungen: Genehmigung des Bundes pendent</t>
         </is>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3833</v>
+        <v>3792</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Zuger Pensionskasse (PKG)</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 3. November 2025</t>
-[...2 lines deleted...]
-      <c r="J107" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J107" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3832</v>
+        <v>3791</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Entschädigung der nebenamtlichen Behördenmitglieder (Nebenamtsgesetz) sowie Teilrevision des Kantonsratsbeschlusses über die Entschädigung der Fraktionen des Kantonsrats 
-</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 3. November 2025</t>
-[...2 lines deleted...]
-      <c r="J108" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J108" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-26</t>
+        </is>
+      </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3829</v>
+        <v>3790</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Alternative - die Grünen betreffend Schaffung einer gesetzlichen Grundlage für Entwicklungszusammenarbeit</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J109" s="0"/>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-10-15</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3827</v>
+        <v>3785</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3826</v>
+        <v>3778</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J111" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3825</v>
+        <v>3770</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Haas betreffend Teilhabe der Menschen mit Beeinträchtigungen am finanziellen Erfolg des Kantons Zug</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
           <t>2025-10-02</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
+        </is>
+      </c>
+      <c r="J112" s="0"/>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2024-10-12</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>Haas Esther</t>
+          <t/>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3823</v>
+        <v>3767</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion und von Patrick Röösli betreffend CO2-Abscheidung und Recyclingbeton</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J113" s="0"/>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2024-10-10</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>GLP, Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3819</v>
+        <v>3765</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3816</v>
+        <v>3759</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3814</v>
+        <v>3758</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Einführung eines Zuger bezahlten Elternurlaubs von 8 Wochen</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3811</v>
+        <v>3755</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3810</v>
+        <v>3743</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J118" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J118" s="0"/>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
-[...2 lines deleted...]
-      <c r="N118" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N118" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-06</t>
+        </is>
+      </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3808</v>
+        <v>3742</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L119" s="0"/>
+      <c r="L119" s="0" t="inlineStr">
+        <is>
+          <t>2024-06-04</t>
+        </is>
+      </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N119" s="0"/>
+      <c r="N119" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-21</t>
+        </is>
+      </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3806</v>
+        <v>3736</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Sicherheit bei Asylunterkünften</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2024-09-15</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3804</v>
+        <v>3735</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Mirjam Arnold, Klemens Iten, Christian Hegglin und Carina Brüngger betreffend Anspruch auf Prämienverbilligung automatisch prüfen und Beiträge direkt ausbezahlen</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Arnold Mirjam, Iten Klemens, Hegglin Christian, Brüngger Carina</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3802</v>
+        <v>3734</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3799</v>
+        <v>3733</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) Volksabstimmung am 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J123" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J123" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3793</v>
+        <v>3732</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Massnahmen gegen die mentale Gesundheitskrise bei Kindern und Jugendlichen im Kanton Zug</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
           <t>2025-10-02</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3792</v>
+        <v>3727</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3791</v>
+        <v>3726</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3790</v>
+        <v>3725</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J127" s="0"/>
+      <c r="J127" s="0" t="inlineStr">
+        <is>
+          <t>2025-05-23</t>
+        </is>
+      </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3785</v>
+        <v>3704</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3779</v>
+        <v>3700</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Förderung der ambulanten Pflege</t>
+          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-08-09</t>
+          <t>2024-03-14</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>ALG, SP</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3778</v>
+        <v>3685</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+        </is>
+      </c>
+      <c r="J130" s="0"/>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t/>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3770</v>
+        <v>3684</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
-[...2 lines deleted...]
-      <c r="J131" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J131" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-11</t>
+        </is>
+      </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3767</v>
+        <v>3683</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J132" s="0"/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J132" s="0" t="inlineStr">
+        <is>
+          <t>2027-04-11</t>
+        </is>
+      </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3765</v>
+        <v>3680</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3762</v>
+        <v>3676</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t> Motion von Drin Alaj, Alois Gössi, Barbara Gysel, Tabea Estermann, Christian Hegglin, Beat Iten, Julia Küng, Andreas Lustenberger, Thomas Meierhans, Jean Luc Mösch, Michèle Schuler, Rupan Sivaganesan und Ronahi Yener betreffend finanzielle Unterstützung für Unwettergeschädigte in Tessin, Wallis und Graubünden</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gössi Alois, Gysel Barbara, Estermann Tabea, Hegglin Christian, Iten Beat, Küng Julia, Lustenberger Andreas, Meierhans Thomas, Mösch Jean Luc, Schmid Michèle, Sivaganesan Rupan, Yener Ronahi</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3761</v>
+        <v>3667</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Philip C. Brunner, Tabea Estermann, Thomas Gander, Alois Gössi, Barbara Gysel, Christian Hegglin, Beat Iten, Julia Küng, Andreas Lustenberger, Thomas Meierhans, Esther Monney, Jean Luc Mösch, Emil Schweizer, Michèle Schuler, Rupan Sivaganesan, Thomas Werner, Raphael Wiser und Ronahi Yener betreffend Soforthilfe für Unwettergeschädigte im Tessin, Wallis und in Graubünden</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Brunner Philip C., Estermann Tabea, Gander Thomas, Gössi Alois, Gysel Barbara, Hegglin Christian, Iten Beat, Küng Julia, Lustenberger Andreas, Meierhans Thomas, Monney Esther, Mösch Jean Luc, Schweizer Emil, Schmid Michèle, Sivaganesan Rupan, Werner Thomas, Wiser  Raphael, Yener Ronahi</t>
+          <t/>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3760</v>
+        <v>3656</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Phosphorrückgewinnung aus dem Zugersee</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J136" s="0"/>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3759</v>
+        <v>3652</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-09-01</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J137" s="0"/>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2023-12-12</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
-[...2 lines deleted...]
-      <c r="N137" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N137" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3758</v>
+        <v>3646</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3755</v>
+        <v>3628</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J139" s="0"/>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t/>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3752</v>
+        <v>3625</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Motion von Drin Alaj betreffend Verbilligung ÖV-Tarife im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2024-06-19</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin</t>
+          <t/>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3748</v>
+        <v>3621</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Keine Subventionierung der Work-Life-Balance Einzelner</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2024-06-16</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3743</v>
+        <v>3617</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J142" s="0"/>
+      <c r="J142" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+        </is>
+      </c>
+      <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3742</v>
+        <v>3616</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J143" s="0"/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+        </is>
+      </c>
+      <c r="J143" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+        </is>
+      </c>
+      <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3736</v>
+        <v>3613</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J144" s="0"/>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3735</v>
+        <v>3602</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J145" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3734</v>
+        <v>3595</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J146" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J146" s="0"/>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3733</v>
+        <v>3594</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J147" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J147" s="0"/>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3732</v>
+        <v>3592</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J148" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J148" s="0"/>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t/>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3727</v>
+        <v>3591</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 30. September 2025</t>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3726</v>
+        <v>3584</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3725</v>
+        <v>3579</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
-          <t>2025-05-23</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3704</v>
+        <v>3574</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3700</v>
+        <v>3569</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J153" s="0"/>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t/>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3685</v>
+        <v>3562</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J154" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J154" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3684</v>
+        <v>3546</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3683</v>
+        <v>3544</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J156" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3680</v>
+        <v>3541</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
           <t>2025-02-21</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J157" s="0" t="inlineStr">
         <is>
           <t>2028-02-21</t>
         </is>
       </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3676</v>
+        <v>3535</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J158" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J158" s="0"/>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t/>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3667</v>
+        <v>3534</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J159" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J159" s="0"/>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3656</v>
+        <v>3533</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3652</v>
+        <v>3532</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J161" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J161" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-21</t>
+        </is>
+      </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>SP</t>
+        </is>
+      </c>
+      <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3646</v>
+        <v>3525</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J162" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3628</v>
+        <v>3512</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3625</v>
+        <v>3507</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+        </is>
+      </c>
+      <c r="J164" s="0"/>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3621</v>
+        <v>3502</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3617</v>
+        <v>3495</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3616</v>
+        <v>3488</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J167" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-02-28</t>
         </is>
       </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3613</v>
+        <v>3480</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2022-09-20</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3602</v>
+        <v>3479</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
+</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J169" s="0"/>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t/>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3595</v>
+        <v>3471</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3594</v>
+        <v>3453</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3592</v>
+        <v>3443</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J172" s="0"/>
+      <c r="J172" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-14</t>
+        </is>
+      </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3591</v>
+        <v>3439</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31.08.2024</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J173" s="0"/>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3584</v>
+        <v>3433</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J174" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3579</v>
+        <v>3421</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2023-12-01</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J175" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2022-05-13</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3574</v>
+        <v>3382</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2023-12-01</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J176" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2022-03-03</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Arnold Mirjam, Felber Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3569</v>
+        <v>3364</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J177" s="0"/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J177" s="0" t="inlineStr">
+        <is>
+          <t>2026-09-27</t>
+        </is>
+      </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3562</v>
+        <v>3354</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2023-06-29</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J178" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2026-06-28</t>
         </is>
       </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3546</v>
+        <v>3351</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J179" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2026-03-29</t>
         </is>
       </c>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3544</v>
+        <v>3350</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J180" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3541</v>
+        <v>3345</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2023-06-29</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2026-06-28</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2021-12-09</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3535</v>
+        <v>3320</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J182" s="0"/>
+      <c r="J182" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3534</v>
+        <v>3286</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3533</v>
+        <v>3285</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3532</v>
+        <v>3283</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J185" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3525</v>
+        <v>3281</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J186" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J186" s="0"/>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t/>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3512</v>
+        <v>3273</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J187" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
+        </is>
+      </c>
+      <c r="J187" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2021-08-03</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3507</v>
+        <v>3268</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2025-05-14</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 3. und 4. Quartal 2025</t>
-[...2 lines deleted...]
-      <c r="J188" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J188" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3502</v>
+        <v>3262</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J189" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3495</v>
+        <v>3260</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J190" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3488</v>
+        <v>3248</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>2027-02-28</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3480</v>
+        <v>3227</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
+</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3479</v>
+        <v>3218</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
-</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2022-09-13</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3471</v>
+        <v>3208</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
+</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3453</v>
+        <v>3185</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2022-06-28</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3443</v>
+        <v>3173</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2025</t>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2025-12-31</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2020-11-13</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t>Andermatt Pirmin</t>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3439</v>
+        <v>3165</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3433</v>
+        <v>3151</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J198" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J198" s="0"/>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3421</v>
+        <v>3148</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J199" s="0"/>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t/>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3382</v>
+        <v>3129</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J200" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J200" s="0"/>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Arnold Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3364</v>
+        <v>3102</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>2026-09-27</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3354</v>
+        <v>2940</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J202" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J202" s="0"/>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3351</v>
+        <v>2897</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J203" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J203" s="0"/>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3350</v>
+        <v>2885</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J204" s="0"/>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2021-12-16</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t/>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3345</v>
+        <v>2855</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J205" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J205" s="0"/>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2021-12-09</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3320</v>
+        <v>2850</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J206" s="0"/>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t/>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3286</v>
+        <v>2766</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3285</v>
+        <v>2655</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3283</v>
+        <v>2640</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J209" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J209" s="0"/>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3281</v>
+        <v>2635</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3273</v>
+        <v>2501</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>2021-08-03</t>
+          <t>2015-03-31</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3268</v>
+        <v>2336</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J212" s="0"/>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N212" s="0"/>
+      <c r="N212" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-02</t>
+        </is>
+      </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3262</v>
+        <v>2310</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J213" s="0"/>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2013-10-22</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t/>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3260</v>
+        <v>2291</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J214" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3248</v>
+        <v>2212</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J215" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J215" s="0"/>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L215" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L215" s="0"/>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3227</v>
+        <v>2050</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
-</t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L216" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L216" s="0"/>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3218</v>
+        <v>2024</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L217" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L217" s="0"/>
       <c r="M217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>3208</v>
+        <v>1977</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
-</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L218" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L218" s="0"/>
       <c r="M218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>3185</v>
+        <v>1901</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2024-01-26</t>
+          <t>2010-09-30</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L219" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L219" s="0"/>
       <c r="M219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>3173</v>
+        <v>1775</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J220" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J220" s="0"/>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L220" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L220" s="0"/>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t/>
         </is>
       </c>
       <c r="N220" s="0"/>
     </row>
     <row r="221">
       <c r="A221" s="0" t="n">
-        <v>3165</v>
+        <v>1693</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>2021-08-21</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J221" s="0"/>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J221" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-30</t>
+        </is>
+      </c>
       <c r="K221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
-          <t>2020-11-03</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N221" s="0"/>
     </row>
     <row r="222">
       <c r="A222" s="0" t="n">
-        <v>3151</v>
+        <v>1646</v>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E222" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
+          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
+2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
       <c r="F222" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2009-05-28</t>
         </is>
       </c>
       <c r="H222" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L222" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L222" s="0"/>
       <c r="M222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N222" s="0"/>
     </row>
     <row r="223">
       <c r="A223" s="0" t="n">
-        <v>3148</v>
+        <v>1393</v>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E223" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F223" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H223" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L223" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L223" s="0"/>
       <c r="M223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N223" s="0"/>
     </row>
     <row r="224">
       <c r="A224" s="0" t="n">
-        <v>3129</v>
+        <v>1251</v>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E224" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F224" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
-          <t>2021-06-05</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H224" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L224" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L224" s="0"/>
       <c r="M224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N224" s="0"/>
     </row>
     <row r="225">
       <c r="A225" s="0" t="n">
-        <v>3102</v>
+        <v>1000</v>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D225" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E225" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F225" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
-          <t>2021-08-26</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H225" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I225" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J225" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J225" s="0"/>
       <c r="K225" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L225" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L225" s="0"/>
       <c r="M225" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N225" s="0"/>
     </row>
     <row r="226">
       <c r="A226" s="0" t="n">
-        <v>2940</v>
+        <v>282</v>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F226" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H226" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I226" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J226" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
+        </is>
+      </c>
+      <c r="J226" s="0" t="inlineStr">
+        <is>
+          <t>2030-12-31</t>
+        </is>
+      </c>
       <c r="K226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L226" s="0" t="inlineStr">
         <is>
-          <t>2019-02-19</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N226" s="0"/>
-    </row>
-[...1393 lines deleted...]
-      <c r="N249" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>