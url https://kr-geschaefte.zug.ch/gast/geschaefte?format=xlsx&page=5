--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N220" totalsRowShown="0">
-  <autoFilter ref="A1:N220"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N240" totalsRowShown="0">
+  <autoFilter ref="A1:N240"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N220"/>
+  <dimension ref="A1:N240"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="163.68988764044943"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -189,14149 +189,15429 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>4046</v>
+        <v>4078</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
+          <t>Interpellation betreffend Umsetzung der Individualbesteuerung im Kanton Zug nach der eidgenössischen Abstimmung vom 8. März 2026</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J2" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J2" s="0"/>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2026-01-13</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Brunner Philip C., Iten Fabio, Bieri Anna, Bruhin Gregor, Gwerder Thomas , Käch Manuela, Riboni Michael, Risi Adrian, Rust Peter</t>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>4045</v>
+        <v>4077</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
+          <t>Finanzstrategie 2026–2033 des Kantons Zug</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J3" s="0"/>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2026-01-12</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>4044</v>
+        <v>4076</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
+          <t>Postulat von Alexander Haslimann und Alessandro Ehrbar betreffend Chamerstrasse Rotkreuz: Fussgängerüberführung statt des täglichen Staus</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J4" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J4" s="0"/>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2026-01-10</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Haslimann Alexander, Ehrbar Alessandro</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>4043</v>
+        <v>4075</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
+          <t>Postulat von Julia Küng betreffend Einführung der Kampagne «Ist Luisa hier?» in Bars und Clubs im Kanton Zug</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-03-05</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J5" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J5" s="0"/>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2026-01-08</t>
+          <t>2026-03-05</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Küng Julia</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>4042</v>
+        <v>4074</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
+          <t>Interpellation von Philip C. Brunner, Gregor R. Buhin und Adrian Risi betreffend Sicherheit und öffentliche Ordnung im öffentlichen Raum der Stadt Zug (Umgang mit Bettlerei und Randständigkeit)</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-03-05</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J6" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J6" s="0"/>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-12-23</t>
+          <t>2026-03-05</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
+          <t>Brunner Philip C., Bruhin Gregor, Risi Adrian</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>4041</v>
+        <v>4072</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
+          <t>Kantonsratsbeschluss betreffend Förderbeitrag an das Projekt ETH Learning Factory Zug</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert für Kommissionsbestellung</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J7" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J7" s="0"/>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Balmer Kurt</t>
+          <t/>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>4039</v>
+        <v>4071</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
+          <t>Kleine Anfrage von Tabea Estermann und Klemens Iten betreffend Beteiligung des Kantons Zug an den Olympischen Winterspielen 2038</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2027-01-29</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Estermann Tabea, Iten Klemens</t>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>4038</v>
+        <v>4070</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
+          <t>Interpellation von Karl Nussbaumer und 13 Mitunterzeichnenden betreffend Beschaffungsstrategie der Zuger Polizei: Vernünftiges Vorgehen statt einseitiger Ausrichtung auf Elektrofahrzeuge. Warum lernen wir nicht von Luzern und Schwyz?</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J9" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J9" s="0"/>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Nussbaumer Karl, Brunner Philip C., Risi Adrian, Bruhin Gregor, Schweizer Emil, Ehrbar Alessandro, Haslimann Alexander, Riboni Michael, Wandfluh Oliver, Rogger Adrian, Illi Jeffrey, Werner Thomas, Wenzin Widmer Brigitte, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>4037</v>
+        <v>4069</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
+          <t>Motion von Thomas Werner betreffend Verbot einer Impfpflicht und von Diskriminierungen aufgrund medizinischer Präventionsentscheide im Kanton Zug</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J10" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J10" s="0"/>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
+          <t/>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>4036</v>
+        <v>4068</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
+          <t>Kleine Anfrage von Vroni Straub betreffend Kaufinteresse Villa «unterer Frauenstein»</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-03-17</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>2026-07-29</t>
+          <t>2026-03-26</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-12-16</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>4035</v>
+        <v>4066</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
+          <t>Motion der SP-Fraktion betreffend nachhaltige Unterstützung für die Ukraine sichern</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J12" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J12" s="0"/>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-12-12</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t/>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>4034</v>
+        <v>4065</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
+          <t>Interpellation der SP-Fraktion betreffend 4 Jahre Überfall Russlands auf die Ukraine: Wo steht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Steuerrabatt, 4034</t>
+          <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>4033</v>
+        <v>4064</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Christian Hegglin, Fabienne Michel, Mirjam Arnold, Jill Nussbaumer und Vroni Straub betreffend Verzicht auf Patientenbeitrag bei von den Sozialversicherungen nicht gedeckten Pflegekosten</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-02-19</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J14" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J14" s="0"/>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2026-02-19</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc</t>
+          <t>Franzini Konradin, Lustenberger Andreas, Hegglin Christian, Michel Fabienne, Arnold Mirjam, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>4030</v>
+        <v>4062</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
+          <t>Interpellation der SP-Fraktion betreffend Hertizentrum 2-5</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>4029</v>
+        <v>4061</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
+          <t>Berichts-Motion der Fraktion Die Mitte betreffend Regelung für den Heimfall von Energiekraftwerken an den Kanton Zug – Umsetzung der Eigenversorgung gemäss Energiegesetz</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>4028</v>
+        <v>4060</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
+          <t>Motion von Alexander Haslimann betreffend befristete Überbrückungsmassnahmen des Kantons Zug bei bundesbedingten Verzögerungen der Auszahlung von Arbeitslosengeldern</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Fristverkürzung auf 2 Monate</t>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2026-04-26</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>4027</v>
+        <v>4059</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
+          <t>Interpellation der SP-Fraktion betreffend Auswirkungen bei einer allfälligen Annahme der SVP-Initiative «Keine 10-Millionen-Schweiz! (Nachhaltigkeits-Initiative)» auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>4026</v>
+        <v>4057</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
+          <t>Interpellation von Philip C. Brunner und Oliver Wandfluh betreffend «Stopp dem Vorstoss-Wildwuchs» - Mehr Übersicht, Klarheit und Effizienz in der Zuger Wohn- und Baupolitik!</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Brunner Philip C., Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>4025</v>
+        <v>4055</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
+          <t>Interpellation von Philip C. Brunner und neun Mitunterzeichnenden betreffend Sicherheit statt Unterwerfung – zieht der Kanton Zug beim «Tessiner Modell» zur Überprüfung straffälliger Zuwanderer nach?</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-03</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Brunner Philip C., Ehrbar Alessandro, Haslimann Alexander, Illi Jeffrey, Küng Hans, Nussbaumer Karl, Villiger Hans Jörg, Wandfluh Oliver, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>4023</v>
+        <v>4054</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Zug soll sicherster Kanton der Schweiz werden</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>4022</v>
+        <v>4052</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
+          <t>Interpellation der SP-Fraktion betreffend die Frage: Ist die Pensionskasse Zug eine soziale Vermieterin?</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2026-01-20</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. Februar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2026-02-01</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>4021</v>
+        <v>4051</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
+          <t>Motion von Mirjam Arnold, Thomas Gwerder, Hans Küng, Michael Riboni, Adrian Rogger, Barbara Schmid-Häseli und Oliver Wandfluh betreffend Kostenübernahme für medizinische Notfälle für Personen ohne Wohnsitz in der Schweiz</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
+          <t>Arnold Mirjam, Gwerder Thomas , Küng Hans, Riboni Michael, Rogger Adrian, Schmid-Häseli Barbara, Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>4020</v>
+        <v>4050</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
+          <t>Motion der SVP-Fraktion betreffend gemeinnützige Arbeitseinsätze für Asylsuchende und vorläufig Aufgenommene im Kanton Zug</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-11-17</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>4019</v>
+        <v>4048</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Anpassung des Unterrichtsbeginns für Jugendliche</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-11-12</t>
+          <t>2026-01-23</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>4018</v>
+        <v>4047</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
+          <t>Postulat der FDP-Fraktion betreffend Sicherung des Gewerbestandorts durch zeitgemässe Regelungen für betriebseigenen Wohnraum in Arbeitszonen</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-11-11</t>
+          <t>2026-01-14</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>4016</v>
+        <v>4046</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-11-06</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>4015</v>
+        <v>4045</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>4014</v>
+        <v>4044</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J29" s="0"/>
+      <c r="J29" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>4013</v>
+        <v>4043</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-11-02</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>4012</v>
+        <v>4042</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J31" s="0"/>
+      <c r="J31" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>4011</v>
+        <v>4041</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>4010</v>
+        <v>4039</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>4008</v>
+        <v>4038</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-10-24</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>4006</v>
+        <v>4037</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>4003</v>
+        <v>4036</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>4001</v>
+        <v>4035</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>4000</v>
+        <v>4034</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J38" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J38" s="0"/>
       <c r="K38" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3999</v>
+        <v>4033</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3998</v>
+        <v>4030</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3996</v>
+        <v>4029</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J41" s="0"/>
+      <c r="J41" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3995</v>
+        <v>4028</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3994</v>
+        <v>4027</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J43" s="0"/>
+      <c r="J43" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3993</v>
+        <v>4026</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3990</v>
+        <v>4025</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3989</v>
+        <v>4023</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3988</v>
+        <v>4022</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3987</v>
+        <v>4021</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3985</v>
+        <v>4020</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3980</v>
+        <v>4019</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J50" s="0"/>
+      <c r="J50" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3974</v>
+        <v>4018</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3972</v>
+        <v>4016</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3971</v>
+        <v>4015</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3969</v>
+        <v>4014</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J54" s="0"/>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3968</v>
+        <v>4013</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2026-01-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3966</v>
+        <v>4012</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J56" s="0"/>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3965</v>
+        <v>4011</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3964</v>
+        <v>4010</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3963</v>
+        <v>4008</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3960</v>
+        <v>4006</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3958</v>
+        <v>4003</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J61" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J61" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3957</v>
+        <v>4001</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-03-17</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J62" s="0"/>
+          <t>Traktandiert für 30. April 2026</t>
+        </is>
+      </c>
+      <c r="J62" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3956</v>
+        <v>4000</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-03-17</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J63" s="0"/>
+          <t>Traktandiert für 17. April 2026</t>
+        </is>
+      </c>
+      <c r="J63" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3953</v>
+        <v>3999</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3950</v>
+        <v>3998</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J65" s="0"/>
+      <c r="J65" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-30</t>
+        </is>
+      </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3949</v>
+        <v>3996</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-12-27</t>
+          <t>2026-03-12</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 30. April 2026</t>
         </is>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3948</v>
+        <v>3995</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-03-17</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 2. Lesung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
-[...2 lines deleted...]
-      <c r="J67" s="0"/>
+          <t>Traktandiert für 30. April 2026</t>
+        </is>
+      </c>
+      <c r="J67" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3943</v>
+        <v>3994</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J68" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J68" s="0"/>
       <c r="K68" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t/>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3942</v>
+        <v>3993</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3941</v>
+        <v>3990</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3939</v>
+        <v>3989</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J71" s="0"/>
+      <c r="J71" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3938</v>
+        <v>3988</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3932</v>
+        <v>3987</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3930</v>
+        <v>3985</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3929</v>
+        <v>3980</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J75" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J75" s="0"/>
       <c r="K75" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t/>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3923</v>
+        <v>3974</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 2. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
-[...2 lines deleted...]
-      <c r="J76" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J76" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3921</v>
+        <v>3972</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3911</v>
+        <v>3971</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3910</v>
+        <v>3969</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3908</v>
+        <v>3966</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2026-01-20</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. Februar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
-          <t>2026-05-01</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3905</v>
+        <v>3965</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2026-01-15</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J81" s="0"/>
+      <c r="J81" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3896</v>
+        <v>3964</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J82" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3893</v>
+        <v>3963</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3891</v>
+        <v>3960</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3889</v>
+        <v>3958</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-03-12</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 30. April 2026</t>
+        </is>
+      </c>
+      <c r="J85" s="0"/>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t/>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3888</v>
+        <v>3957</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3887</v>
+        <v>3956</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3885</v>
+        <v>3953</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2026-01-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3883</v>
+        <v>3950</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J89" s="0"/>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3880</v>
+        <v>3949</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J90" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J90" s="0"/>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3877</v>
+        <v>3948</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Ersatzbeschaffung und der Umrüstung der Fahrzeugflotte auf einen CO₂-neutralen Betrieb</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
+        </is>
+      </c>
+      <c r="J91" s="0"/>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3872</v>
+        <v>3943</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3869</v>
+        <v>3942</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3867</v>
+        <v>3941</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J94" s="0"/>
+      <c r="J94" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3866</v>
+        <v>3939</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3864</v>
+        <v>3938</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3861</v>
+        <v>3932</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3858</v>
+        <v>3930</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3841</v>
+        <v>3929</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3827</v>
+        <v>3923</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
+        </is>
+      </c>
+      <c r="J100" s="0"/>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3826</v>
+        <v>3921</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3819</v>
+        <v>3911</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3816</v>
+        <v>3910</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J103" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3811</v>
+        <v>3905</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-15</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 30. April 2026</t>
+        </is>
+      </c>
+      <c r="J104" s="0"/>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3808</v>
+        <v>3896</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J105" s="0"/>
+      <c r="J105" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-10</t>
+        </is>
+      </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L105" s="0"/>
+      <c r="L105" s="0" t="inlineStr">
+        <is>
+          <t>2025-03-15</t>
+        </is>
+      </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3802</v>
+        <v>3893</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3799</v>
+        <v>3891</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
-[...2 lines deleted...]
-      <c r="J107" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J107" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3792</v>
+        <v>3889</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3791</v>
+        <v>3888</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J109" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J109" s="0"/>
       <c r="K109" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3790</v>
+        <v>3887</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3785</v>
+        <v>3885</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J111" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2029-02-26</t>
         </is>
       </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
           <t>FDP</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3778</v>
+        <v>3880</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3770</v>
+        <v>3877</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-12-10</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t/>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J113" s="0"/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
+        </is>
+      </c>
+      <c r="J113" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3767</v>
+        <v>3872</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J114" s="0"/>
+      <c r="J114" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3765</v>
+        <v>3869</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3759</v>
+        <v>3867</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J116" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J116" s="0"/>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3758</v>
+        <v>3866</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="J117" s="0"/>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3755</v>
+        <v>3864</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3743</v>
+        <v>3861</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J119" s="0"/>
+      <c r="J119" s="0" t="inlineStr">
+        <is>
+          <t>2028-12-18</t>
+        </is>
+      </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3742</v>
+        <v>3858</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Postulat von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug (Motion umgewandelt in ein Postulat)</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J120" s="0"/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J120" s="0" t="inlineStr">
+        <is>
+          <t>2029-02-26</t>
+        </is>
+      </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3736</v>
+        <v>3827</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3735</v>
+        <v>3826</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3734</v>
+        <v>3819</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3733</v>
+        <v>3816</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3732</v>
+        <v>3811</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3727</v>
+        <v>3808</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J126" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J126" s="0"/>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L126" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L126" s="0"/>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3726</v>
+        <v>3802</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3725</v>
+        <v>3799</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
+        </is>
+      </c>
+      <c r="J128" s="0"/>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3704</v>
+        <v>3792</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3685</v>
+        <v>3791</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J130" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J130" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-26</t>
+        </is>
+      </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3684</v>
+        <v>3790</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J131" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J131" s="0"/>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3683</v>
+        <v>3785</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3680</v>
+        <v>3778</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3676</v>
+        <v>3770</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J134" s="0"/>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t/>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3667</v>
+        <v>3767</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J135" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J135" s="0"/>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3656</v>
+        <v>3765</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J136" s="0"/>
+      <c r="J136" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3646</v>
+        <v>3759</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3628</v>
+        <v>3758</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J138" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J138" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-29</t>
+        </is>
+      </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3625</v>
+        <v>3755</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3621</v>
+        <v>3743</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J140" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J140" s="0"/>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3617</v>
+        <v>3742</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J141" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J141" s="0"/>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t/>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3616</v>
+        <v>3736</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3613</v>
+        <v>3735</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J143" s="0"/>
+      <c r="J143" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3602</v>
+        <v>3734</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J144" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3595</v>
+        <v>3733</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J145" s="0"/>
+      <c r="J145" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3594</v>
+        <v>3732</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J146" s="0"/>
+      <c r="J146" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-02</t>
+        </is>
+      </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3592</v>
+        <v>3727</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J147" s="0"/>
+      <c r="J147" s="0" t="inlineStr">
+        <is>
+          <t>2028-08-28</t>
+        </is>
+      </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3591</v>
+        <v>3726</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3584</v>
+        <v>3725</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3579</v>
+        <v>3704</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3574</v>
+        <v>3684</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3569</v>
+        <v>3683</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J152" s="0"/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J152" s="0" t="inlineStr">
+        <is>
+          <t>2027-04-11</t>
+        </is>
+      </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3562</v>
+        <v>3680</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3546</v>
+        <v>3676</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3544</v>
+        <v>3667</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t/>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3541</v>
+        <v>3656</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J156" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J156" s="0"/>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3535</v>
+        <v>3646</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J157" s="0"/>
+      <c r="J157" s="0" t="inlineStr">
+        <is>
+          <t>2028-04-10</t>
+        </is>
+      </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3534</v>
+        <v>3628</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
+        <v>3625</v>
+      </c>
+      <c r="B159" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C159" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D159" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E159" s="0" t="inlineStr">
+        <is>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+        </is>
+      </c>
+      <c r="F159" s="0" t="inlineStr">
+        <is>
+          <t>Direktion für Bildung und Kultur</t>
+        </is>
+      </c>
+      <c r="G159" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
+      <c r="H159" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I159" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J159" s="0" t="inlineStr">
+        <is>
+          <t>2028-07-03</t>
+        </is>
+      </c>
+      <c r="K159" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L159" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-10</t>
+        </is>
+      </c>
+      <c r="M159" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N159" s="0"/>
+    </row>
+    <row r="160">
+      <c r="A160" s="0" t="n">
+        <v>3621</v>
+      </c>
+      <c r="B160" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C160" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D160" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E160" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+        </is>
+      </c>
+      <c r="F160" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G160" s="0" t="inlineStr">
+        <is>
+          <t>2025-01-30</t>
+        </is>
+      </c>
+      <c r="H160" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I160" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J160" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
+      <c r="K160" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L160" s="0" t="inlineStr">
+        <is>
+          <t>2023-09-29</t>
+        </is>
+      </c>
+      <c r="M160" s="0" t="inlineStr">
+        <is>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+        </is>
+      </c>
+      <c r="N160" s="0"/>
+    </row>
+    <row r="161">
+      <c r="A161" s="0" t="n">
+        <v>3617</v>
+      </c>
+      <c r="B161" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C161" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D161" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E161" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+        </is>
+      </c>
+      <c r="F161" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G161" s="0" t="inlineStr">
+        <is>
+          <t>2025-01-30</t>
+        </is>
+      </c>
+      <c r="H161" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I161" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J161" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
+      <c r="K161" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L161" s="0" t="inlineStr">
+        <is>
+          <t>2023-09-12</t>
+        </is>
+      </c>
+      <c r="M161" s="0" t="inlineStr">
+        <is>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+        </is>
+      </c>
+      <c r="N161" s="0"/>
+    </row>
+    <row r="162">
+      <c r="A162" s="0" t="n">
+        <v>3616</v>
+      </c>
+      <c r="B162" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C162" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D162" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E162" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+        </is>
+      </c>
+      <c r="F162" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G162" s="0" t="inlineStr">
+        <is>
+          <t>2025-01-30</t>
+        </is>
+      </c>
+      <c r="H162" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I162" s="0" t="inlineStr">
+        <is>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+        </is>
+      </c>
+      <c r="J162" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
+      <c r="K162" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L162" s="0" t="inlineStr">
+        <is>
+          <t>2023-09-07</t>
+        </is>
+      </c>
+      <c r="M162" s="0" t="inlineStr">
+        <is>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+        </is>
+      </c>
+      <c r="N162" s="0"/>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="n">
+        <v>3613</v>
+      </c>
+      <c r="B163" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C163" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D163" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E163" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+        </is>
+      </c>
+      <c r="F163" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G163" s="0" t="inlineStr">
+        <is>
+          <t>2024-06-21</t>
+        </is>
+      </c>
+      <c r="H163" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I163" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J163" s="0"/>
+      <c r="K163" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L163" s="0" t="inlineStr">
+        <is>
+          <t>2023-08-29</t>
+        </is>
+      </c>
+      <c r="M163" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N163" s="0"/>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="n">
+        <v>3602</v>
+      </c>
+      <c r="B164" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C164" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D164" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E164" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+        </is>
+      </c>
+      <c r="F164" s="0" t="inlineStr">
+        <is>
+          <t>Staatskanzlei</t>
+        </is>
+      </c>
+      <c r="G164" s="0" t="inlineStr">
+        <is>
+          <t>2024-08-29</t>
+        </is>
+      </c>
+      <c r="H164" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I164" s="0" t="inlineStr">
+        <is>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J164" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-01</t>
+        </is>
+      </c>
+      <c r="K164" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L164" s="0" t="inlineStr">
+        <is>
+          <t>2023-08-07</t>
+        </is>
+      </c>
+      <c r="M164" s="0" t="inlineStr">
+        <is>
+          <t>Schweizer Emil, Monney Esther</t>
+        </is>
+      </c>
+      <c r="N164" s="0"/>
+    </row>
+    <row r="165">
+      <c r="A165" s="0" t="n">
+        <v>3595</v>
+      </c>
+      <c r="B165" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C165" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D165" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E165" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+        </is>
+      </c>
+      <c r="F165" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G165" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-07</t>
+        </is>
+      </c>
+      <c r="H165" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I165" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J165" s="0"/>
+      <c r="K165" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L165" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-11</t>
+        </is>
+      </c>
+      <c r="M165" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N165" s="0"/>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="n">
+        <v>3594</v>
+      </c>
+      <c r="B166" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C166" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D166" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E166" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+        </is>
+      </c>
+      <c r="F166" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G166" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-07</t>
+        </is>
+      </c>
+      <c r="H166" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I166" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J166" s="0"/>
+      <c r="K166" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L166" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-11</t>
+        </is>
+      </c>
+      <c r="M166" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N166" s="0"/>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="n">
+        <v>3592</v>
+      </c>
+      <c r="B167" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C167" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E167" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+        </is>
+      </c>
+      <c r="F167" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G167" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-08</t>
+        </is>
+      </c>
+      <c r="H167" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J167" s="0"/>
+      <c r="K167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L167" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-04</t>
+        </is>
+      </c>
+      <c r="M167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N167" s="0"/>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="n">
+        <v>3591</v>
+      </c>
+      <c r="B168" s="0" t="inlineStr">
+        <is>
+          <t>Interpellation</t>
+        </is>
+      </c>
+      <c r="C168" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D168" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E168" s="0" t="inlineStr">
+        <is>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+        </is>
+      </c>
+      <c r="F168" s="0" t="inlineStr">
+        <is>
+          <t>Direktion für Bildung und Kultur</t>
+        </is>
+      </c>
+      <c r="G168" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-17</t>
+        </is>
+      </c>
+      <c r="H168" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert</t>
+        </is>
+      </c>
+      <c r="I168" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J168" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-30</t>
+        </is>
+      </c>
+      <c r="K168" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L168" s="0" t="inlineStr">
+        <is>
+          <t>2023-06-21</t>
+        </is>
+      </c>
+      <c r="M168" s="0" t="inlineStr">
+        <is>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+        </is>
+      </c>
+      <c r="N168" s="0"/>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="n">
+        <v>3584</v>
+      </c>
+      <c r="B169" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C169" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D169" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E169" s="0" t="inlineStr">
+        <is>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+        </is>
+      </c>
+      <c r="F169" s="0" t="inlineStr">
+        <is>
+          <t>Direktion für Bildung und Kultur</t>
+        </is>
+      </c>
+      <c r="G169" s="0" t="inlineStr">
+        <is>
+          <t>2024-09-26</t>
+        </is>
+      </c>
+      <c r="H169" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I169" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J169" s="0" t="inlineStr">
+        <is>
+          <t>2027-09-26</t>
+        </is>
+      </c>
+      <c r="K169" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L169" s="0" t="inlineStr">
+        <is>
+          <t>2023-06-13</t>
+        </is>
+      </c>
+      <c r="M169" s="0" t="inlineStr">
+        <is>
+          <t>Die Mitte</t>
+        </is>
+      </c>
+      <c r="N169" s="0"/>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="n">
+        <v>3579</v>
+      </c>
+      <c r="B170" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C170" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D170" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E170" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+        </is>
+      </c>
+      <c r="F170" s="0" t="inlineStr">
+        <is>
+          <t>Direktion für Bildung und Kultur</t>
+        </is>
+      </c>
+      <c r="G170" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-04</t>
+        </is>
+      </c>
+      <c r="H170" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I170" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J170" s="0" t="inlineStr">
+        <is>
+          <t>2027-07-04</t>
+        </is>
+      </c>
+      <c r="K170" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L170" s="0" t="inlineStr">
+        <is>
+          <t>2023-06-06</t>
+        </is>
+      </c>
+      <c r="M170" s="0" t="inlineStr">
+        <is>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+        </is>
+      </c>
+      <c r="N170" s="0"/>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="n">
+        <v>3574</v>
+      </c>
+      <c r="B171" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C171" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D171" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E171" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+        </is>
+      </c>
+      <c r="F171" s="0" t="inlineStr">
+        <is>
+          <t>Sicherheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G171" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-23</t>
+        </is>
+      </c>
+      <c r="H171" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I171" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J171" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
+      <c r="K171" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L171" s="0" t="inlineStr">
+        <is>
+          <t>2023-05-13</t>
+        </is>
+      </c>
+      <c r="M171" s="0" t="inlineStr">
+        <is>
+          <t>Leuenberger Simon</t>
+        </is>
+      </c>
+      <c r="N171" s="0"/>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="n">
+        <v>3569</v>
+      </c>
+      <c r="B172" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C172" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D172" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E172" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+        </is>
+      </c>
+      <c r="F172" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G172" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-06</t>
+        </is>
+      </c>
+      <c r="H172" s="0" t="inlineStr">
+        <is>
+          <t>Inkrafttreten</t>
+        </is>
+      </c>
+      <c r="I172" s="0" t="inlineStr">
+        <is>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J172" s="0"/>
+      <c r="K172" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L172" s="0" t="inlineStr">
+        <is>
+          <t>2023-05-02</t>
+        </is>
+      </c>
+      <c r="M172" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N172" s="0"/>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="n">
+        <v>3562</v>
+      </c>
+      <c r="B173" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C173" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D173" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E173" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+        </is>
+      </c>
+      <c r="F173" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G173" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-23</t>
+        </is>
+      </c>
+      <c r="H173" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I173" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J173" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
+      <c r="K173" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L173" s="0" t="inlineStr">
+        <is>
+          <t>2023-04-18</t>
+        </is>
+      </c>
+      <c r="M173" s="0" t="inlineStr">
+        <is>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+        </is>
+      </c>
+      <c r="N173" s="0"/>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="n">
+        <v>3546</v>
+      </c>
+      <c r="B174" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C174" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D174" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E174" s="0" t="inlineStr">
+        <is>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+        </is>
+      </c>
+      <c r="F174" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G174" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-04</t>
+        </is>
+      </c>
+      <c r="H174" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I174" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J174" s="0" t="inlineStr">
+        <is>
+          <t>2027-07-04</t>
+        </is>
+      </c>
+      <c r="K174" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L174" s="0" t="inlineStr">
+        <is>
+          <t>2023-03-28</t>
+        </is>
+      </c>
+      <c r="M174" s="0" t="inlineStr">
+        <is>
+          <t>FDP</t>
+        </is>
+      </c>
+      <c r="N174" s="0"/>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="n">
+        <v>3544</v>
+      </c>
+      <c r="B175" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C175" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D175" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E175" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+        </is>
+      </c>
+      <c r="F175" s="0" t="inlineStr">
+        <is>
+          <t>Sicherheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G175" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-01</t>
+        </is>
+      </c>
+      <c r="H175" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I175" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J175" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
+      <c r="K175" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L175" s="0" t="inlineStr">
+        <is>
+          <t>2023-03-27</t>
+        </is>
+      </c>
+      <c r="M175" s="0" t="inlineStr">
+        <is>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+        </is>
+      </c>
+      <c r="N175" s="0"/>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="n">
+        <v>3541</v>
+      </c>
+      <c r="B176" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C176" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D176" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E176" s="0" t="inlineStr">
+        <is>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+        </is>
+      </c>
+      <c r="F176" s="0" t="inlineStr">
+        <is>
+          <t>Justizprüfungskommission</t>
+        </is>
+      </c>
+      <c r="G176" s="0" t="inlineStr">
+        <is>
+          <t>2025-02-21</t>
+        </is>
+      </c>
+      <c r="H176" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I176" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J176" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-21</t>
+        </is>
+      </c>
+      <c r="K176" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L176" s="0" t="inlineStr">
+        <is>
+          <t>2023-03-21</t>
+        </is>
+      </c>
+      <c r="M176" s="0" t="inlineStr">
+        <is>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+        </is>
+      </c>
+      <c r="N176" s="0"/>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="n">
+        <v>3535</v>
+      </c>
+      <c r="B177" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C177" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D177" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E177" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
+        </is>
+      </c>
+      <c r="F177" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G177" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H177" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I177" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J177" s="0"/>
+      <c r="K177" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L177" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M177" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N177" s="0"/>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="n">
+        <v>3534</v>
+      </c>
+      <c r="B178" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C178" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E178" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+        </is>
+      </c>
+      <c r="F178" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G178" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H178" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J178" s="0"/>
+      <c r="K178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L178" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N178" s="0"/>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="n">
         <v>3533</v>
       </c>
-      <c r="B159" s="0" t="inlineStr">
+      <c r="B179" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C159" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E159" s="0" t="inlineStr">
+      <c r="C179" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E179" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
 </t>
         </is>
       </c>
-      <c r="F159" s="0" t="inlineStr">
+      <c r="F179" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
-      <c r="G159" s="0" t="inlineStr">
+      <c r="G179" s="0" t="inlineStr">
         <is>
           <t>2024-06-21</t>
         </is>
       </c>
-      <c r="H159" s="0" t="inlineStr">
+      <c r="H179" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I159" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L159" s="0" t="inlineStr">
+      <c r="I179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J179" s="0"/>
+      <c r="K179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L179" s="0" t="inlineStr">
         <is>
           <t>2023-02-21</t>
         </is>
       </c>
-      <c r="M159" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A160" s="0" t="n">
+      <c r="M179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N179" s="0"/>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="n">
         <v>3532</v>
       </c>
-      <c r="B160" s="0" t="inlineStr">
+      <c r="B180" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C160" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E160" s="0" t="inlineStr">
+      <c r="C180" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E180" s="0" t="inlineStr">
         <is>
           <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
-      <c r="F160" s="0" t="inlineStr">
+      <c r="F180" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
-      <c r="G160" s="0" t="inlineStr">
+      <c r="G180" s="0" t="inlineStr">
         <is>
           <t>2024-03-21</t>
         </is>
       </c>
-      <c r="H160" s="0" t="inlineStr">
+      <c r="H180" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I160" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J160" s="0" t="inlineStr">
+      <c r="I180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J180" s="0" t="inlineStr">
         <is>
           <t>2027-03-21</t>
         </is>
       </c>
-      <c r="K160" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L160" s="0" t="inlineStr">
+      <c r="K180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L180" s="0" t="inlineStr">
         <is>
           <t>2023-02-16</t>
         </is>
       </c>
-      <c r="M160" s="0" t="inlineStr">
+      <c r="M180" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
-      <c r="N160" s="0"/>
-[...2 lines deleted...]
-      <c r="A161" s="0" t="n">
+      <c r="N180" s="0"/>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="n">
         <v>3525</v>
       </c>
-      <c r="B161" s="0" t="inlineStr">
+      <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
-      <c r="C161" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E161" s="0" t="inlineStr">
+      <c r="C181" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D181" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E181" s="0" t="inlineStr">
         <is>
           <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
-      <c r="F161" s="0" t="inlineStr">
+      <c r="F181" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
-      <c r="G161" s="0" t="inlineStr">
+      <c r="G181" s="0" t="inlineStr">
         <is>
           <t>2024-03-01</t>
         </is>
       </c>
-      <c r="H161" s="0" t="inlineStr">
+      <c r="H181" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I161" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J161" s="0" t="inlineStr">
+      <c r="I181" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J181" s="0" t="inlineStr">
         <is>
           <t>2027-03-01</t>
         </is>
       </c>
-      <c r="K161" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L161" s="0" t="inlineStr">
+      <c r="K181" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L181" s="0" t="inlineStr">
         <is>
           <t>2023-02-03</t>
         </is>
       </c>
-      <c r="M161" s="0" t="inlineStr">
+      <c r="M181" s="0" t="inlineStr">
         <is>
           <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
-      <c r="N161" s="0"/>
-[...2 lines deleted...]
-      <c r="A162" s="0" t="n">
+      <c r="N181" s="0"/>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="n">
         <v>3512</v>
       </c>
-      <c r="B162" s="0" t="inlineStr">
+      <c r="B182" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C162" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E162" s="0" t="inlineStr">
+      <c r="C182" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D182" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E182" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
-      <c r="F162" s="0" t="inlineStr">
+      <c r="F182" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G162" s="0" t="inlineStr">
+      <c r="G182" s="0" t="inlineStr">
         <is>
           <t>2024-01-12</t>
         </is>
       </c>
-      <c r="H162" s="0" t="inlineStr">
+      <c r="H182" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I162" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L162" s="0" t="inlineStr">
+      <c r="I182" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J182" s="0"/>
+      <c r="K182" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L182" s="0" t="inlineStr">
         <is>
           <t>2022-12-20</t>
         </is>
       </c>
-      <c r="M162" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A163" s="0" t="n">
+      <c r="M182" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N182" s="0"/>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="n">
         <v>3507</v>
       </c>
-      <c r="B163" s="0" t="inlineStr">
+      <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Verschiedenes</t>
         </is>
       </c>
-      <c r="C163" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E163" s="0" t="inlineStr">
+      <c r="C183" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D183" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E183" s="0" t="inlineStr">
         <is>
           <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
-      <c r="F163" s="0" t="inlineStr">
+      <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
-      <c r="G163" s="0" t="inlineStr">
+      <c r="G183" s="0" t="inlineStr">
         <is>
           <t>2025-10-28</t>
         </is>
       </c>
-      <c r="H163" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I163" s="0" t="inlineStr">
+      <c r="H183" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I183" s="0" t="inlineStr">
         <is>
           <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
         </is>
       </c>
-      <c r="J163" s="0"/>
-[...5 lines deleted...]
-      <c r="L163" s="0" t="inlineStr">
+      <c r="J183" s="0"/>
+      <c r="K183" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L183" s="0" t="inlineStr">
         <is>
           <t>2022-11-24</t>
         </is>
       </c>
-      <c r="M163" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A164" s="0" t="n">
+      <c r="M183" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N183" s="0"/>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="n">
         <v>3502</v>
       </c>
-      <c r="B164" s="0" t="inlineStr">
+      <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C164" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E164" s="0" t="inlineStr">
+      <c r="C184" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D184" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E184" s="0" t="inlineStr">
         <is>
           <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
-      <c r="F164" s="0" t="inlineStr">
+      <c r="F184" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
-      <c r="G164" s="0" t="inlineStr">
+      <c r="G184" s="0" t="inlineStr">
         <is>
           <t>2024-03-01</t>
         </is>
       </c>
-      <c r="H164" s="0" t="inlineStr">
+      <c r="H184" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I164" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J164" s="0" t="inlineStr">
+      <c r="I184" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J184" s="0" t="inlineStr">
         <is>
           <t>2027-03-01</t>
         </is>
       </c>
-      <c r="K164" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L164" s="0" t="inlineStr">
+      <c r="K184" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L184" s="0" t="inlineStr">
         <is>
           <t>2022-11-20</t>
         </is>
       </c>
-      <c r="M164" s="0" t="inlineStr">
+      <c r="M184" s="0" t="inlineStr">
         <is>
           <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
-      <c r="N164" s="0"/>
-[...2 lines deleted...]
-      <c r="A165" s="0" t="n">
+      <c r="N184" s="0"/>
+    </row>
+    <row r="185">
+      <c r="A185" s="0" t="n">
         <v>3495</v>
       </c>
-      <c r="B165" s="0" t="inlineStr">
+      <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
-      <c r="C165" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E165" s="0" t="inlineStr">
+      <c r="C185" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D185" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E185" s="0" t="inlineStr">
         <is>
           <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
-      <c r="F165" s="0" t="inlineStr">
+      <c r="F185" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
-      <c r="G165" s="0" t="inlineStr">
+      <c r="G185" s="0" t="inlineStr">
         <is>
           <t>2025-06-05</t>
         </is>
       </c>
-      <c r="H165" s="0" t="inlineStr">
+      <c r="H185" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I165" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J165" s="0" t="inlineStr">
+      <c r="I185" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J185" s="0" t="inlineStr">
         <is>
           <t>2028-06-05</t>
         </is>
       </c>
-      <c r="K165" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L165" s="0" t="inlineStr">
+      <c r="K185" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L185" s="0" t="inlineStr">
         <is>
           <t>2022-11-08</t>
         </is>
       </c>
-      <c r="M165" s="0" t="inlineStr">
+      <c r="M185" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
-      <c r="N165" s="0"/>
-[...2 lines deleted...]
-      <c r="A166" s="0" t="n">
+      <c r="N185" s="0"/>
+    </row>
+    <row r="186">
+      <c r="A186" s="0" t="n">
         <v>3488</v>
       </c>
-      <c r="B166" s="0" t="inlineStr">
+      <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C166" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E166" s="0" t="inlineStr">
+      <c r="C186" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D186" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E186" s="0" t="inlineStr">
         <is>
           <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
         </is>
       </c>
-      <c r="F166" s="0" t="inlineStr">
+      <c r="F186" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G166" s="0" t="inlineStr">
+      <c r="G186" s="0" t="inlineStr">
         <is>
           <t>2024-02-29</t>
         </is>
       </c>
-      <c r="H166" s="0" t="inlineStr">
+      <c r="H186" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I166" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J166" s="0" t="inlineStr">
+      <c r="I186" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J186" s="0" t="inlineStr">
         <is>
           <t>2027-02-28</t>
         </is>
       </c>
-      <c r="K166" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L166" s="0" t="inlineStr">
+      <c r="K186" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L186" s="0" t="inlineStr">
         <is>
           <t>2022-10-25</t>
         </is>
       </c>
-      <c r="M166" s="0" t="inlineStr">
+      <c r="M186" s="0" t="inlineStr">
         <is>
           <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
-      <c r="N166" s="0"/>
-[...2 lines deleted...]
-      <c r="A167" s="0" t="n">
+      <c r="N186" s="0"/>
+    </row>
+    <row r="187">
+      <c r="A187" s="0" t="n">
         <v>3480</v>
       </c>
-      <c r="B167" s="0" t="inlineStr">
+      <c r="B187" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C167" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E167" s="0" t="inlineStr">
+      <c r="C187" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D187" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E187" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
-      <c r="F167" s="0" t="inlineStr">
+      <c r="F187" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G167" s="0" t="inlineStr">
+      <c r="G187" s="0" t="inlineStr">
         <is>
           <t>2023-08-18</t>
         </is>
       </c>
-      <c r="H167" s="0" t="inlineStr">
+      <c r="H187" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I167" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L167" s="0" t="inlineStr">
+      <c r="I187" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J187" s="0"/>
+      <c r="K187" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L187" s="0" t="inlineStr">
         <is>
           <t>2022-09-20</t>
         </is>
       </c>
-      <c r="M167" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A168" s="0" t="n">
+      <c r="M187" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N187" s="0"/>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="n">
         <v>3479</v>
       </c>
-      <c r="B168" s="0" t="inlineStr">
+      <c r="B188" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C168" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E168" s="0" t="inlineStr">
+      <c r="C188" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D188" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E188" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
 </t>
         </is>
       </c>
-      <c r="F168" s="0" t="inlineStr">
+      <c r="F188" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G168" s="0" t="inlineStr">
+      <c r="G188" s="0" t="inlineStr">
         <is>
           <t>2023-06-06</t>
         </is>
       </c>
-      <c r="H168" s="0" t="inlineStr">
+      <c r="H188" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I168" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L168" s="0" t="inlineStr">
+      <c r="I188" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J188" s="0"/>
+      <c r="K188" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L188" s="0" t="inlineStr">
         <is>
           <t>2022-09-13</t>
         </is>
       </c>
-      <c r="M168" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A169" s="0" t="n">
+      <c r="M188" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N188" s="0"/>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="n">
         <v>3471</v>
       </c>
-      <c r="B169" s="0" t="inlineStr">
+      <c r="B189" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C169" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E169" s="0" t="inlineStr">
+      <c r="C189" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D189" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E189" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
-      <c r="F169" s="0" t="inlineStr">
+      <c r="F189" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G169" s="0" t="inlineStr">
+      <c r="G189" s="0" t="inlineStr">
         <is>
           <t>2023-09-08</t>
         </is>
       </c>
-      <c r="H169" s="0" t="inlineStr">
+      <c r="H189" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I169" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L169" s="0" t="inlineStr">
+      <c r="I189" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J189" s="0"/>
+      <c r="K189" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L189" s="0" t="inlineStr">
         <is>
           <t>2022-08-23</t>
         </is>
       </c>
-      <c r="M169" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A170" s="0" t="n">
+      <c r="M189" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N189" s="0"/>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="n">
         <v>3453</v>
       </c>
-      <c r="B170" s="0" t="inlineStr">
+      <c r="B190" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C170" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E170" s="0" t="inlineStr">
+      <c r="C190" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D190" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E190" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
-      <c r="F170" s="0" t="inlineStr">
+      <c r="F190" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G170" s="0" t="inlineStr">
+      <c r="G190" s="0" t="inlineStr">
         <is>
           <t>2023-05-11</t>
         </is>
       </c>
-      <c r="H170" s="0" t="inlineStr">
+      <c r="H190" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I170" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L170" s="0" t="inlineStr">
+      <c r="I190" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J190" s="0"/>
+      <c r="K190" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L190" s="0" t="inlineStr">
         <is>
           <t>2022-06-28</t>
         </is>
       </c>
-      <c r="M170" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A171" s="0" t="n">
+      <c r="M190" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N190" s="0"/>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="n">
         <v>3443</v>
       </c>
-      <c r="B171" s="0" t="inlineStr">
+      <c r="B191" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C171" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E171" s="0" t="inlineStr">
+      <c r="C191" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D191" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E191" s="0" t="inlineStr">
         <is>
           <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
-      <c r="F171" s="0" t="inlineStr">
+      <c r="F191" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G171" s="0" t="inlineStr">
+      <c r="G191" s="0" t="inlineStr">
         <is>
           <t>2023-12-14</t>
         </is>
       </c>
-      <c r="H171" s="0" t="inlineStr">
+      <c r="H191" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I171" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J171" s="0" t="inlineStr">
+      <c r="I191" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J191" s="0" t="inlineStr">
         <is>
           <t>2026-12-14</t>
         </is>
       </c>
-      <c r="K171" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L171" s="0" t="inlineStr">
+      <c r="K191" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L191" s="0" t="inlineStr">
         <is>
           <t>2022-06-13</t>
         </is>
       </c>
-      <c r="M171" s="0" t="inlineStr">
+      <c r="M191" s="0" t="inlineStr">
         <is>
           <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
-      <c r="N171" s="0"/>
-[...2 lines deleted...]
-      <c r="A172" s="0" t="n">
+      <c r="N191" s="0"/>
+    </row>
+    <row r="192">
+      <c r="A192" s="0" t="n">
         <v>3439</v>
       </c>
-      <c r="B172" s="0" t="inlineStr">
+      <c r="B192" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C172" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E172" s="0" t="inlineStr">
+      <c r="C192" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D192" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E192" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
-      <c r="F172" s="0" t="inlineStr">
+      <c r="F192" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G172" s="0" t="inlineStr">
+      <c r="G192" s="0" t="inlineStr">
         <is>
           <t>2023-05-11</t>
         </is>
       </c>
-      <c r="H172" s="0" t="inlineStr">
+      <c r="H192" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I172" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L172" s="0" t="inlineStr">
+      <c r="I192" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J192" s="0"/>
+      <c r="K192" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L192" s="0" t="inlineStr">
         <is>
           <t>2022-06-07</t>
         </is>
       </c>
-      <c r="M172" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A173" s="0" t="n">
+      <c r="M192" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N192" s="0"/>
+    </row>
+    <row r="193">
+      <c r="A193" s="0" t="n">
         <v>3433</v>
       </c>
-      <c r="B173" s="0" t="inlineStr">
+      <c r="B193" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C173" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E173" s="0" t="inlineStr">
+      <c r="C193" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D193" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E193" s="0" t="inlineStr">
         <is>
           <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
-      <c r="F173" s="0" t="inlineStr">
+      <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
-      <c r="G173" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H173" s="0" t="inlineStr">
+      <c r="G193" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-10</t>
+        </is>
+      </c>
+      <c r="H193" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert</t>
+        </is>
+      </c>
+      <c r="I193" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J193" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-14</t>
+        </is>
+      </c>
+      <c r="K193" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L193" s="0" t="inlineStr">
+        <is>
+          <t>2022-05-31</t>
+        </is>
+      </c>
+      <c r="M193" s="0" t="inlineStr">
+        <is>
+          <t>FDP</t>
+        </is>
+      </c>
+      <c r="N193" s="0"/>
+    </row>
+    <row r="194">
+      <c r="A194" s="0" t="n">
+        <v>3364</v>
+      </c>
+      <c r="B194" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C194" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D194" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E194" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+        </is>
+      </c>
+      <c r="F194" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G194" s="0" t="inlineStr">
+        <is>
+          <t>2023-09-28</t>
+        </is>
+      </c>
+      <c r="H194" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I194" s="0" t="inlineStr">
+        <is>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J194" s="0" t="inlineStr">
+        <is>
+          <t>2026-09-27</t>
+        </is>
+      </c>
+      <c r="K194" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L194" s="0" t="inlineStr">
+        <is>
+          <t>2022-01-26</t>
+        </is>
+      </c>
+      <c r="M194" s="0" t="inlineStr">
+        <is>
+          <t>Röösli Patrick, Meierhans Thomas</t>
+        </is>
+      </c>
+      <c r="N194" s="0"/>
+    </row>
+    <row r="195">
+      <c r="A195" s="0" t="n">
+        <v>3354</v>
+      </c>
+      <c r="B195" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C195" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D195" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E195" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+        </is>
+      </c>
+      <c r="F195" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G195" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H195" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I195" s="0" t="inlineStr">
+        <is>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J195" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-28</t>
+        </is>
+      </c>
+      <c r="K195" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L195" s="0" t="inlineStr">
+        <is>
+          <t>2021-12-20</t>
+        </is>
+      </c>
+      <c r="M195" s="0" t="inlineStr">
+        <is>
+          <t>Spörri Markus, Letter Peter</t>
+        </is>
+      </c>
+      <c r="N195" s="0"/>
+    </row>
+    <row r="196">
+      <c r="A196" s="0" t="n">
+        <v>3351</v>
+      </c>
+      <c r="B196" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C196" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D196" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E196" s="0" t="inlineStr">
+        <is>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+        </is>
+      </c>
+      <c r="F196" s="0" t="inlineStr">
+        <is>
+          <t>Sicherheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G196" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-03</t>
+        </is>
+      </c>
+      <c r="H196" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert</t>
+        </is>
+      </c>
+      <c r="I196" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J196" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
+      <c r="K196" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L196" s="0" t="inlineStr">
+        <is>
+          <t>2021-12-17</t>
+        </is>
+      </c>
+      <c r="M196" s="0" t="inlineStr">
+        <is>
+          <t>SVP</t>
+        </is>
+      </c>
+      <c r="N196" s="0"/>
+    </row>
+    <row r="197">
+      <c r="A197" s="0" t="n">
+        <v>3350</v>
+      </c>
+      <c r="B197" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C197" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D197" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E197" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+        </is>
+      </c>
+      <c r="F197" s="0" t="inlineStr">
+        <is>
+          <t>Büro des Kantonsrats</t>
+        </is>
+      </c>
+      <c r="G197" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H197" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I197" s="0" t="inlineStr">
+        <is>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J197" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="K197" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L197" s="0" t="inlineStr">
+        <is>
+          <t>2021-12-16</t>
+        </is>
+      </c>
+      <c r="M197" s="0" t="inlineStr">
+        <is>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
+        </is>
+      </c>
+      <c r="N197" s="0"/>
+    </row>
+    <row r="198">
+      <c r="A198" s="0" t="n">
+        <v>3320</v>
+      </c>
+      <c r="B198" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C198" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D198" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E198" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+        </is>
+      </c>
+      <c r="F198" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G198" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+      <c r="H198" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I198" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J198" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
+      <c r="K198" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L198" s="0" t="inlineStr">
+        <is>
+          <t>2021-11-02</t>
+        </is>
+      </c>
+      <c r="M198" s="0" t="inlineStr">
+        <is>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+        </is>
+      </c>
+      <c r="N198" s="0"/>
+    </row>
+    <row r="199">
+      <c r="A199" s="0" t="n">
+        <v>3286</v>
+      </c>
+      <c r="B199" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C199" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D199" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E199" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+        </is>
+      </c>
+      <c r="F199" s="0" t="inlineStr">
+        <is>
+          <t>Finanzdirektion</t>
+        </is>
+      </c>
+      <c r="G199" s="0" t="inlineStr">
+        <is>
+          <t>2022-06-08</t>
+        </is>
+      </c>
+      <c r="H199" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I199" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J199" s="0"/>
+      <c r="K199" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L199" s="0" t="inlineStr">
+        <is>
+          <t>2021-08-24</t>
+        </is>
+      </c>
+      <c r="M199" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N199" s="0"/>
+    </row>
+    <row r="200">
+      <c r="A200" s="0" t="n">
+        <v>3285</v>
+      </c>
+      <c r="B200" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C200" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D200" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E200" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+        </is>
+      </c>
+      <c r="F200" s="0" t="inlineStr">
+        <is>
+          <t>Finanzdirektion</t>
+        </is>
+      </c>
+      <c r="G200" s="0" t="inlineStr">
+        <is>
+          <t>2022-06-08</t>
+        </is>
+      </c>
+      <c r="H200" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I200" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J200" s="0"/>
+      <c r="K200" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L200" s="0" t="inlineStr">
+        <is>
+          <t>2021-08-24</t>
+        </is>
+      </c>
+      <c r="M200" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N200" s="0"/>
+    </row>
+    <row r="201">
+      <c r="A201" s="0" t="n">
+        <v>3283</v>
+      </c>
+      <c r="B201" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C201" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D201" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E201" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+        </is>
+      </c>
+      <c r="F201" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G201" s="0" t="inlineStr">
+        <is>
+          <t>2022-09-29</t>
+        </is>
+      </c>
+      <c r="H201" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I201" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J201" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-28</t>
+        </is>
+      </c>
+      <c r="K201" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L201" s="0" t="inlineStr">
+        <is>
+          <t>2021-08-23</t>
+        </is>
+      </c>
+      <c r="M201" s="0" t="inlineStr">
+        <is>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+        </is>
+      </c>
+      <c r="N201" s="0"/>
+    </row>
+    <row r="202">
+      <c r="A202" s="0" t="n">
+        <v>3281</v>
+      </c>
+      <c r="B202" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C202" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D202" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E202" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+        </is>
+      </c>
+      <c r="F202" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G202" s="0" t="inlineStr">
+        <is>
+          <t>2022-02-05</t>
+        </is>
+      </c>
+      <c r="H202" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I202" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J202" s="0"/>
+      <c r="K202" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L202" s="0" t="inlineStr">
+        <is>
+          <t>2021-08-17</t>
+        </is>
+      </c>
+      <c r="M202" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N202" s="0"/>
+    </row>
+    <row r="203">
+      <c r="A203" s="0" t="n">
+        <v>3268</v>
+      </c>
+      <c r="B203" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C203" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D203" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E203" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+        </is>
+      </c>
+      <c r="F203" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G203" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-10</t>
+        </is>
+      </c>
+      <c r="H203" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I173" s="0" t="inlineStr">
-[...30 lines deleted...]
-      <c r="B174" s="0" t="inlineStr">
+      <c r="I203" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J203" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
+      <c r="K203" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L203" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-24</t>
+        </is>
+      </c>
+      <c r="M203" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N203" s="0"/>
+    </row>
+    <row r="204">
+      <c r="A204" s="0" t="n">
+        <v>3262</v>
+      </c>
+      <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C174" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="F174" s="0" t="inlineStr">
+      <c r="C204" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D204" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E204" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+        </is>
+      </c>
+      <c r="F204" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G204" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-10</t>
+        </is>
+      </c>
+      <c r="H204" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I204" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J204" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
+      <c r="K204" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L204" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-09</t>
+        </is>
+      </c>
+      <c r="M204" s="0" t="inlineStr">
+        <is>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+        </is>
+      </c>
+      <c r="N204" s="0"/>
+    </row>
+    <row r="205">
+      <c r="A205" s="0" t="n">
+        <v>3260</v>
+      </c>
+      <c r="B205" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C205" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D205" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E205" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+        </is>
+      </c>
+      <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
-      <c r="G174" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H174" s="0" t="inlineStr">
+      <c r="G205" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-10</t>
+        </is>
+      </c>
+      <c r="H205" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I174" s="0" t="inlineStr">
-[...126 lines deleted...]
-      <c r="H176" s="0" t="inlineStr">
+      <c r="I205" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J205" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
+      <c r="K205" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L205" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-08</t>
+        </is>
+      </c>
+      <c r="M205" s="0" t="inlineStr">
+        <is>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+        </is>
+      </c>
+      <c r="N205" s="0"/>
+    </row>
+    <row r="206">
+      <c r="A206" s="0" t="n">
+        <v>3248</v>
+      </c>
+      <c r="B206" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C206" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D206" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E206" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+        </is>
+      </c>
+      <c r="F206" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G206" s="0" t="inlineStr">
+        <is>
+          <t>2022-09-29</t>
+        </is>
+      </c>
+      <c r="H206" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I176" s="0" t="inlineStr">
-[...326 lines deleted...]
-      <c r="J181" s="0" t="inlineStr">
+      <c r="I206" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J206" s="0" t="inlineStr">
         <is>
           <t>2025-09-28</t>
         </is>
       </c>
-      <c r="K181" s="0" t="inlineStr">
-[...20 lines deleted...]
-      <c r="B182" s="0" t="inlineStr">
+      <c r="K206" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L206" s="0" t="inlineStr">
+        <is>
+          <t>2021-05-11</t>
+        </is>
+      </c>
+      <c r="M206" s="0" t="inlineStr">
+        <is>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+        </is>
+      </c>
+      <c r="N206" s="0"/>
+    </row>
+    <row r="207">
+      <c r="A207" s="0" t="n">
+        <v>3227</v>
+      </c>
+      <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C182" s="0" t="inlineStr">
-[...335 lines deleted...]
-      <c r="E187" s="0" t="inlineStr">
+      <c r="C207" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D207" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E207" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
 </t>
         </is>
       </c>
-      <c r="F187" s="0" t="inlineStr">
+      <c r="F207" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G187" s="0" t="inlineStr">
+      <c r="G207" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
-      <c r="H187" s="0" t="inlineStr">
+      <c r="H207" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I187" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L187" s="0" t="inlineStr">
+      <c r="I207" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J207" s="0"/>
+      <c r="K207" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L207" s="0" t="inlineStr">
         <is>
           <t>2021-04-13</t>
         </is>
       </c>
-      <c r="M187" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A188" s="0" t="n">
+      <c r="M207" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N207" s="0"/>
+    </row>
+    <row r="208">
+      <c r="A208" s="0" t="n">
         <v>3218</v>
       </c>
-      <c r="B188" s="0" t="inlineStr">
+      <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C188" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E188" s="0" t="inlineStr">
+      <c r="C208" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D208" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E208" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
-      <c r="F188" s="0" t="inlineStr">
+      <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G188" s="0" t="inlineStr">
+      <c r="G208" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
-      <c r="H188" s="0" t="inlineStr">
+      <c r="H208" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I188" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L188" s="0" t="inlineStr">
+      <c r="I208" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J208" s="0"/>
+      <c r="K208" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L208" s="0" t="inlineStr">
         <is>
           <t>2021-03-23</t>
         </is>
       </c>
-      <c r="M188" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A189" s="0" t="n">
+      <c r="M208" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N208" s="0"/>
+    </row>
+    <row r="209">
+      <c r="A209" s="0" t="n">
         <v>3208</v>
       </c>
-      <c r="B189" s="0" t="inlineStr">
+      <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C189" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E189" s="0" t="inlineStr">
+      <c r="C209" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D209" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E209" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
 </t>
         </is>
       </c>
-      <c r="F189" s="0" t="inlineStr">
+      <c r="F209" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G189" s="0" t="inlineStr">
+      <c r="G209" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
-        </is>
-[...1242 lines deleted...]
-          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L209" s="0"/>
+      <c r="L209" s="0" t="inlineStr">
+        <is>
+          <t>2021-03-09</t>
+        </is>
+      </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>2050</v>
+        <v>3185</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2012-05-03</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L210" s="0"/>
+      <c r="L210" s="0" t="inlineStr">
+        <is>
+          <t>2020-12-15</t>
+        </is>
+      </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>2024</v>
+        <v>3165</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2011-07-07</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L211" s="0"/>
+      <c r="L211" s="0" t="inlineStr">
+        <is>
+          <t>2020-11-03</t>
+        </is>
+      </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>1977</v>
+        <v>3151</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L212" s="0"/>
+      <c r="L212" s="0" t="inlineStr">
+        <is>
+          <t>2020-10-27</t>
+        </is>
+      </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>1901</v>
+        <v>3148</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2010-09-30</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L213" s="0"/>
+      <c r="L213" s="0" t="inlineStr">
+        <is>
+          <t>2020-10-20</t>
+        </is>
+      </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>1775</v>
+        <v>3129</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2010-05-06</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L214" s="0"/>
+      <c r="L214" s="0" t="inlineStr">
+        <is>
+          <t>2020-08-18</t>
+        </is>
+      </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>1693</v>
+        <v>3102</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>2025-06-30</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2008-06-13</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
+        <v>2940</v>
+      </c>
+      <c r="B216" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C216" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D216" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E216" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+        </is>
+      </c>
+      <c r="F216" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G216" s="0" t="inlineStr">
+        <is>
+          <t>2019-07-01</t>
+        </is>
+      </c>
+      <c r="H216" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I216" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J216" s="0"/>
+      <c r="K216" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L216" s="0" t="inlineStr">
+        <is>
+          <t>2019-02-19</t>
+        </is>
+      </c>
+      <c r="M216" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N216" s="0"/>
+    </row>
+    <row r="217">
+      <c r="A217" s="0" t="n">
+        <v>2897</v>
+      </c>
+      <c r="B217" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C217" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D217" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E217" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
+        </is>
+      </c>
+      <c r="F217" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G217" s="0" t="inlineStr">
+        <is>
+          <t>2019-05-18</t>
+        </is>
+      </c>
+      <c r="H217" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I217" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J217" s="0"/>
+      <c r="K217" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L217" s="0" t="inlineStr">
+        <is>
+          <t>2018-09-18</t>
+        </is>
+      </c>
+      <c r="M217" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N217" s="0"/>
+    </row>
+    <row r="218">
+      <c r="A218" s="0" t="n">
+        <v>2885</v>
+      </c>
+      <c r="B218" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C218" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D218" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E218" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+        </is>
+      </c>
+      <c r="F218" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G218" s="0" t="inlineStr">
+        <is>
+          <t>2019-02-20</t>
+        </is>
+      </c>
+      <c r="H218" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I218" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J218" s="0"/>
+      <c r="K218" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L218" s="0" t="inlineStr">
+        <is>
+          <t>2018-07-03</t>
+        </is>
+      </c>
+      <c r="M218" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N218" s="0"/>
+    </row>
+    <row r="219">
+      <c r="A219" s="0" t="n">
+        <v>2855</v>
+      </c>
+      <c r="B219" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C219" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D219" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E219" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+        </is>
+      </c>
+      <c r="F219" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G219" s="0" t="inlineStr">
+        <is>
+          <t>2019-05-16</t>
+        </is>
+      </c>
+      <c r="H219" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I219" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J219" s="0"/>
+      <c r="K219" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L219" s="0" t="inlineStr">
+        <is>
+          <t>2018-03-27</t>
+        </is>
+      </c>
+      <c r="M219" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N219" s="0"/>
+    </row>
+    <row r="220">
+      <c r="A220" s="0" t="n">
+        <v>2850</v>
+      </c>
+      <c r="B220" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C220" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E220" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+        </is>
+      </c>
+      <c r="F220" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G220" s="0" t="inlineStr">
+        <is>
+          <t>2018-11-06</t>
+        </is>
+      </c>
+      <c r="H220" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J220" s="0"/>
+      <c r="K220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L220" s="0" t="inlineStr">
+        <is>
+          <t>2018-03-20</t>
+        </is>
+      </c>
+      <c r="M220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N220" s="0"/>
+    </row>
+    <row r="221">
+      <c r="A221" s="0" t="n">
+        <v>2766</v>
+      </c>
+      <c r="B221" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C221" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E221" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
+        </is>
+      </c>
+      <c r="F221" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G221" s="0" t="inlineStr">
+        <is>
+          <t>2018-01-25</t>
+        </is>
+      </c>
+      <c r="H221" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J221" s="0"/>
+      <c r="K221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L221" s="0" t="inlineStr">
+        <is>
+          <t>2017-07-11</t>
+        </is>
+      </c>
+      <c r="M221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N221" s="0"/>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="n">
+        <v>2655</v>
+      </c>
+      <c r="B222" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C222" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E222" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+        </is>
+      </c>
+      <c r="F222" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G222" s="0" t="inlineStr">
+        <is>
+          <t>2018-01-20</t>
+        </is>
+      </c>
+      <c r="H222" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J222" s="0"/>
+      <c r="K222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L222" s="0" t="inlineStr">
+        <is>
+          <t>2016-08-23</t>
+        </is>
+      </c>
+      <c r="M222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N222" s="0"/>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="n">
+        <v>2640</v>
+      </c>
+      <c r="B223" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C223" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E223" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+        </is>
+      </c>
+      <c r="F223" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G223" s="0" t="inlineStr">
+        <is>
+          <t>2017-03-30</t>
+        </is>
+      </c>
+      <c r="H223" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J223" s="0"/>
+      <c r="K223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L223" s="0" t="inlineStr">
+        <is>
+          <t>2016-06-21</t>
+        </is>
+      </c>
+      <c r="M223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N223" s="0"/>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="n">
+        <v>2635</v>
+      </c>
+      <c r="B224" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C224" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E224" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+        </is>
+      </c>
+      <c r="F224" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G224" s="0" t="inlineStr">
+        <is>
+          <t>2017-03-10</t>
+        </is>
+      </c>
+      <c r="H224" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J224" s="0"/>
+      <c r="K224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L224" s="0" t="inlineStr">
+        <is>
+          <t>2016-06-07</t>
+        </is>
+      </c>
+      <c r="M224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N224" s="0"/>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="n">
+        <v>2501</v>
+      </c>
+      <c r="B225" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C225" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E225" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+        </is>
+      </c>
+      <c r="F225" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G225" s="0" t="inlineStr">
+        <is>
+          <t>2016-04-09</t>
+        </is>
+      </c>
+      <c r="H225" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J225" s="0"/>
+      <c r="K225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L225" s="0" t="inlineStr">
+        <is>
+          <t>2015-03-31</t>
+        </is>
+      </c>
+      <c r="M225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N225" s="0"/>
+    </row>
+    <row r="226">
+      <c r="A226" s="0" t="n">
+        <v>2336</v>
+      </c>
+      <c r="B226" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C226" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E226" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
+        </is>
+      </c>
+      <c r="F226" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G226" s="0" t="inlineStr">
+        <is>
+          <t>2014-11-08</t>
+        </is>
+      </c>
+      <c r="H226" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I226" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J226" s="0"/>
+      <c r="K226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L226" s="0" t="inlineStr">
+        <is>
+          <t>2013-12-17</t>
+        </is>
+      </c>
+      <c r="M226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N226" s="0"/>
+    </row>
+    <row r="227">
+      <c r="A227" s="0" t="n">
+        <v>2310</v>
+      </c>
+      <c r="B227" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C227" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E227" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+        </is>
+      </c>
+      <c r="F227" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G227" s="0" t="inlineStr">
+        <is>
+          <t>2014-11-04</t>
+        </is>
+      </c>
+      <c r="H227" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I227" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J227" s="0"/>
+      <c r="K227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L227" s="0" t="inlineStr">
+        <is>
+          <t>2013-10-22</t>
+        </is>
+      </c>
+      <c r="M227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N227" s="0"/>
+    </row>
+    <row r="228">
+      <c r="A228" s="0" t="n">
+        <v>2291</v>
+      </c>
+      <c r="B228" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C228" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E228" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+        </is>
+      </c>
+      <c r="F228" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G228" s="0" t="inlineStr">
+        <is>
+          <t>2013-09-26</t>
+        </is>
+      </c>
+      <c r="H228" s="0" t="inlineStr">
+        <is>
+          <t>Kommission bestellt</t>
+        </is>
+      </c>
+      <c r="I228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J228" s="0"/>
+      <c r="K228" s="0" t="inlineStr">
+        <is>
+          <t>Kommission Tiefbau und Gewässer</t>
+        </is>
+      </c>
+      <c r="L228" s="0" t="inlineStr">
+        <is>
+          <t>2013-09-10</t>
+        </is>
+      </c>
+      <c r="M228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N228" s="0"/>
+    </row>
+    <row r="229">
+      <c r="A229" s="0" t="n">
+        <v>2212</v>
+      </c>
+      <c r="B229" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C229" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E229" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+        </is>
+      </c>
+      <c r="F229" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G229" s="0" t="inlineStr">
+        <is>
+          <t>2013-08-29</t>
+        </is>
+      </c>
+      <c r="H229" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J229" s="0"/>
+      <c r="K229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L229" s="0"/>
+      <c r="M229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N229" s="0"/>
+    </row>
+    <row r="230">
+      <c r="A230" s="0" t="n">
+        <v>2050</v>
+      </c>
+      <c r="B230" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C230" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E230" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+        </is>
+      </c>
+      <c r="F230" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G230" s="0" t="inlineStr">
+        <is>
+          <t>2012-05-03</t>
+        </is>
+      </c>
+      <c r="H230" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J230" s="0"/>
+      <c r="K230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L230" s="0"/>
+      <c r="M230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N230" s="0"/>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="n">
+        <v>2024</v>
+      </c>
+      <c r="B231" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C231" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E231" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+        </is>
+      </c>
+      <c r="F231" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G231" s="0" t="inlineStr">
+        <is>
+          <t>2011-07-07</t>
+        </is>
+      </c>
+      <c r="H231" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J231" s="0"/>
+      <c r="K231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L231" s="0"/>
+      <c r="M231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N231" s="0"/>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="n">
+        <v>1977</v>
+      </c>
+      <c r="B232" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C232" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E232" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+        </is>
+      </c>
+      <c r="F232" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G232" s="0" t="inlineStr">
+        <is>
+          <t>2011-03-31</t>
+        </is>
+      </c>
+      <c r="H232" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J232" s="0"/>
+      <c r="K232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L232" s="0"/>
+      <c r="M232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N232" s="0"/>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="n">
+        <v>1901</v>
+      </c>
+      <c r="B233" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C233" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E233" s="0" t="inlineStr">
+        <is>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+        </is>
+      </c>
+      <c r="F233" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G233" s="0" t="inlineStr">
+        <is>
+          <t>2010-09-30</t>
+        </is>
+      </c>
+      <c r="H233" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J233" s="0"/>
+      <c r="K233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L233" s="0"/>
+      <c r="M233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N233" s="0"/>
+    </row>
+    <row r="234">
+      <c r="A234" s="0" t="n">
+        <v>1775</v>
+      </c>
+      <c r="B234" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C234" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D234" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E234" s="0" t="inlineStr">
+        <is>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+        </is>
+      </c>
+      <c r="F234" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G234" s="0" t="inlineStr">
+        <is>
+          <t>2010-05-06</t>
+        </is>
+      </c>
+      <c r="H234" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I234" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J234" s="0"/>
+      <c r="K234" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L234" s="0"/>
+      <c r="M234" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N234" s="0"/>
+    </row>
+    <row r="235">
+      <c r="A235" s="0" t="n">
+        <v>1693</v>
+      </c>
+      <c r="B235" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C235" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D235" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E235" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+        </is>
+      </c>
+      <c r="F235" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G235" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
+      <c r="H235" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I235" s="0" t="inlineStr">
+        <is>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J235" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-30</t>
+        </is>
+      </c>
+      <c r="K235" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L235" s="0" t="inlineStr">
+        <is>
+          <t>2008-06-13</t>
+        </is>
+      </c>
+      <c r="M235" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N235" s="0"/>
+    </row>
+    <row r="236">
+      <c r="A236" s="0" t="n">
         <v>1646</v>
       </c>
-      <c r="B216" s="0" t="inlineStr">
+      <c r="B236" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C216" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E216" s="0" t="inlineStr">
+      <c r="C236" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D236" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E236" s="0" t="inlineStr">
         <is>
           <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
 2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
-      <c r="F216" s="0" t="inlineStr">
+      <c r="F236" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G216" s="0" t="inlineStr">
+      <c r="G236" s="0" t="inlineStr">
         <is>
           <t>2009-05-28</t>
         </is>
       </c>
-      <c r="H216" s="0" t="inlineStr">
+      <c r="H236" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I216" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="A217" s="0" t="n">
+      <c r="I236" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J236" s="0"/>
+      <c r="K236" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L236" s="0"/>
+      <c r="M236" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N236" s="0"/>
+    </row>
+    <row r="237">
+      <c r="A237" s="0" t="n">
         <v>1393</v>
       </c>
-      <c r="B217" s="0" t="inlineStr">
+      <c r="B237" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C217" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E217" s="0" t="inlineStr">
+      <c r="C237" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D237" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E237" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
-      <c r="F217" s="0" t="inlineStr">
+      <c r="F237" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G217" s="0" t="inlineStr">
+      <c r="G237" s="0" t="inlineStr">
         <is>
           <t>2006-06-01</t>
         </is>
       </c>
-      <c r="H217" s="0" t="inlineStr">
+      <c r="H237" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I217" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="A218" s="0" t="n">
+      <c r="I237" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J237" s="0"/>
+      <c r="K237" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L237" s="0"/>
+      <c r="M237" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N237" s="0"/>
+    </row>
+    <row r="238">
+      <c r="A238" s="0" t="n">
         <v>1251</v>
       </c>
-      <c r="B218" s="0" t="inlineStr">
+      <c r="B238" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C218" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E218" s="0" t="inlineStr">
+      <c r="C238" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D238" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E238" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
-      <c r="F218" s="0" t="inlineStr">
+      <c r="F238" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G218" s="0" t="inlineStr">
+      <c r="G238" s="0" t="inlineStr">
         <is>
           <t>2005-02-24</t>
         </is>
       </c>
-      <c r="H218" s="0" t="inlineStr">
+      <c r="H238" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I218" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="A219" s="0" t="n">
+      <c r="I238" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J238" s="0"/>
+      <c r="K238" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L238" s="0"/>
+      <c r="M238" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N238" s="0"/>
+    </row>
+    <row r="239">
+      <c r="A239" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="B219" s="0" t="inlineStr">
+      <c r="B239" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
-      <c r="C219" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E219" s="0" t="inlineStr">
+      <c r="C239" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D239" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E239" s="0" t="inlineStr">
         <is>
           <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
-      <c r="F219" s="0" t="inlineStr">
+      <c r="F239" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G219" s="0" t="inlineStr">
+      <c r="G239" s="0" t="inlineStr">
         <is>
           <t>2003-01-30</t>
         </is>
       </c>
-      <c r="H219" s="0" t="inlineStr">
+      <c r="H239" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I219" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="A220" s="0" t="n">
+      <c r="I239" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J239" s="0"/>
+      <c r="K239" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L239" s="0"/>
+      <c r="M239" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N239" s="0"/>
+    </row>
+    <row r="240">
+      <c r="A240" s="0" t="n">
         <v>282</v>
       </c>
-      <c r="B220" s="0" t="inlineStr">
+      <c r="B240" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
-      <c r="C220" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E220" s="0" t="inlineStr">
+      <c r="C240" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D240" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E240" s="0" t="inlineStr">
         <is>
           <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
-      <c r="F220" s="0" t="inlineStr">
+      <c r="F240" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G220" s="0" t="inlineStr">
+      <c r="G240" s="0" t="inlineStr">
         <is>
           <t>2024-07-03</t>
         </is>
       </c>
-      <c r="H220" s="0" t="inlineStr">
+      <c r="H240" s="0" t="inlineStr">
         <is>
           <t>Frist erstreckt</t>
         </is>
       </c>
-      <c r="I220" s="0" t="inlineStr">
+      <c r="I240" s="0" t="inlineStr">
         <is>
           <t>Frist erstreckt bis 31. Dezember 2030</t>
         </is>
       </c>
-      <c r="J220" s="0" t="inlineStr">
+      <c r="J240" s="0" t="inlineStr">
         <is>
           <t>2030-12-31</t>
         </is>
       </c>
-      <c r="K220" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L220" s="0" t="inlineStr">
+      <c r="K240" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L240" s="0" t="inlineStr">
         <is>
           <t>1995-08-07</t>
         </is>
       </c>
-      <c r="M220" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N220" s="0"/>
+      <c r="M240" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N240" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>