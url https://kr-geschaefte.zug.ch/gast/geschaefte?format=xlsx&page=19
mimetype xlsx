--- v0 (2025-11-10)
+++ v1 (2026-01-13)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N241" totalsRowShown="0">
-  <autoFilter ref="A1:N241"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N221" totalsRowShown="0">
+  <autoFilter ref="A1:N221"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N241"/>
+  <dimension ref="A1:N221"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="168.08988764044946"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -189,15516 +189,14239 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>4006</v>
+        <v>4031</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Kleine Anfrage von Thomas Gander und Manuela Käch betreffend Strassenverkehrsunfälle auf dem Abschnitt Autobahnauffahrt Cham/Sins bis zur Kreuzung Sinserstrasse/Untermühlestrasse</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-01-01</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
-[...2 lines deleted...]
-      <c r="N2" s="0"/>
+          <t>Käch Manuela, Gander Thomas</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-16</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>4005</v>
+        <v>4030</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Tabea Estermann und Jill Nussbaumer betreffend Einkommensaufteilung der Zuger Ehepaare</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J3" s="0"/>
+      <c r="J3" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Nussbaumer Jill</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>4003</v>
+        <v>4029</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>4001</v>
+        <v>4028</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>4000</v>
+        <v>4027</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>3999</v>
+        <v>4026</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>3998</v>
+        <v>4025</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3996</v>
+        <v>4023</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J9" s="0"/>
+      <c r="J9" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3995</v>
+        <v>4022</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>3994</v>
+        <v>4021</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J11" s="0"/>
+      <c r="J11" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3993</v>
+        <v>4020</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>3992</v>
+        <v>4019</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3990</v>
+        <v>4018</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>3989</v>
+        <v>4016</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>3988</v>
+        <v>4015</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3987</v>
+        <v>4014</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J17" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J17" s="0"/>
       <c r="K17" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t/>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3985</v>
+        <v>4013</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3982</v>
+        <v>4012</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>Wahlen</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Feststellung der Gültigkeit der Wahl von Andreas Hausheer als Mitglied des Regierungsrats für den Rest der Amtsperiode 2023–2026</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Wahl: Feststellung Gültigkeit</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung der Wahl von Andreas Hausheer, Steinhausen</t>
+          <t/>
         </is>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3980</v>
+        <v>4011</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J20" s="0"/>
+      <c r="J20" s="0" t="inlineStr">
+        <is>
+          <t>2026-11-26</t>
+        </is>
+      </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3978</v>
+        <v>4010</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3977</v>
+        <v>4008</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3975</v>
+        <v>4006</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3974</v>
+        <v>4003</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3972</v>
+        <v>4001</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3971</v>
+        <v>4000</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3969</v>
+        <v>3999</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3968</v>
+        <v>3998</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3967</v>
+        <v>3996</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend TARDOC – die Quittung zahlen die Frauen</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J29" s="0"/>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3966</v>
+        <v>3995</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3965</v>
+        <v>3994</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J31" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J31" s="0"/>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3964</v>
+        <v>3993</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3963</v>
+        <v>3992</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Franzini Luzian, Yener Ronahi</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3962</v>
+        <v>3990</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Genehmigung der Änderung der Geschäftsordnung des Verwaltungsgerichts (GO VG)</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>Verwaltungsgericht</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J34" s="0"/>
+      <c r="J34" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission erweitert</t>
+          <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3961</v>
+        <v>3989</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Budget 2026 und Finanzplan 2026–2029</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-11-07</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...2 lines deleted...]
-      <c r="J35" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J35" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L35" s="0"/>
+      <c r="L35" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-03</t>
+        </is>
+      </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3960</v>
+        <v>3988</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3958</v>
+        <v>3987</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J37" s="0"/>
+      <c r="J37" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3957</v>
+        <v>3985</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J38" s="0"/>
+      <c r="J38" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3956</v>
+        <v>3980</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3953</v>
+        <v>3978</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-08-18</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>Schumpf Etienne, Grond Flurin</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3951</v>
+        <v>3977</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-13</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3950</v>
+        <v>3975</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J42" s="0"/>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J42" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-28</t>
+        </is>
+      </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-08-12</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3949</v>
+        <v>3974</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J43" s="0"/>
+      <c r="J43" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
-          <t>Kommission Raum Umwelt Verkehr</t>
+          <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3948</v>
+        <v>3972</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J44" s="0"/>
+      <c r="J44" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ZVB, 3948</t>
+          <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3947</v>
+        <v>3971</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Lustenberger, Carina Brüngger und Hans Jörg Villiger betreffend Kürzungen bei J+S durch kantonale Beiträge auffangen</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>2025-10-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-06-24</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Brüngger Carina, Villiger Hans Jörg</t>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3943</v>
+        <v>3969</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3942</v>
+        <v>3968</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-02-28</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3941</v>
+        <v>3966</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3940</v>
+        <v>3965</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3939</v>
+        <v>3964</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J50" s="0"/>
+      <c r="J50" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3938</v>
+        <v>3963</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3936</v>
+        <v>3960</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3934</v>
+        <v>3958</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J53" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J53" s="0"/>
       <c r="K53" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t/>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3932</v>
+        <v>3957</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J54" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J54" s="0"/>
       <c r="K54" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3931</v>
+        <v>3956</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J55" s="0"/>
       <c r="K55" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t/>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3930</v>
+        <v>3953</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3929</v>
+        <v>3950</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J57" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J57" s="0"/>
       <c r="K57" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t/>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3924</v>
+        <v>3949</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J58" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J58" s="0"/>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3923</v>
+        <v>3948</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-11-14</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
           <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3921</v>
+        <v>3943</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3920</v>
+        <v>3942</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend barrierefreien Zugang dank kantonaler digitaler Assistenz</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2025-05-03</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3917</v>
+        <v>3941</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3916</v>
+        <v>3939</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Fristverlängerung bei Volksinitiativen</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J63" s="0"/>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2025-04-28</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3913</v>
+        <v>3938</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-04-24</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3911</v>
+        <v>3934</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-01-02</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3910</v>
+        <v>3932</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3908</v>
+        <v>3930</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>2026-05-01</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3907</v>
+        <v>3929</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>2025-11-01</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3905</v>
+        <v>3924</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J69" s="0"/>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J69" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-22</t>
+        </is>
+      </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3899</v>
+        <v>3923</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-09-05</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3897</v>
+        <v>3921</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Esther Monney, Patrik Kretz, Adrian Rogger und Brigitte Wenzin Widmer betreffend die Frage: Wie wird «lautgetreues Schreiben» an den Zuger Volksschulen umgesetzt?</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2025-03-21</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Kretz Patrik, Rogger Adrian, Wenzin Widmer Brigitte</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3896</v>
+        <v>3917</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2025-11-22</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-04-29</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3893</v>
+        <v>3911</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3891</v>
+        <v>3910</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3889</v>
+        <v>3908</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-01</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3888</v>
+        <v>3905</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3887</v>
+        <v>3899</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2026-01-06</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Referendumsfrist abgelaufen</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Referendumsfrist ist unbenutzt abgelaufen.</t>
         </is>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-03-25</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N77" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3886</v>
+        <v>3896</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J78" s="0"/>
+      <c r="J78" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-10</t>
+        </is>
+      </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3885</v>
+        <v>3893</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3883</v>
+        <v>3891</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3880</v>
+        <v>3889</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J81" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3877</v>
+        <v>3888</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J82" s="0"/>
       <c r="K82" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3876</v>
+        <v>3887</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Motion von Alois Gössi, Philip C. Brunner, Tabea Estermann und Christian Hegglin betreffend Zuger Finanzausgleich Phase II</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J83" s="0"/>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>Gössi Alois, Brunner Philip C., Estermann Tabea, Hegglin Christian</t>
-[...2 lines deleted...]
-      <c r="N83" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N83" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3874</v>
+        <v>3885</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3872</v>
+        <v>3883</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3871</v>
+        <v>3880</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J86" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3870</v>
+        <v>3877</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3869</v>
+        <v>3872</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3867</v>
+        <v>3869</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J89" s="0"/>
+      <c r="J89" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-02</t>
+        </is>
+      </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Arnold Michael, Leemann Rainer</t>
+        </is>
+      </c>
+      <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3866</v>
+        <v>3867</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N90" s="0"/>
+      <c r="N90" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3864</v>
+        <v>3866</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="J91" s="0"/>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3862</v>
+        <v>3864</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Barbara Gysel betreffend die Frage: Sind wir genügend vorbereitet auf Naturgefahren?</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>Gysel Barbara</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
         <v>3861</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
           <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
           <t>2025-01-22</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
           <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3859</v>
+        <v>3858</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
           <t>2026-01-30</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
           <t>2025-01-14</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3858</v>
+        <v>3844</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2024-11-24</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3856</v>
+        <v>3841</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend  CO2 Bilanz des Kantons Zug als Verwaltungseinheit</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3855</v>
+        <v>3827</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3851</v>
+        <v>3826</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Tabea Estermann betreffend Meldungen aus der Bevölkerung zu Geldwäscherei im Kanton Zug</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2025-01-03</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3846</v>
+        <v>3819</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Motion von Julia Küng, Klemens Iten, Simon Leuenberger, Ronahi Yener und Katharina Jans betreffend Schaffung eines öffentlich-rechtlichen Jugendparlaments im Kanton Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2024-12-03</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Iten Klemens, Leuenberger Simon, Yener Ronahi, Jans Katharina</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3845</v>
+        <v>3816</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Petition</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Petition «Endlich bezahlbarer Wohnraum für Zug!»</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...2 lines deleted...]
-      <c r="J100" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J100" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2024-11-29</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3844</v>
+        <v>3811</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend einer gesetzlichen Frist für Bauanfragen</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3842</v>
+        <v>3810</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Motion der Stadtzuger Kantonsrätinnen und Kantonsräte (Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni) betreffend Dämpfung der finanziellen Belastung des Zuger Finanzausgleichs (ZFA) für die Stadt Zug </t>
+          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H102" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert</t>
+        </is>
+      </c>
+      <c r="I102" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J102" s="0" t="inlineStr">
+        <is>
           <t>2025-10-31</t>
         </is>
       </c>
-      <c r="H102" s="0" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2024-11-08</t>
+          <t>2024-09-22</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni</t>
+          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3841</v>
+        <v>3808</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J103" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J103" s="0"/>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L103" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L103" s="0"/>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3840</v>
+        <v>3802</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend flächendeckende Ladestationen für Elektrofahrzeuge auf Parkieranlagen von kantonalen Immobilien</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3837</v>
+        <v>3799</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes betreffend die Einführung des Schweizerischen Zivilgesetzbuches für den Kanton Zug (EG ZGB) sowie des Gesetzes über das Gesundheitswesen im Kanton Zug (Gesundheitsgesetz; GesG)</t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Obergericht, Verwaltungsgericht</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-07-09</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t/>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am 11. Juli 2025Aufnahme in GS 2025/025; BGS 211.1 / 821.1</t>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
         </is>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>2024-10-23</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3835</v>
+        <v>3792</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Steuergesetzes - neuntes Revisionspaket</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J106" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J106" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3834</v>
+        <v>3791</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über Standortentwicklung (GSE) - Umsetzung der OECD-Mindeststeuer</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J107" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J107" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-26</t>
+        </is>
+      </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3833</v>
+        <v>3790</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Zuger Pensionskasse (PKG)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist abgelaufen</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
-          <t>Die Referendumsfrist ist unbenutzt abgelaufen.</t>
+          <t/>
         </is>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3832</v>
+        <v>3785</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Entschädigung der nebenamtlichen Behördenmitglieder (Nebenamtsgesetz) sowie Teilrevision des Kantonsratsbeschlusses über die Entschädigung der Fraktionen des Kantonsrats 
-</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist abgelaufen</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
-          <t>Die Referendumsfrist ist unbenutzt abgelaufen.</t>
-[...2 lines deleted...]
-      <c r="J109" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J109" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-20</t>
+        </is>
+      </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3827</v>
+        <v>3778</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3826</v>
+        <v>3770</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J111" s="0"/>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3825</v>
+        <v>3767</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Haas betreffend Teilhabe der Menschen mit Beeinträchtigungen am finanziellen Erfolg des Kantons Zug</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J112" s="0"/>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2024-10-12</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>Haas Esther</t>
+          <t/>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3819</v>
+        <v>3765</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3816</v>
+        <v>3759</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3811</v>
+        <v>3758</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3810</v>
+        <v>3755</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3808</v>
+        <v>3743</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L117" s="0"/>
+      <c r="L117" s="0" t="inlineStr">
+        <is>
+          <t>2024-06-04</t>
+        </is>
+      </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N117" s="0"/>
+      <c r="N117" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-06</t>
+        </is>
+      </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3804</v>
+        <v>3742</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Mirjam Arnold, Klemens Iten, Christian Hegglin und Carina Brüngger betreffend Anspruch auf Prämienverbilligung automatisch prüfen und Beiträge direkt ausbezahlen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J118" s="0"/>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Arnold Mirjam, Iten Klemens, Hegglin Christian, Brüngger Carina</t>
-[...2 lines deleted...]
-      <c r="N118" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N118" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-21</t>
+        </is>
+      </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3802</v>
+        <v>3736</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3799</v>
+        <v>3735</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) Gewährleistung des Bundes erfolgt am 22. September 2025Volksabstimmung am 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J120" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J120" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3793</v>
+        <v>3734</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Massnahmen gegen die mentale Gesundheitskrise bei Kindern und Jugendlichen im Kanton Zug</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3792</v>
+        <v>3733</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3791</v>
+        <v>3732</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3790</v>
+        <v>3727</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J124" s="0"/>
+      <c r="J124" s="0" t="inlineStr">
+        <is>
+          <t>2028-08-28</t>
+        </is>
+      </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3785</v>
+        <v>3726</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3778</v>
+        <v>3725</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3770</v>
+        <v>3704</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
-[...2 lines deleted...]
-      <c r="J127" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J127" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3767</v>
+        <v>3685</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
         </is>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3765</v>
+        <v>3684</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3759</v>
+        <v>3683</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3758</v>
+        <v>3680</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3755</v>
+        <v>3676</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3752</v>
+        <v>3667</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Motion von Drin Alaj betreffend Verbilligung ÖV-Tarife im Kanton Zug</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-06-19</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin</t>
+          <t/>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3743</v>
+        <v>3656</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N134" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3742</v>
+        <v>3652</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2025-09-01</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2023-12-12</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N135" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2025-07-03</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3736</v>
+        <v>3646</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J136" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3735</v>
+        <v>3628</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J137" s="0"/>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3734</v>
+        <v>3625</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3733</v>
+        <v>3621</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3732</v>
+        <v>3617</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3727</v>
+        <v>3616</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3726</v>
+        <v>3613</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J142" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J142" s="0"/>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3725</v>
+        <v>3602</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
-          <t>2025-05-23</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3704</v>
+        <v>3595</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J144" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J144" s="0"/>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3700</v>
+        <v>3594</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J145" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J145" s="0"/>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t/>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3685</v>
+        <v>3592</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+          <t/>
         </is>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3684</v>
+        <v>3591</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 30. September 2025</t>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3683</v>
+        <v>3584</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3680</v>
+        <v>3579</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3676</v>
+        <v>3574</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3667</v>
+        <v>3569</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J151" s="0"/>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3656</v>
+        <v>3562</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J152" s="0"/>
+      <c r="J152" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3652</v>
+        <v>3546</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J153" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J153" s="0" t="inlineStr">
+        <is>
+          <t>2027-07-04</t>
+        </is>
+      </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>FDP</t>
+        </is>
+      </c>
+      <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3646</v>
+        <v>3544</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3628</v>
+        <v>3541</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J155" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J155" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-21</t>
+        </is>
+      </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3625</v>
+        <v>3535</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J156" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J156" s="0"/>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3621</v>
+        <v>3534</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J157" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J157" s="0"/>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3617</v>
+        <v>3533</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J158" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J158" s="0"/>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t/>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3616</v>
+        <v>3532</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J159" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3613</v>
+        <v>3525</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J160" s="0"/>
+      <c r="J160" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3602</v>
+        <v>3512</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J161" s="0"/>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t/>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3595</v>
+        <v>3507</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
         </is>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3594</v>
+        <v>3502</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J163" s="0"/>
+      <c r="J163" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3592</v>
+        <v>3495</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J164" s="0"/>
+      <c r="J164" s="0" t="inlineStr">
+        <is>
+          <t>2028-06-05</t>
+        </is>
+      </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3591</v>
+        <v>3488</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2027-02-28</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3584</v>
+        <v>3480</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J166" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J166" s="0"/>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2022-09-20</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3579</v>
+        <v>3479</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
+</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J167" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J167" s="0"/>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t/>
         </is>
       </c>
       <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3574</v>
+        <v>3471</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J168" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J168" s="0"/>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3569</v>
+        <v>3453</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3562</v>
+        <v>3443</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J170" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3546</v>
+        <v>3439</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J171" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J171" s="0"/>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3544</v>
+        <v>3433</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J172" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3541</v>
+        <v>3421</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2023-12-01</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2022-05-13</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3535</v>
+        <v>3364</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J174" s="0"/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J174" s="0" t="inlineStr">
+        <is>
+          <t>2026-09-27</t>
+        </is>
+      </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3534</v>
+        <v>3354</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J175" s="0"/>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J175" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-28</t>
+        </is>
+      </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3533</v>
+        <v>3351</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J176" s="0"/>
+      <c r="J176" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3532</v>
+        <v>3350</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J177" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3525</v>
+        <v>3320</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J178" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3512</v>
+        <v>3286</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3507</v>
+        <v>3285</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3502</v>
+        <v>3283</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3495</v>
+        <v>3281</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J182" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J182" s="0"/>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3488</v>
+        <v>3268</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
-          <t>2027-02-28</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3480</v>
+        <v>3262</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J184" s="0"/>
+      <c r="J184" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3479</v>
+        <v>3260</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
-</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J185" s="0"/>
+      <c r="J185" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2022-09-13</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3471</v>
+        <v>3248</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J186" s="0"/>
+      <c r="J186" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-28</t>
+        </is>
+      </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3453</v>
+        <v>3227</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
+</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2022-06-28</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3443</v>
+        <v>3218</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J188" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J188" s="0"/>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t/>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3439</v>
+        <v>3208</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
+</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3433</v>
+        <v>3185</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J190" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J190" s="0"/>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3421</v>
+        <v>3173</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2025-12-31</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2020-11-13</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t>Andermatt Pirmin</t>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3382</v>
+        <v>3165</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J192" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J192" s="0"/>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Felber Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3364</v>
+        <v>3151</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J193" s="0"/>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3354</v>
+        <v>3148</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J194" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J194" s="0"/>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3351</v>
+        <v>3129</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J195" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J195" s="0"/>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3350</v>
+        <v>3102</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2021-12-16</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3345</v>
+        <v>2940</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J197" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J197" s="0"/>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2021-12-09</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3320</v>
+        <v>2897</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J198" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J198" s="0"/>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t/>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3286</v>
+        <v>2885</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3285</v>
+        <v>2855</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3283</v>
+        <v>2850</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J201" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J201" s="0"/>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3281</v>
+        <v>2766</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3273</v>
+        <v>2655</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J203" s="0"/>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2021-08-03</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3268</v>
+        <v>2640</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J204" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J204" s="0"/>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3262</v>
+        <v>2635</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J205" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J205" s="0"/>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t/>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3260</v>
+        <v>2501</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J206" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J206" s="0"/>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2015-03-31</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3248</v>
+        <v>2336</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J207" s="0"/>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
-[...2 lines deleted...]
-      <c r="N207" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N207" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-02</t>
+        </is>
+      </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3227</v>
+        <v>2310</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
-</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2021-04-13</t>
+          <t>2013-10-22</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3218</v>
+        <v>2291</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3208</v>
+        <v>2212</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
-</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L210" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L210" s="0"/>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3185</v>
+        <v>2050</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2024-01-26</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L211" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L211" s="0"/>
       <c r="M211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3173</v>
+        <v>2024</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J212" s="0"/>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L212" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L212" s="0"/>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t/>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3165</v>
+        <v>1977</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2021-08-21</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L213" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L213" s="0"/>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3151</v>
+        <v>1901</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2010-09-30</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L214" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L214" s="0"/>
       <c r="M214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3148</v>
+        <v>1775</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L215" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L215" s="0"/>
       <c r="M215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3129</v>
+        <v>1693</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2021-06-05</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J216" s="0"/>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J216" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-30</t>
+        </is>
+      </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2020-08-18</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3102</v>
+        <v>1646</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
+2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2009-05-28</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J217" s="0"/>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L217" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L217" s="0"/>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>2940</v>
+        <v>1393</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L218" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L218" s="0"/>
       <c r="M218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>2897</v>
+        <v>1251</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2019-05-18</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L219" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L219" s="0"/>
       <c r="M219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>2885</v>
+        <v>1000</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2019-02-20</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L220" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L220" s="0"/>
       <c r="M220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N220" s="0"/>
     </row>
     <row r="221">
       <c r="A221" s="0" t="n">
-        <v>2855</v>
+        <v>282</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J221" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
+        </is>
+      </c>
+      <c r="J221" s="0" t="inlineStr">
+        <is>
+          <t>2030-12-31</t>
+        </is>
+      </c>
       <c r="K221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
-          <t>2018-03-27</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N221" s="0"/>
-    </row>
-[...1207 lines deleted...]
-      <c r="N241" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>