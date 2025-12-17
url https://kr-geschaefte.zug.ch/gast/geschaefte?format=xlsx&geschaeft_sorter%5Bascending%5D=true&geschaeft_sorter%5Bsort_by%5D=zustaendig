--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N241" totalsRowShown="0">
-  <autoFilter ref="A1:N241"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N238" totalsRowShown="0">
+  <autoFilter ref="A1:N238"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N241"/>
+  <dimension ref="A1:N238"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="168.08988764044946"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -189,11527 +189,11506 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>3949</v>
+        <v>4028</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J2" s="0"/>
       <c r="K2" s="0" t="inlineStr">
         <is>
-          <t>Kommission Raum Umwelt Verkehr</t>
+          <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>4000</v>
+        <v>4027</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J3" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J3" s="0"/>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>3990</v>
+        <v>4026</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J4" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J4" s="0"/>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>3985</v>
+        <v>4024</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Postulat der ALG-Fraktion betreffend kostenlose Fasnachts-Wochenkarte („Fasi-Ticket“) für alle Zuger*innen</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J5" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J5" s="0"/>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>3972</v>
+        <v>4021</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J6" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J6" s="0"/>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>3966</v>
+        <v>4020</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J7" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J7" s="0"/>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>3960</v>
+        <v>4018</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3950</v>
+        <v>4015</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J9" s="0"/>
+      <c r="J9" s="0" t="inlineStr">
+        <is>
+          <t>2026-11-26</t>
+        </is>
+      </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3938</v>
+        <v>4014</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J10" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J10" s="0"/>
       <c r="K10" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t/>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>3934</v>
+        <v>4012</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J11" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J11" s="0"/>
       <c r="K11" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t/>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3924</v>
+        <v>4008</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>3923</v>
+        <v>4000</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...2 lines deleted...]
-      <c r="J13" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J13" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3921</v>
+        <v>3990</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>3917</v>
+        <v>3985</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>3888</v>
+        <v>3972</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J16" s="0"/>
+      <c r="J16" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3887</v>
+        <v>3966</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J17" s="0"/>
+      <c r="J17" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+        </is>
+      </c>
+      <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3886</v>
+        <v>3960</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J18" s="0"/>
+      <c r="J18" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3883</v>
+        <v>3950</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J19" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J19" s="0"/>
       <c r="K19" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3869</v>
+        <v>3949</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-20</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 18. Dezember 2025</t>
+        </is>
+      </c>
+      <c r="J20" s="0"/>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t/>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3867</v>
+        <v>3938</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J21" s="0"/>
+      <c r="J21" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+        </is>
+      </c>
+      <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3866</v>
+        <v>3934</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2025-12-02</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
-[...2 lines deleted...]
-      <c r="J22" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025</t>
+        </is>
+      </c>
+      <c r="J22" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-02</t>
+        </is>
+      </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3862</v>
+        <v>3924</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Barbara Gysel betreffend die Frage: Sind wir genügend vorbereitet auf Naturgefahren?</t>
+          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-25</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Traktandiert für 18. Dezember 2025</t>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Gysel Barbara</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3861</v>
+        <v>3923</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-09-05</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J24" s="0"/>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3856</v>
+        <v>3921</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend  CO2 Bilanz des Kantons Zug als Verwaltungseinheit</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3844</v>
+        <v>3917</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend einer gesetzlichen Frist für Bauanfragen</t>
+          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2025-11-22</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2025-04-29</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3840</v>
+        <v>3888</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend flächendeckende Ladestationen für Elektrofahrzeuge auf Parkieranlagen von kantonalen Immobilien</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J27" s="0"/>
       <c r="K27" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3826</v>
+        <v>3887</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J28" s="0"/>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
-[...2 lines deleted...]
-      <c r="N28" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N28" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3816</v>
+        <v>3883</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3808</v>
+        <v>3869</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J30" s="0"/>
+      <c r="J30" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-02</t>
+        </is>
+      </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L30" s="0"/>
+      <c r="L30" s="0" t="inlineStr">
+        <is>
+          <t>2025-01-28</t>
+        </is>
+      </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3790</v>
+        <v>3867</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N31" s="0"/>
+      <c r="N31" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3767</v>
+        <v>3866</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
         </is>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3759</v>
+        <v>3861</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3758</v>
+        <v>3844</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-11-25</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025</t>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-11-24</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3755</v>
+        <v>3826</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2025-10-31</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3752</v>
+        <v>3816</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Motion von Drin Alaj betreffend Verbilligung ÖV-Tarife im Kanton Zug</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2024-06-19</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3743</v>
+        <v>3808</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L37" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L37" s="0"/>
       <c r="M37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N37" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3742</v>
+        <v>3790</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N38" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3736</v>
+        <v>3767</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J39" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J39" s="0"/>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3735</v>
+        <v>3759</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3734</v>
+        <v>3758</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3733</v>
+        <v>3755</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3725</v>
+        <v>3743</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J43" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J43" s="0"/>
       <c r="K43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
-[...2 lines deleted...]
-      <c r="N43" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N43" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-06</t>
+        </is>
+      </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3704</v>
+        <v>3742</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J44" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J44" s="0"/>
       <c r="K44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
-[...2 lines deleted...]
-      <c r="N44" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N44" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-21</t>
+        </is>
+      </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3700</v>
+        <v>3736</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3685</v>
+        <v>3735</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J46" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J46" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3676</v>
+        <v>3734</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
           <t>2025-01-30</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
           <t>2028-01-30</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3667</v>
+        <v>3733</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3656</v>
+        <v>3725</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J49" s="0"/>
+      <c r="J49" s="0" t="inlineStr">
+        <is>
+          <t>2025-05-23</t>
+        </is>
+      </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3621</v>
+        <v>3704</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J50" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3617</v>
+        <v>3700</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2024-03-14</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>ALG, SP</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3616</v>
+        <v>3685</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
-[...6 lines deleted...]
-      </c>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+        </is>
+      </c>
+      <c r="J52" s="0"/>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3613</v>
+        <v>3676</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J53" s="0"/>
+      <c r="J53" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3595</v>
+        <v>3667</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J54" s="0"/>
+      <c r="J54" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3594</v>
+        <v>3656</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3592</v>
+        <v>3621</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J56" s="0"/>
+      <c r="J56" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3569</v>
+        <v>3617</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J57" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J57" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3562</v>
+        <v>3616</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3546</v>
+        <v>3613</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J59" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J59" s="0"/>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3535</v>
+        <v>3595</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3534</v>
+        <v>3594</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3512</v>
+        <v>3592</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3488</v>
+        <v>3569</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J63" s="0"/>
       <c r="K63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3480</v>
+        <v>3562</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J64" s="0"/>
+      <c r="J64" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
+        <v>3546</v>
+      </c>
+      <c r="B65" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C65" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D65" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E65" s="0" t="inlineStr">
+        <is>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+        </is>
+      </c>
+      <c r="F65" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G65" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-04</t>
+        </is>
+      </c>
+      <c r="H65" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I65" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J65" s="0" t="inlineStr">
+        <is>
+          <t>2027-07-04</t>
+        </is>
+      </c>
+      <c r="K65" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L65" s="0" t="inlineStr">
+        <is>
+          <t>2023-03-28</t>
+        </is>
+      </c>
+      <c r="M65" s="0" t="inlineStr">
+        <is>
+          <t>FDP</t>
+        </is>
+      </c>
+      <c r="N65" s="0"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="0" t="n">
+        <v>3535</v>
+      </c>
+      <c r="B66" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C66" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D66" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E66" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+        </is>
+      </c>
+      <c r="F66" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G66" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H66" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I66" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J66" s="0"/>
+      <c r="K66" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L66" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M66" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N66" s="0"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="0" t="n">
+        <v>3534</v>
+      </c>
+      <c r="B67" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C67" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D67" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E67" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+        </is>
+      </c>
+      <c r="F67" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G67" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H67" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I67" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J67" s="0"/>
+      <c r="K67" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L67" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M67" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N67" s="0"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="n">
+        <v>3512</v>
+      </c>
+      <c r="B68" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C68" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D68" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E68" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+        </is>
+      </c>
+      <c r="F68" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G68" s="0" t="inlineStr">
+        <is>
+          <t>2024-01-12</t>
+        </is>
+      </c>
+      <c r="H68" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I68" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J68" s="0"/>
+      <c r="K68" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L68" s="0" t="inlineStr">
+        <is>
+          <t>2022-12-20</t>
+        </is>
+      </c>
+      <c r="M68" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N68" s="0"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="0" t="n">
+        <v>3488</v>
+      </c>
+      <c r="B69" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C69" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D69" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E69" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+        </is>
+      </c>
+      <c r="F69" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G69" s="0" t="inlineStr">
+        <is>
+          <t>2024-02-29</t>
+        </is>
+      </c>
+      <c r="H69" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I69" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J69" s="0" t="inlineStr">
+        <is>
+          <t>2027-02-28</t>
+        </is>
+      </c>
+      <c r="K69" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L69" s="0" t="inlineStr">
+        <is>
+          <t>2022-10-25</t>
+        </is>
+      </c>
+      <c r="M69" s="0" t="inlineStr">
+        <is>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+        </is>
+      </c>
+      <c r="N69" s="0"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="0" t="n">
+        <v>3480</v>
+      </c>
+      <c r="B70" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C70" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D70" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E70" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+        </is>
+      </c>
+      <c r="F70" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G70" s="0" t="inlineStr">
+        <is>
+          <t>2023-08-18</t>
+        </is>
+      </c>
+      <c r="H70" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I70" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J70" s="0"/>
+      <c r="K70" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L70" s="0" t="inlineStr">
+        <is>
+          <t>2022-09-20</t>
+        </is>
+      </c>
+      <c r="M70" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N70" s="0"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="0" t="n">
         <v>3479</v>
       </c>
-      <c r="B65" s="0" t="inlineStr">
+      <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C65" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E65" s="0" t="inlineStr">
+      <c r="C71" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D71" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E71" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
 </t>
         </is>
       </c>
-      <c r="F65" s="0" t="inlineStr">
+      <c r="F71" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G65" s="0" t="inlineStr">
+      <c r="G71" s="0" t="inlineStr">
         <is>
           <t>2023-06-06</t>
         </is>
       </c>
-      <c r="H65" s="0" t="inlineStr">
+      <c r="H71" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I65" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L65" s="0" t="inlineStr">
+      <c r="I71" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J71" s="0"/>
+      <c r="K71" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L71" s="0" t="inlineStr">
         <is>
           <t>2022-09-13</t>
         </is>
       </c>
-      <c r="M65" s="0" t="inlineStr">
-[...382 lines deleted...]
-      </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3320</v>
+        <v>3471</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J72" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J72" s="0"/>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t/>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3281</v>
+        <v>3453</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3268</v>
+        <v>3443</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3262</v>
+        <v>3439</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J75" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J75" s="0"/>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t/>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
+        <v>3354</v>
+      </c>
+      <c r="B76" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C76" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D76" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E76" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+        </is>
+      </c>
+      <c r="F76" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G76" s="0" t="inlineStr">
+        <is>
+          <t>2023-06-29</t>
+        </is>
+      </c>
+      <c r="H76" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I76" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J76" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-28</t>
+        </is>
+      </c>
+      <c r="K76" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L76" s="0" t="inlineStr">
+        <is>
+          <t>2021-12-20</t>
+        </is>
+      </c>
+      <c r="M76" s="0" t="inlineStr">
+        <is>
+          <t>Spörri Markus, Letter Peter</t>
+        </is>
+      </c>
+      <c r="N76" s="0"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="n">
+        <v>3345</v>
+      </c>
+      <c r="B77" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C77" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D77" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E77" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+        </is>
+      </c>
+      <c r="F77" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G77" s="0" t="inlineStr">
+        <is>
+          <t>2023-06-29</t>
+        </is>
+      </c>
+      <c r="H77" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I77" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J77" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-28</t>
+        </is>
+      </c>
+      <c r="K77" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L77" s="0" t="inlineStr">
+        <is>
+          <t>2021-12-09</t>
+        </is>
+      </c>
+      <c r="M77" s="0" t="inlineStr">
+        <is>
+          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+        </is>
+      </c>
+      <c r="N77" s="0"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="n">
+        <v>3320</v>
+      </c>
+      <c r="B78" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C78" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D78" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E78" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+        </is>
+      </c>
+      <c r="F78" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G78" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+      <c r="H78" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I78" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J78" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
+      <c r="K78" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L78" s="0" t="inlineStr">
+        <is>
+          <t>2021-11-02</t>
+        </is>
+      </c>
+      <c r="M78" s="0" t="inlineStr">
+        <is>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+        </is>
+      </c>
+      <c r="N78" s="0"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="n">
+        <v>3281</v>
+      </c>
+      <c r="B79" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C79" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D79" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E79" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+        </is>
+      </c>
+      <c r="F79" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G79" s="0" t="inlineStr">
+        <is>
+          <t>2022-02-05</t>
+        </is>
+      </c>
+      <c r="H79" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I79" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J79" s="0"/>
+      <c r="K79" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L79" s="0" t="inlineStr">
+        <is>
+          <t>2021-08-17</t>
+        </is>
+      </c>
+      <c r="M79" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N79" s="0"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="n">
+        <v>3268</v>
+      </c>
+      <c r="B80" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C80" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D80" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E80" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+        </is>
+      </c>
+      <c r="F80" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G80" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-10</t>
+        </is>
+      </c>
+      <c r="H80" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I80" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J80" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
+      <c r="K80" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L80" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-24</t>
+        </is>
+      </c>
+      <c r="M80" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N80" s="0"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="n">
+        <v>3262</v>
+      </c>
+      <c r="B81" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C81" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D81" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E81" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+        </is>
+      </c>
+      <c r="F81" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G81" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-10</t>
+        </is>
+      </c>
+      <c r="H81" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I81" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J81" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
+      <c r="K81" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L81" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-09</t>
+        </is>
+      </c>
+      <c r="M81" s="0" t="inlineStr">
+        <is>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+        </is>
+      </c>
+      <c r="N81" s="0"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="0" t="n">
         <v>3227</v>
       </c>
-      <c r="B76" s="0" t="inlineStr">
+      <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C76" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E76" s="0" t="inlineStr">
+      <c r="C82" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D82" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E82" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
 </t>
         </is>
       </c>
-      <c r="F76" s="0" t="inlineStr">
+      <c r="F82" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G76" s="0" t="inlineStr">
+      <c r="G82" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
-      <c r="H76" s="0" t="inlineStr">
+      <c r="H82" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I76" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L76" s="0" t="inlineStr">
+      <c r="I82" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J82" s="0"/>
+      <c r="K82" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L82" s="0" t="inlineStr">
         <is>
           <t>2021-04-13</t>
         </is>
       </c>
-      <c r="M76" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A77" s="0" t="n">
+      <c r="M82" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N82" s="0"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="n">
         <v>3218</v>
       </c>
-      <c r="B77" s="0" t="inlineStr">
+      <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C77" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E77" s="0" t="inlineStr">
+      <c r="C83" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D83" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E83" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
-      <c r="F77" s="0" t="inlineStr">
+      <c r="F83" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G77" s="0" t="inlineStr">
+      <c r="G83" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
-      <c r="H77" s="0" t="inlineStr">
+      <c r="H83" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I77" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L77" s="0" t="inlineStr">
+      <c r="I83" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J83" s="0"/>
+      <c r="K83" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L83" s="0" t="inlineStr">
         <is>
           <t>2021-03-23</t>
         </is>
       </c>
-      <c r="M77" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A78" s="0" t="n">
+      <c r="M83" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N83" s="0"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="0" t="n">
         <v>3208</v>
       </c>
-      <c r="B78" s="0" t="inlineStr">
+      <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C78" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E78" s="0" t="inlineStr">
+      <c r="C84" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D84" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E84" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
 </t>
         </is>
       </c>
-      <c r="F78" s="0" t="inlineStr">
+      <c r="F84" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G78" s="0" t="inlineStr">
+      <c r="G84" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
-        </is>
-[...374 lines deleted...]
-          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2020-08-18</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>2940</v>
+        <v>3185</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2019-02-19</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>2897</v>
+        <v>3173</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
+          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2019-05-18</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J86" s="0"/>
+          <t>Traktandiert für 29. Januar 2025</t>
+        </is>
+      </c>
+      <c r="J86" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-31</t>
+        </is>
+      </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2018-09-18</t>
+          <t>2020-11-13</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Andermatt Pirmin</t>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>2885</v>
+        <v>3165</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2019-02-20</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2018-07-03</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>2855</v>
+        <v>3151</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2018-03-27</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>2850</v>
+        <v>3148</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2018-11-06</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2018-03-20</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>2766</v>
+        <v>3129</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2018-01-25</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2017-07-11</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>2655</v>
+        <v>2940</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2018-01-20</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2016-08-23</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>2640</v>
+        <v>2897</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2017-03-30</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2016-06-21</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>2635</v>
+        <v>2885</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2017-03-10</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2016-06-07</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>2501</v>
+        <v>2855</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2016-04-09</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2015-03-31</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>2310</v>
+        <v>2850</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2014-11-04</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2013-10-22</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>2291</v>
+        <v>2766</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2013-09-26</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2013-09-10</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>2212</v>
+        <v>2655</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2013-08-29</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L97" s="0"/>
+      <c r="L97" s="0" t="inlineStr">
+        <is>
+          <t>2016-08-23</t>
+        </is>
+      </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>2050</v>
+        <v>2640</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2012-05-03</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L98" s="0"/>
+      <c r="L98" s="0" t="inlineStr">
+        <is>
+          <t>2016-06-21</t>
+        </is>
+      </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>2024</v>
+        <v>2635</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2011-07-07</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L99" s="0"/>
+      <c r="L99" s="0" t="inlineStr">
+        <is>
+          <t>2016-06-07</t>
+        </is>
+      </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>1977</v>
+        <v>2501</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L100" s="0"/>
+      <c r="L100" s="0" t="inlineStr">
+        <is>
+          <t>2015-03-31</t>
+        </is>
+      </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>1901</v>
+        <v>2336</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2010-09-30</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L101" s="0"/>
+      <c r="L101" s="0" t="inlineStr">
+        <is>
+          <t>2013-12-17</t>
+        </is>
+      </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N101" s="0"/>
+      <c r="N101" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-02</t>
+        </is>
+      </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>1775</v>
+        <v>2310</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2010-05-06</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L102" s="0"/>
+      <c r="L102" s="0" t="inlineStr">
+        <is>
+          <t>2013-10-22</t>
+        </is>
+      </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>1693</v>
+        <v>2291</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J103" s="0"/>
       <c r="K103" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2008-06-13</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
+        <v>2212</v>
+      </c>
+      <c r="B104" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C104" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D104" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E104" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+        </is>
+      </c>
+      <c r="F104" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G104" s="0" t="inlineStr">
+        <is>
+          <t>2013-08-29</t>
+        </is>
+      </c>
+      <c r="H104" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I104" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J104" s="0"/>
+      <c r="K104" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L104" s="0"/>
+      <c r="M104" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N104" s="0"/>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="n">
+        <v>2050</v>
+      </c>
+      <c r="B105" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C105" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D105" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E105" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+        </is>
+      </c>
+      <c r="F105" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G105" s="0" t="inlineStr">
+        <is>
+          <t>2012-05-03</t>
+        </is>
+      </c>
+      <c r="H105" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I105" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J105" s="0"/>
+      <c r="K105" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L105" s="0"/>
+      <c r="M105" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N105" s="0"/>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="n">
+        <v>2024</v>
+      </c>
+      <c r="B106" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C106" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D106" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E106" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+        </is>
+      </c>
+      <c r="F106" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G106" s="0" t="inlineStr">
+        <is>
+          <t>2011-07-07</t>
+        </is>
+      </c>
+      <c r="H106" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I106" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J106" s="0"/>
+      <c r="K106" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L106" s="0"/>
+      <c r="M106" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N106" s="0"/>
+    </row>
+    <row r="107">
+      <c r="A107" s="0" t="n">
+        <v>1977</v>
+      </c>
+      <c r="B107" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C107" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D107" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E107" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+        </is>
+      </c>
+      <c r="F107" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G107" s="0" t="inlineStr">
+        <is>
+          <t>2011-03-31</t>
+        </is>
+      </c>
+      <c r="H107" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I107" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J107" s="0"/>
+      <c r="K107" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L107" s="0"/>
+      <c r="M107" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N107" s="0"/>
+    </row>
+    <row r="108">
+      <c r="A108" s="0" t="n">
+        <v>1901</v>
+      </c>
+      <c r="B108" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C108" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D108" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E108" s="0" t="inlineStr">
+        <is>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+        </is>
+      </c>
+      <c r="F108" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G108" s="0" t="inlineStr">
+        <is>
+          <t>2010-09-30</t>
+        </is>
+      </c>
+      <c r="H108" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I108" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J108" s="0"/>
+      <c r="K108" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L108" s="0"/>
+      <c r="M108" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N108" s="0"/>
+    </row>
+    <row r="109">
+      <c r="A109" s="0" t="n">
+        <v>1775</v>
+      </c>
+      <c r="B109" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C109" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D109" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E109" s="0" t="inlineStr">
+        <is>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+        </is>
+      </c>
+      <c r="F109" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G109" s="0" t="inlineStr">
+        <is>
+          <t>2010-05-06</t>
+        </is>
+      </c>
+      <c r="H109" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I109" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J109" s="0"/>
+      <c r="K109" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L109" s="0"/>
+      <c r="M109" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N109" s="0"/>
+    </row>
+    <row r="110">
+      <c r="A110" s="0" t="n">
+        <v>1693</v>
+      </c>
+      <c r="B110" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C110" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D110" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E110" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+        </is>
+      </c>
+      <c r="F110" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G110" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
+      <c r="H110" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I110" s="0" t="inlineStr">
+        <is>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J110" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-30</t>
+        </is>
+      </c>
+      <c r="K110" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L110" s="0" t="inlineStr">
+        <is>
+          <t>2008-06-13</t>
+        </is>
+      </c>
+      <c r="M110" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N110" s="0"/>
+    </row>
+    <row r="111">
+      <c r="A111" s="0" t="n">
         <v>1646</v>
       </c>
-      <c r="B104" s="0" t="inlineStr">
+      <c r="B111" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C104" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E104" s="0" t="inlineStr">
+      <c r="C111" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D111" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E111" s="0" t="inlineStr">
         <is>
           <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
 2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
-      <c r="F104" s="0" t="inlineStr">
+      <c r="F111" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G104" s="0" t="inlineStr">
+      <c r="G111" s="0" t="inlineStr">
         <is>
           <t>2009-05-28</t>
         </is>
       </c>
-      <c r="H104" s="0" t="inlineStr">
+      <c r="H111" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I104" s="0" t="inlineStr">
-[...428 lines deleted...]
-      </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J111" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J111" s="0"/>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L111" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L111" s="0"/>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t/>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3913</v>
+        <v>1393</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J112" s="0"/>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L112" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L112" s="0"/>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t/>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3899</v>
+        <v>1251</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L113" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L113" s="0"/>
       <c r="M113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3897</v>
+        <v>1000</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Esther Monney, Patrik Kretz, Adrian Rogger und Brigitte Wenzin Widmer betreffend die Frage: Wie wird «lautgetreues Schreiben» an den Zuger Volksschulen umgesetzt?</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J114" s="0"/>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L114" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L114" s="0"/>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Kretz Patrik, Rogger Adrian, Wenzin Widmer Brigitte</t>
+          <t/>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3885</v>
+        <v>282</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2030-12-31</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3810</v>
+        <v>3965</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3802</v>
+        <v>3930</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3770</v>
+        <v>3929</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
-[...2 lines deleted...]
-      <c r="J118" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J118" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3726</v>
+        <v>3913</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025</t>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2025-11-22</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2025-04-24</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>Haslimann Alexander, Schumpf Etienne</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3625</v>
+        <v>3899</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J120" s="0"/>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2025-03-25</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3591</v>
+        <v>3885</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3584</v>
+        <v>3810</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025</t>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2025-10-31</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2024-09-22</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3579</v>
+        <v>3802</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>4001</v>
+        <v>3770</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J124" s="0"/>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3996</v>
+        <v>3726</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J125" s="0"/>
+      <c r="J125" s="0" t="inlineStr">
+        <is>
+          <t>2028-07-03</t>
+        </is>
+      </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3989</v>
+        <v>3625</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t/>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3988</v>
+        <v>3591</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 30. September 2025</t>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3964</v>
+        <v>3584</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3916</v>
+        <v>3579</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Fristverlängerung bei Volksinitiativen</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2025-04-28</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3871</v>
+        <v>4032</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Petition</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Petition zur Prüfung der wissenschaftlichen Notwendigkeit zur Fuchsjagd</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-04</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J130" s="0"/>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-12-04</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3855</v>
+        <v>4025</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J131" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J131" s="0"/>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3846</v>
+        <v>4023</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Motion von Julia Küng, Klemens Iten, Simon Leuenberger, Ronahi Yener und Katharina Jans betreffend Schaffung eines öffentlich-rechtlichen Jugendparlaments im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J132" s="0"/>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-12-03</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Iten Klemens, Leuenberger Simon, Yener Ronahi, Jans Katharina</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3825</v>
+        <v>4019</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Haas betreffend Teilhabe der Menschen mit Beeinträchtigungen am finanziellen Erfolg des Kantons Zug</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J133" s="0"/>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-10-12</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>Haas Esther</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3819</v>
+        <v>4011</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3811</v>
+        <v>4001</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3799</v>
+        <v>3996</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) Volksabstimmung am 30. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3792</v>
+        <v>3989</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3765</v>
+        <v>3988</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3680</v>
+        <v>3964</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3652</v>
+        <v>3871</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J140" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
+        </is>
+      </c>
+      <c r="J140" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2025-01-29</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>SVP</t>
+        </is>
+      </c>
+      <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3525</v>
+        <v>3855</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-01-30</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2025-01-13</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3495</v>
+        <v>3819</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3382</v>
+        <v>3811</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Arnold Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3364</v>
+        <v>3799</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2025-11-30</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
+        </is>
+      </c>
+      <c r="J144" s="0"/>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3283</v>
+        <v>3792</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J145" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3260</v>
+        <v>3765</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J146" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3248</v>
+        <v>3680</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3102</v>
+        <v>3652</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-09-01</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J148" s="0"/>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2020-05-12</t>
+          <t>2023-12-12</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
-[...2 lines deleted...]
-      <c r="N148" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N148" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>4005</v>
+        <v>3525</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Tabea Estermann und Jill Nussbaumer betreffend Einkommensaufteilung der Zuger Ehepaare</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J149" s="0"/>
+      <c r="J149" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Nussbaumer Jill</t>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3998</v>
+        <v>3495</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3993</v>
+        <v>3364</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-09-27</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3978</v>
+        <v>3283</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3975</v>
+        <v>3260</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3974</v>
+        <v>3248</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3961</v>
+        <v>3102</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Budget 2026 und Finanzplan 2026–2029</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t>Direktüberweisung an die erweiterte Staatswirtschaftskommission (§ 17 GO KR).</t>
-[...2 lines deleted...]
-      <c r="J155" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
+        </is>
+      </c>
+      <c r="J155" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-31</t>
+        </is>
+      </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskom. erweitert</t>
-[...2 lines deleted...]
-      <c r="L155" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="L155" s="0" t="inlineStr">
+        <is>
+          <t>2020-05-12</t>
+        </is>
+      </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3958</v>
+        <v>3998</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J156" s="0"/>
+      <c r="J156" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-30</t>
+        </is>
+      </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3956</v>
+        <v>3993</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J157" s="0"/>
+      <c r="J157" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3948</v>
+        <v>3978</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-25</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J158" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025</t>
+        </is>
+      </c>
+      <c r="J158" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K158" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ZVB, 3948</t>
+          <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-08-18</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schumpf Etienne, Grond Flurin</t>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3939</v>
+        <v>3975</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J159" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025</t>
+        </is>
+      </c>
+      <c r="J159" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-28</t>
+        </is>
+      </c>
       <c r="K159" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-08-12</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3920</v>
+        <v>3974</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend barrierefreien Zugang dank kantonaler digitaler Assistenz</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J160" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2025-05-03</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3908</v>
+        <v>3961</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Budget 2026 und Finanzplan 2026–2029</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Schlussabstimmung</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Kenntnisnahme der Finanzierungsprognose bis 2033 zu kantonalen Investionsprojekten.</t>
+        </is>
+      </c>
+      <c r="J161" s="0"/>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L161" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L161" s="0"/>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3896</v>
+        <v>3958</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J162" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J162" s="0"/>
       <c r="K162" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3877</v>
+        <v>3956</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J163" s="0"/>
       <c r="K163" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3876</v>
+        <v>3948</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Motion von Alois Gössi, Philip C. Brunner, Tabea Estermann und Christian Hegglin betreffend Zuger Finanzausgleich Phase II</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-14</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J164" s="0"/>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t>Gössi Alois, Brunner Philip C., Estermann Tabea, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3874</v>
+        <v>3939</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J165" s="0"/>
       <c r="K165" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3872</v>
+        <v>3908</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-05-01</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3870</v>
+        <v>3896</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J167" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-04-10</t>
         </is>
       </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3859</v>
+        <v>3877</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J168" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3842</v>
+        <v>3874</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Motion der Stadtzuger Kantonsrätinnen und Kantonsräte (Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni) betreffend Dämpfung der finanziellen Belastung des Zuger Finanzausgleichs (ZFA) für die Stadt Zug </t>
+          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J169" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2024-11-08</t>
+          <t>2025-02-02</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
-          <t>Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni</t>
+          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3835</v>
+        <v>3872</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Steuergesetzes - neuntes Revisionspaket</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J170" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J170" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3834</v>
+        <v>3870</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über Standortentwicklung (GSE) - Umsetzung der OECD-Mindeststeuer</t>
+          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J171" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
+        </is>
+      </c>
+      <c r="J171" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-01-29</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3833</v>
+        <v>3859</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Zuger Pensionskasse (PKG)</t>
+          <t>Postulat der SP-Fraktion zur AXPO</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 3. November 2025</t>
-[...2 lines deleted...]
-      <c r="J172" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
+        </is>
+      </c>
+      <c r="J172" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-30</t>
+        </is>
+      </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3832</v>
+        <v>3785</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Entschädigung der nebenamtlichen Behördenmitglieder (Nebenamtsgesetz) sowie Teilrevision des Kantonsratsbeschlusses über die Entschädigung der Fraktionen des Kantonsrats 
-</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 3. November 2025</t>
-[...2 lines deleted...]
-      <c r="J173" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J173" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-20</t>
+        </is>
+      </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3785</v>
+        <v>3732</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J174" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3732</v>
+        <v>3684</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J175" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3684</v>
+        <v>3683</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
           <t>2024-04-11</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J176" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
           <t>2024-02-23</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
           <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3683</v>
+        <v>3286</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J177" s="0"/>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3286</v>
+        <v>3285</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
           <t>2022-06-08</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
           <t>2021-08-24</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3285</v>
+        <v>4031</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Kleine Anfrage von Thomas Gander und Manuela Käch betreffend Strassenverkehrsunfälle auf dem Abschnitt Autobahnauffahrt Cham/Sins bis zur Kreuzung Sinserstrasse/Untermühlestrasse</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J179" s="0"/>
+      <c r="J179" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-01</t>
+        </is>
+      </c>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Käch Manuela, Gander Thomas</t>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3837</v>
+        <v>4016</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes betreffend die Einführung des Schweizerischen Zivilgesetzbuches für den Kanton Zug (EG ZGB) sowie des Gesetzes über das Gesundheitswesen im Kanton Zug (Gesundheitsgesetz; GesG)</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>Obergericht, Verwaltungsgericht</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2025-07-09</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am 11. Juli 2025Aufnahme in GS 2025/025; BGS 211.1 / 821.1</t>
-[...2 lines deleted...]
-      <c r="J180" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J180" s="0" t="inlineStr">
+        <is>
+          <t>2026-11-26</t>
+        </is>
+      </c>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2024-10-23</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
         <v>4006</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
@@ -12456,3249 +12435,3051 @@
       </c>
       <c r="J192" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
           <t>2025-02-28</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
           <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3851</v>
+        <v>3727</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Tabea Estermann betreffend Meldungen aus der Bevölkerung zu Geldwäscherei im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J193" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2025-01-03</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3727</v>
+        <v>3628</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J194" s="0"/>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3628</v>
+        <v>3574</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J195" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J195" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3574</v>
+        <v>3544</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3544</v>
+        <v>3532</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3532</v>
+        <v>3502</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3502</v>
+        <v>3351</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J199" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-03-29</t>
         </is>
       </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3351</v>
+        <v>3994</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J200" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J200" s="0"/>
       <c r="K200" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3994</v>
+        <v>3969</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J201" s="0"/>
+      <c r="J201" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3982</v>
+        <v>3841</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>Wahlen</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Feststellung der Gültigkeit der Wahl von Andreas Hausheer als Mitglied des Regierungsrats für den Rest der Amtsperiode 2023–2026</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-11-28</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>Wahl: Feststellung Gültigkeit</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung der Wahl von Andreas Hausheer, Steinhausen</t>
-[...2 lines deleted...]
-      <c r="J202" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J202" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-28</t>
+        </is>
+      </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3969</v>
+        <v>3602</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3841</v>
+        <v>3533</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J204" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J204" s="0"/>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3602</v>
+        <v>3507</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
-[...6 lines deleted...]
-      </c>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+        </is>
+      </c>
+      <c r="J205" s="0"/>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t/>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3533</v>
+        <v>4022</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3507</v>
+        <v>4010</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
+          <t>2025-11-26</t>
+        </is>
+      </c>
+      <c r="H207" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I207" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J207" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-26</t>
+        </is>
+      </c>
+      <c r="K207" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L207" s="0" t="inlineStr">
+        <is>
           <t>2025-10-28</t>
         </is>
       </c>
-      <c r="H207" s="0" t="inlineStr">
-[...19 lines deleted...]
-      </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3962</v>
+        <v>3977</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Genehmigung der Änderung der Geschäftsordnung des Verwaltungsgerichts (GO VG)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
-          <t>Verwaltungsgericht</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J208" s="0"/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
+        </is>
+      </c>
+      <c r="J208" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission erweitert</t>
+          <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2025-08-13</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3977</v>
+        <v>3971</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3971</v>
+        <v>3951</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-02-28</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3951</v>
+        <v>3942</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J211" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3942</v>
+        <v>3940</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J212" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-01-02</t>
         </is>
       </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
           <t>2025-06-16</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3940</v>
+        <v>3936</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
           <t>2026-01-02</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-06-11</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3936</v>
+        <v>3931</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J214" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3931</v>
+        <v>3911</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3911</v>
+        <v>3907</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J216" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2025-11-01</t>
         </is>
       </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3907</v>
+        <v>3905</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J217" s="0"/>
       <c r="K217" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t/>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>3905</v>
+        <v>3827</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J218" s="0"/>
+      <c r="J218" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
       <c r="K218" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>3827</v>
+        <v>3433</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J219" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>3433</v>
+        <v>3273</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J220" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2021-08-03</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N220" s="0"/>
     </row>
     <row r="221">
       <c r="A221" s="0" t="n">
-        <v>3273</v>
+        <v>4029</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J221" s="0"/>
       <c r="K221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
-          <t>2021-08-03</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N221" s="0"/>
     </row>
     <row r="222">
       <c r="A222" s="0" t="n">
-        <v>3995</v>
+        <v>4013</v>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E222" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F222" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H222" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J222" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L222" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M222" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N222" s="0"/>
     </row>
     <row r="223">
       <c r="A223" s="0" t="n">
-        <v>3992</v>
+        <v>3995</v>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E223" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F223" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
           <t>2025-10-02</t>
         </is>
       </c>
       <c r="H223" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J223" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L223" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M223" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N223" s="0"/>
     </row>
     <row r="224">
       <c r="A224" s="0" t="n">
-        <v>3967</v>
+        <v>3992</v>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E224" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend TARDOC – die Quittung zahlen die Frauen</t>
+          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
         </is>
       </c>
       <c r="F224" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H224" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I224" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J224" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L224" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M224" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Franzini Luzian, Yener Ronahi</t>
         </is>
       </c>
       <c r="N224" s="0"/>
     </row>
     <row r="225">
       <c r="A225" s="0" t="n">
-        <v>3947</v>
+        <v>3932</v>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D225" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E225" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Lustenberger, Carina Brüngger und Hans Jörg Villiger betreffend Kürzungen bei J+S durch kantonale Beiträge auffangen</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F225" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H225" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I225" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J225" s="0" t="inlineStr">
         <is>
-          <t>2025-10-27</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K225" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L225" s="0" t="inlineStr">
         <is>
-          <t>2025-06-24</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M225" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Brüngger Carina, Villiger Hans Jörg</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N225" s="0"/>
     </row>
     <row r="226">
       <c r="A226" s="0" t="n">
-        <v>3932</v>
+        <v>3893</v>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F226" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H226" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J226" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L226" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M226" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N226" s="0"/>
     </row>
     <row r="227">
       <c r="A227" s="0" t="n">
-        <v>3893</v>
+        <v>3880</v>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E227" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F227" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H227" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J227" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L227" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M227" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N227" s="0"/>
     </row>
     <row r="228">
       <c r="A228" s="0" t="n">
-        <v>3880</v>
+        <v>3864</v>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E228" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F228" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H228" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J228" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L228" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M228" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N228" s="0"/>
     </row>
     <row r="229">
       <c r="A229" s="0" t="n">
-        <v>3864</v>
+        <v>3858</v>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D229" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E229" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F229" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G229" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H229" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I229" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J229" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-01-30</t>
         </is>
       </c>
       <c r="K229" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L229" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M229" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N229" s="0"/>
     </row>
     <row r="230">
       <c r="A230" s="0" t="n">
-        <v>3858</v>
+        <v>3791</v>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E230" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F230" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G230" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H230" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J230" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L230" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M230" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N230" s="0"/>
     </row>
     <row r="231">
       <c r="A231" s="0" t="n">
-        <v>3804</v>
+        <v>3778</v>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E231" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Mirjam Arnold, Klemens Iten, Christian Hegglin und Carina Brüngger betreffend Anspruch auf Prämienverbilligung automatisch prüfen und Beiträge direkt ausbezahlen</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F231" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H231" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I231" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J231" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L231" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M231" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Arnold Mirjam, Iten Klemens, Hegglin Christian, Brüngger Carina</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N231" s="0"/>
     </row>
     <row r="232">
       <c r="A232" s="0" t="n">
-        <v>3793</v>
+        <v>3646</v>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E232" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Massnahmen gegen die mentale Gesundheitskrise bei Kindern und Jugendlichen im Kanton Zug</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F232" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H232" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I232" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J232" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L232" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M232" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N232" s="0"/>
     </row>
     <row r="233">
       <c r="A233" s="0" t="n">
-        <v>3791</v>
+        <v>3421</v>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E233" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F233" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2023-12-01</t>
         </is>
       </c>
       <c r="H233" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I233" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J233" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L233" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2022-05-13</t>
         </is>
       </c>
       <c r="M233" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
         </is>
       </c>
       <c r="N233" s="0"/>
     </row>
     <row r="234">
       <c r="A234" s="0" t="n">
-        <v>3778</v>
+        <v>3541</v>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C234" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E234" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F234" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G234" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H234" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I234" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J234" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L234" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M234" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N234" s="0"/>
     </row>
     <row r="235">
       <c r="A235" s="0" t="n">
-        <v>3646</v>
+        <v>4030</v>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C235" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E235" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F235" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="H235" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J235" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J235" s="0"/>
       <c r="K235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L235" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M235" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N235" s="0"/>
     </row>
     <row r="236">
       <c r="A236" s="0" t="n">
-        <v>3421</v>
+        <v>3953</v>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C236" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E236" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F236" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G236" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H236" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I236" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J236" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L236" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M236" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N236" s="0"/>
     </row>
     <row r="237">
       <c r="A237" s="0" t="n">
-        <v>3845</v>
+        <v>3943</v>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
-          <t>Petition</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C237" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D237" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E237" s="0" t="inlineStr">
         <is>
-          <t>Petition «Endlich bezahlbarer Wohnraum für Zug!»</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F237" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G237" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H237" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I237" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...2 lines deleted...]
-      <c r="J237" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J237" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K237" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L237" s="0" t="inlineStr">
         <is>
-          <t>2024-11-29</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M237" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N237" s="0"/>
     </row>
     <row r="238">
       <c r="A238" s="0" t="n">
-        <v>3541</v>
+        <v>3350</v>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C238" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D238" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E238" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F238" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G238" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H238" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I238" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 18. Dezember 2025 </t>
         </is>
       </c>
       <c r="J238" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="K238" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L238" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M238" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N238" s="0"/>
-    </row>
-[...196 lines deleted...]
-      <c r="N241" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>