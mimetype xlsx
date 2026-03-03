--- v1 (2025-12-17)
+++ v2 (2026-03-03)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N238" totalsRowShown="0">
-  <autoFilter ref="A1:N238"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N233" totalsRowShown="0">
+  <autoFilter ref="A1:N233"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N238"/>
+  <dimension ref="A1:N233"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="120.78988764044945"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -189,3276 +189,3284 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>4028</v>
+        <v>4061</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
+          <t>Berichts-Motion der Fraktion Die Mitte betreffend Regelung für den Heimfall von Energiekraftwerken an den Kanton Zug – Umsetzung der Eigenversorgung gemäss Energiegesetz</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J2" s="0"/>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>2027-02-26</t>
+        </is>
+      </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>4027</v>
+        <v>4058</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
+          <t>Kleine Anfrage von Anne Hänel, Erich Grob, Fabienne Michel, Jill Nussbaumer, Michèle Schmid und Hans Jörg Villiger betreffend Umsetzung Autoarmes Zentrum Cham (AAZ)</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-07</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
           <t>Einreichung</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J3" s="0"/>
+      <c r="J3" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-07</t>
+        </is>
+      </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-07</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Hänel Anne, Grob Erich, Michel Fabienne, Nussbaumer Jill, Schmid Michèle, Villiger Hans Jörg</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>4026</v>
+        <v>4057</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
+          <t>Interpellation von Philip C. Brunner und Oliver Wandfluh betreffend «Stopp dem Vorstoss-Wildwuchs» - Mehr Übersicht, Klarheit und Effizienz in der Zuger Wohn- und Baupolitik!</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J4" s="0"/>
+      <c r="J4" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-26</t>
+        </is>
+      </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Brunner Philip C., Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>4024</v>
+        <v>4047</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend kostenlose Fasnachts-Wochenkarte („Fasi-Ticket“) für alle Zuger*innen</t>
+          <t>Postulat der FDP-Fraktion betreffend Sicherung des Gewerbestandorts durch zeitgemässe Regelungen für betriebseigenen Wohnraum in Arbeitszonen</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J5" s="0"/>
+      <c r="J5" s="0" t="inlineStr">
+        <is>
+          <t>2027-02-26</t>
+        </is>
+      </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-14</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>4021</v>
+        <v>4044</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J6" s="0"/>
+      <c r="J6" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>4020</v>
+        <v>4042</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-11-17</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J7" s="0"/>
+      <c r="J7" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-11-17</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>4018</v>
+        <v>4039</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-11-11</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
+          <t/>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>4015</v>
+        <v>4028</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>4014</v>
+        <v>4027</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J10" s="0"/>
+      <c r="J10" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>4012</v>
+        <v>4026</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J11" s="0"/>
+      <c r="J11" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>4008</v>
+        <v>4021</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-10-24</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>4000</v>
+        <v>4020</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3990</v>
+        <v>4018</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>3985</v>
+        <v>4015</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>3972</v>
+        <v>4014</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J16" s="0"/>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3966</v>
+        <v>4012</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J17" s="0"/>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3960</v>
+        <v>4008</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3950</v>
+        <v>4000</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J19" s="0"/>
+      <c r="J19" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3949</v>
+        <v>3990</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-11-20</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
-[...2 lines deleted...]
-      <c r="J20" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J20" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3938</v>
+        <v>3985</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3934</v>
+        <v>3972</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3924</v>
+        <v>3966</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3923</v>
+        <v>3960</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J24" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J24" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3921</v>
+        <v>3950</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J25" s="0"/>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t/>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3917</v>
+        <v>3949</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J26" s="0"/>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3888</v>
+        <v>3938</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J27" s="0"/>
+      <c r="J27" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3887</v>
+        <v>3923</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
         </is>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N28" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3883</v>
+        <v>3921</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3869</v>
+        <v>3888</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J30" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J30" s="0"/>
       <c r="K30" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t/>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3867</v>
+        <v>3887</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
           <t>2025-09-04</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N31" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3866</v>
+        <v>3869</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
-[...2 lines deleted...]
-      <c r="J32" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J32" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-02</t>
+        </is>
+      </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3861</v>
+        <v>3867</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J33" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J33" s="0"/>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3844</v>
+        <v>3866</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="J34" s="0"/>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3826</v>
+        <v>3861</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3816</v>
+        <v>3826</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3808</v>
+        <v>3816</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J37" s="0"/>
+      <c r="J37" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L37" s="0"/>
+      <c r="L37" s="0" t="inlineStr">
+        <is>
+          <t>2024-10-03</t>
+        </is>
+      </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3790</v>
+        <v>3808</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L38" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L38" s="0"/>
       <c r="M38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3767</v>
+        <v>3790</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3759</v>
+        <v>3767</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J40" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J40" s="0"/>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3758</v>
+        <v>3759</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
           <t>2024-07-03</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
           <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3755</v>
+        <v>3758</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3743</v>
+        <v>3755</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J43" s="0"/>
+      <c r="J43" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+        </is>
+      </c>
+      <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3742</v>
+        <v>3743</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
           <t>2024-06-04</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N44" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3736</v>
+        <v>3742</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J45" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J45" s="0"/>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3735</v>
+        <v>3736</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
           <t>2025-10-30</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
           <t>2028-10-30</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
           <t>2024-05-21</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3734</v>
+        <v>3735</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3733</v>
+        <v>3734</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3725</v>
+        <v>3733</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2025-05-23</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3704</v>
+        <v>3725</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J50" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3700</v>
+        <v>3704</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
         <v>3685</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
@@ -4336,51 +4344,51 @@
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
         <v>3535</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
           <t>2023-10-07</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="inlineStr">
         <is>
@@ -4398,51 +4406,51 @@
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
         <v>3534</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
           <t>2023-10-07</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="inlineStr">
         <is>
@@ -4522,51 +4530,51 @@
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
         <v>3488</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
           <t>2024-02-29</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
           <t>2027-02-28</t>
@@ -4975,2494 +4983,2494 @@
           <t>Postulat</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
           <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J76" s="0" t="inlineStr">
         <is>
           <t>2026-06-28</t>
         </is>
       </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
           <t>2021-12-20</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
           <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3345</v>
+        <v>3320</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2021-12-09</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3320</v>
+        <v>3281</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J78" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J78" s="0"/>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t/>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3281</v>
+        <v>3268</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J79" s="0"/>
+      <c r="J79" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3268</v>
+        <v>3262</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
           <t>2022-11-10</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
           <t>2025-11-09</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3262</v>
+        <v>3227</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
+</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J81" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J81" s="0"/>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t/>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3227</v>
+        <v>3218</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
-</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2021-04-13</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3218</v>
+        <v>3208</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
+</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3208</v>
+        <v>3185</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
-</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2021-03-09</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3185</v>
+        <v>3165</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2024-01-26</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2020-12-15</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3173</v>
+        <v>3151</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J86" s="0"/>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2020-11-13</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t/>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3165</v>
+        <v>3148</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2021-08-21</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2020-11-03</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3151</v>
+        <v>3129</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2020-10-27</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3148</v>
+        <v>2940</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2020-10-20</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3129</v>
+        <v>2897</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2021-06-05</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2020-08-18</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>2940</v>
+        <v>2885</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2019-02-19</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>2897</v>
+        <v>2855</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2019-05-18</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2018-09-18</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>2885</v>
+        <v>2850</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2019-02-20</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2018-07-03</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>2855</v>
+        <v>2766</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2018-03-27</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>2850</v>
+        <v>2655</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2018-11-06</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2018-03-20</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>2766</v>
+        <v>2640</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2018-01-25</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2017-07-11</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>2655</v>
+        <v>2635</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2018-01-20</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2016-08-23</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>2640</v>
+        <v>2501</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2017-03-30</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2016-06-21</t>
+          <t>2015-03-31</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>2635</v>
+        <v>2336</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2017-03-10</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2016-06-07</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>2501</v>
+        <v>2310</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2016-04-09</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2015-03-31</t>
+          <t>2013-10-22</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>2336</v>
+        <v>2291</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2014-11-08</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2013-12-17</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N101" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>2310</v>
+        <v>2212</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2014-11-04</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L102" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L102" s="0"/>
       <c r="M102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>2291</v>
+        <v>2050</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2013-09-26</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="L103" s="0"/>
       <c r="M103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>2212</v>
+        <v>2024</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2013-08-29</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0"/>
       <c r="M104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>2050</v>
+        <v>1977</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2012-05-03</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L105" s="0"/>
       <c r="M105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>2024</v>
+        <v>1901</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2011-07-07</t>
+          <t>2010-09-30</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0"/>
       <c r="M106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>1977</v>
+        <v>1775</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0"/>
       <c r="M107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>1901</v>
+        <v>1693</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2010-09-30</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J108" s="0"/>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J108" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-30</t>
+        </is>
+      </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L108" s="0"/>
+      <c r="L108" s="0" t="inlineStr">
+        <is>
+          <t>2008-06-13</t>
+        </is>
+      </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>1775</v>
+        <v>1646</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
+2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2010-05-06</t>
+          <t>2009-05-28</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0"/>
       <c r="M109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>1693</v>
+        <v>1393</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J110" s="0"/>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L110" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L110" s="0"/>
       <c r="M110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>1646</v>
+        <v>1251</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
-2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2009-05-28</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0"/>
       <c r="M111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>1393</v>
+        <v>1000</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2006-06-01</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0"/>
       <c r="M112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>1251</v>
+        <v>282</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2005-02-24</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J113" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
+        </is>
+      </c>
+      <c r="J113" s="0" t="inlineStr">
+        <is>
+          <t>2030-12-31</t>
+        </is>
+      </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L113" s="0"/>
+      <c r="L113" s="0" t="inlineStr">
+        <is>
+          <t>1995-08-07</t>
+        </is>
+      </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>1000</v>
+        <v>4053</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Kleine Anfrage von Gregor Bruhin und Alessandro Ehrbar betreffend Einsatz des neuen Lehrmittels «Wie sicher sind wir?» zur Vermittlung von Armee- und Sicherheitswissen an Schulen im Kanton Zug</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2003-01-30</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J114" s="0"/>
+      <c r="J114" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-02</t>
+        </is>
+      </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L114" s="0"/>
+      <c r="L114" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-02</t>
+        </is>
+      </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="N114" s="0"/>
+          <t>Bruhin Gregor, Ehrbar Alessandro</t>
+        </is>
+      </c>
+      <c r="N114" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>282</v>
+        <v>4048</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
+          <t>Interpellation der ALG-Fraktion betreffend Anpassung des Unterrichtsbeginns für Jugendliche</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2030</t>
+          <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2030-12-31</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>1995-08-07</t>
+          <t>2026-01-23</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
         <v>3965</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
@@ -7623,1534 +7631,1554 @@
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
           <t>2026-07-02</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
           <t>2025-06-03</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
           <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3913</v>
+        <v>3885</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2029-02-26</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2025-04-24</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3899</v>
+        <v>3802</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J120" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J120" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3885</v>
+        <v>3770</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J121" s="0"/>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3810</v>
+        <v>3726</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3802</v>
+        <v>3625</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3770</v>
+        <v>3591</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-12-10</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J124" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J124" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-30</t>
+        </is>
+      </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3726</v>
+        <v>3584</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3625</v>
+        <v>3579</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3591</v>
+        <v>4063</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Absage Nachtreffen Jugendpolittag</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-11</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2026-03-11</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2026-02-11</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3584</v>
+        <v>4051</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Motion von Mirjam Arnold, Thomas Gwerder, Hans Küng, Michael Riboni, Adrian Rogger, Barbara Schmid-Häseli und Oliver Wandfluh betreffend Kostenübernahme für medizinische Notfälle für Personen ohne Wohnsitz in der Schweiz</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Arnold Mirjam, Gwerder Thomas , Küng Hans, Riboni Michael, Rogger Adrian, Schmid-Häseli Barbara, Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3579</v>
+        <v>4050</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Motion der SVP-Fraktion betreffend gemeinnützige Arbeitseinsätze für Asylsuchende und vorläufig Aufgenommene im Kanton Zug</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>4032</v>
+        <v>4043</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Petition</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Petition zur Prüfung der wissenschaftlichen Notwendigkeit zur Fuchsjagd</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-12-04</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J130" s="0"/>
+      <c r="J130" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2025-12-04</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>4025</v>
+        <v>4038</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J131" s="0"/>
+      <c r="J131" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>4023</v>
+        <v>4033</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J132" s="0"/>
+      <c r="J132" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>4019</v>
+        <v>4025</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-11-12</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J133" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J133" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2025-11-12</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>4011</v>
+        <v>4023</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H134" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I134" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J134" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
+      <c r="K134" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L134" s="0" t="inlineStr">
+        <is>
           <t>2025-11-26</t>
         </is>
       </c>
-      <c r="H134" s="0" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>4001</v>
+        <v>4019</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3996</v>
+        <v>4011</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J136" s="0"/>
+      <c r="J136" s="0" t="inlineStr">
+        <is>
+          <t>2026-11-26</t>
+        </is>
+      </c>
       <c r="K136" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3989</v>
+        <v>4001</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3988</v>
+        <v>3996</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
           <t>2025-10-02</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J138" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J138" s="0"/>
       <c r="K138" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3964</v>
+        <v>3989</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3871</v>
+        <v>3988</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3855</v>
+        <v>3964</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
         <v>3819</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
@@ -9274,51 +9302,51 @@
           <t>Verfassung</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
           <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2025-11-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
           <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
         </is>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
           <t>2024-09-10</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
@@ -9505,1274 +9533,1278 @@
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
           <t>2028-02-21</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
           <t>2024-02-13</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3652</v>
+        <v>3525</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J148" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J148" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Arnold Mirjam, Balmer Kurt</t>
+        </is>
+      </c>
+      <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3525</v>
+        <v>3495</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3495</v>
+        <v>3364</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2026-09-27</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3364</v>
+        <v>3283</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
-          <t>2026-09-27</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3283</v>
+        <v>3260</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3260</v>
+        <v>3248</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3248</v>
+        <v>3102</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3102</v>
+        <v>4062</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Interpellation der SP-Fraktion betreffend Hertizentrum 2-5</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>2026-12-31</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2020-05-12</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3998</v>
+        <v>4056</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Kleine Anfrage von Michael Arnold betreffend Umsetzung Gesetz über Standortentwicklung</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-06</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J156" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-03-06</t>
         </is>
       </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-02-06</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3993</v>
+        <v>4052</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Interpellation der SP-Fraktion betreffend die Frage: Ist die Pensionskasse Zug eine soziale Vermieterin?</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J157" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2026-02-01</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3978</v>
+        <v>4037</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J158" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3975</v>
+        <v>4034</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J159" s="0"/>
       <c r="K159" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3974</v>
+        <v>3998</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J160" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3961</v>
+        <v>3993</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Budget 2026 und Finanzplan 2026–2029</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Schlussabstimmung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
-          <t>Kenntnisnahme der Finanzierungsprognose bis 2033 zu kantonalen Investionsprojekten.</t>
-[...2 lines deleted...]
-      <c r="J161" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J161" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L161" s="0"/>
+      <c r="L161" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-08</t>
+        </is>
+      </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3958</v>
+        <v>3974</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J162" s="0"/>
+      <c r="J162" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K162" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3956</v>
+        <v>3958</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
           <t>2025-07-08</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3948</v>
+        <v>3956</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025-11-14</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3939</v>
+        <v>3948</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Ersatzbeschaffung und der Umrüstung der Fahrzeugflotte auf einen CO₂-neutralen Betrieb</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
         </is>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t/>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3908</v>
+        <v>3939</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J166" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J166" s="0"/>
       <c r="K166" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
         <v>3896</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
@@ -10867,4619 +10899,4305 @@
       </c>
       <c r="J168" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
           <t>2025-02-04</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3874</v>
+        <v>3872</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J169" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3872</v>
+        <v>3785</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
           <t>2025-02-20</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J170" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3870</v>
+        <v>3732</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J171" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3859</v>
+        <v>3684</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J172" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3785</v>
+        <v>3683</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3732</v>
+        <v>3286</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J174" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J174" s="0"/>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t/>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3684</v>
+        <v>3285</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J175" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J175" s="0"/>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3683</v>
+        <v>4055</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Interpellation von Philip C. Brunner und neun Mitunterzeichnenden betreffend Sicherheit statt Unterwerfung – zieht der Kanton Zug beim «Tessiner Modell» zur Überprüfung straffälliger Zuwanderer nach?</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J176" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2026-02-03</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Brunner Philip C., Ehrbar Alessandro, Haslimann Alexander, Illi Jeffrey, Küng Hans, Nussbaumer Karl, Villiger Hans Jörg, Wandfluh Oliver, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3286</v>
+        <v>4054</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Motion der SVP-Fraktion betreffend Zug soll sicherster Kanton der Schweiz werden</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J177" s="0"/>
+      <c r="J177" s="0" t="inlineStr">
+        <is>
+          <t>2027-02-26</t>
+        </is>
+      </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3285</v>
+        <v>4045</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J178" s="0"/>
+      <c r="J178" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>4031</v>
+        <v>4016</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Thomas Gander und Manuela Käch betreffend Strassenverkehrsunfälle auf dem Abschnitt Autobahnauffahrt Cham/Sins bis zur Kreuzung Sinserstrasse/Untermühlestrasse</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2025-12-16</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J179" s="0" t="inlineStr">
         <is>
-          <t>2026-01-01</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>Käch Manuela, Gander Thomas</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>4016</v>
+        <v>4006</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J180" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2025-11-06</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>4006</v>
+        <v>4003</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
           <t>2025-10-30</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t/>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>4003</v>
+        <v>3999</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
           <t>2025-10-30</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J182" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3999</v>
+        <v>3987</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3987</v>
+        <v>3980</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
           <t>2025-10-02</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J184" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J184" s="0"/>
       <c r="K184" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t/>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3980</v>
+        <v>3963</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J185" s="0"/>
+      <c r="J185" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3968</v>
+        <v>3957</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J186" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J186" s="0"/>
       <c r="K186" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3963</v>
+        <v>3941</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J187" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3957</v>
+        <v>3910</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J188" s="0"/>
+      <c r="J188" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-22</t>
+        </is>
+      </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3941</v>
+        <v>3891</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J189" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3910</v>
+        <v>3889</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J190" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3891</v>
+        <v>3727</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3889</v>
+        <v>3628</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J192" s="0"/>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t/>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3727</v>
+        <v>3574</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J193" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3628</v>
+        <v>3544</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J194" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J194" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3574</v>
+        <v>3532</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3544</v>
+        <v>3502</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
           <t>2024-03-01</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
           <t>2027-03-01</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3532</v>
+        <v>3351</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2026-03-29</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3502</v>
+        <v>4041</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3351</v>
+        <v>3994</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J199" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J199" s="0"/>
       <c r="K199" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3994</v>
+        <v>3969</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J200" s="0"/>
+      <c r="J200" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3969</v>
+        <v>3602</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3841</v>
+        <v>3533</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J202" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J202" s="0"/>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3602</v>
+        <v>3507</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
-[...6 lines deleted...]
-      </c>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+        </is>
+      </c>
+      <c r="J203" s="0"/>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t/>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3533</v>
+        <v>4060</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Motion von Alexander Haslimann betreffend befristete Überbrückungsmassnahmen des Kantons Zug bei bundesbedingten Verzögerungen der Auszahlung von Arbeitslosengeldern</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J204" s="0"/>
+          <t>Fristverkürzung auf 2 Monate</t>
+        </is>
+      </c>
+      <c r="J204" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-26</t>
+        </is>
+      </c>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3507</v>
+        <v>4059</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Interpellation der SP-Fraktion betreffend Auswirkungen bei einer allfälligen Annahme der SVP-Initiative «Keine 10-Millionen-Schweiz! (Nachhaltigkeits-Initiative)» auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
-[...2 lines deleted...]
-      <c r="J205" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J205" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-26</t>
+        </is>
+      </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>4022</v>
+        <v>4046</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J206" s="0"/>
+      <c r="J206" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>4010</v>
+        <v>4036</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3977</v>
+        <v>4035</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J208" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3971</v>
+        <v>4022</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3951</v>
+        <v>4010</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3942</v>
+        <v>3971</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J211" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3940</v>
+        <v>3942</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J212" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
           <t>2025-06-16</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3936</v>
+        <v>3911</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3931</v>
+        <v>3905</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-15</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 30. April 2026</t>
+        </is>
+      </c>
+      <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3911</v>
+        <v>3827</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3907</v>
+        <v>3433</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J216" s="0" t="inlineStr">
         <is>
-          <t>2025-11-01</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3905</v>
+        <v>4049</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Auswirkungen der kantonalen Übernahme von 99 % der stationären Spitalkosten auf Notfallbehandlungen im Ausland</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J217" s="0"/>
+      <c r="J217" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-26</t>
+        </is>
+      </c>
       <c r="K217" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2026-01-26</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="N217" s="0"/>
+          <t>ALG</t>
+        </is>
+      </c>
+      <c r="N217" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>3827</v>
+        <v>4029</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J218" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>3433</v>
+        <v>4013</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J219" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>3273</v>
+        <v>3995</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J220" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>2021-08-03</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N220" s="0"/>
     </row>
     <row r="221">
       <c r="A221" s="0" t="n">
-        <v>4029</v>
+        <v>3932</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J221" s="0"/>
+      <c r="J221" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N221" s="0"/>
     </row>
     <row r="222">
       <c r="A222" s="0" t="n">
-        <v>4013</v>
+        <v>3893</v>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E222" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F222" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H222" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J222" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L222" s="0" t="inlineStr">
         <is>
-          <t>2025-11-02</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M222" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N222" s="0"/>
     </row>
     <row r="223">
       <c r="A223" s="0" t="n">
-        <v>3995</v>
+        <v>3880</v>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E223" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F223" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H223" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I223" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J223" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L223" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M223" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N223" s="0"/>
     </row>
     <row r="224">
       <c r="A224" s="0" t="n">
-        <v>3992</v>
+        <v>3864</v>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E224" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F224" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H224" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I224" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J224" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L224" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M224" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N224" s="0"/>
     </row>
     <row r="225">
       <c r="A225" s="0" t="n">
-        <v>3932</v>
+        <v>3858</v>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D225" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E225" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Postulat von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug (Motion umgewandelt in ein Postulat)</t>
         </is>
       </c>
       <c r="F225" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H225" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I225" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J225" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2029-02-26</t>
         </is>
       </c>
       <c r="K225" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L225" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M225" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N225" s="0"/>
     </row>
     <row r="226">
       <c r="A226" s="0" t="n">
-        <v>3893</v>
+        <v>3791</v>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F226" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H226" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J226" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L226" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M226" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N226" s="0"/>
     </row>
     <row r="227">
       <c r="A227" s="0" t="n">
-        <v>3880</v>
+        <v>3778</v>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E227" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F227" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H227" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J227" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L227" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M227" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N227" s="0"/>
     </row>
     <row r="228">
       <c r="A228" s="0" t="n">
-        <v>3864</v>
+        <v>3646</v>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E228" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F228" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H228" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J228" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L228" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M228" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N228" s="0"/>
     </row>
     <row r="229">
       <c r="A229" s="0" t="n">
-        <v>3858</v>
+        <v>3541</v>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D229" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E229" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F229" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G229" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H229" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I229" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J229" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K229" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L229" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M229" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N229" s="0"/>
     </row>
     <row r="230">
       <c r="A230" s="0" t="n">
-        <v>3791</v>
+        <v>4030</v>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E230" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F230" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G230" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H230" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J230" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L230" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M230" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N230" s="0"/>
     </row>
     <row r="231">
       <c r="A231" s="0" t="n">
-        <v>3778</v>
+        <v>3953</v>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E231" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F231" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H231" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J231" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L231" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M231" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N231" s="0"/>
     </row>
     <row r="232">
       <c r="A232" s="0" t="n">
-        <v>3646</v>
+        <v>3943</v>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E232" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F232" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H232" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J232" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L232" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M232" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N232" s="0"/>
     </row>
     <row r="233">
       <c r="A233" s="0" t="n">
-        <v>3421</v>
+        <v>3350</v>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E233" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F233" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H233" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I233" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J233" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="K233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L233" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M233" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N233" s="0"/>
-    </row>
-[...324 lines deleted...]
-      <c r="N238" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>