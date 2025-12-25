--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N241" totalsRowShown="0">
-  <autoFilter ref="A1:N241"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N221" totalsRowShown="0">
+  <autoFilter ref="A1:N221"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N241"/>
+  <dimension ref="A1:N221"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="168.08988764044946"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -277,15425 +277,14144 @@
           <t>Verfassung</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t/>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) Volksabstimmung am 30. November 2025</t>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
         </is>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
           <t>2024-09-10</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>3837</v>
+        <v>1775</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes betreffend die Einführung des Schweizerischen Zivilgesetzbuches für den Kanton Zug (EG ZGB) sowie des Gesetzes über das Gesundheitswesen im Kanton Zug (Gesundheitsgesetz; GesG)</t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>Obergericht, Verwaltungsgericht</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-07-09</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am 11. Juli 2025Aufnahme in GS 2025/025; BGS 211.1 / 821.1</t>
+          <t/>
         </is>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L4" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L4" s="0"/>
       <c r="M4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>1775</v>
+        <v>3994</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2010-05-06</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="L5" s="0"/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
+        </is>
+      </c>
+      <c r="L5" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-09</t>
+        </is>
+      </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>3994</v>
+        <v>1901</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2010-09-30</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="L6" s="0"/>
       <c r="M6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>3833</v>
+        <v>3939</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Zuger Pensionskasse (PKG)</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist abgelaufen</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t>Die Referendumsfrist ist unbenutzt abgelaufen.</t>
+          <t/>
         </is>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>1901</v>
+        <v>3507</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2010-09-30</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
         </is>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L8" s="0"/>
+      <c r="L8" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-24</t>
+        </is>
+      </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3835</v>
+        <v>3541</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Steuergesetzes - neuntes Revisionspaket</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J9" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J9" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-21</t>
+        </is>
+      </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3939</v>
+        <v>3872</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J10" s="0"/>
+      <c r="J10" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>3507</v>
+        <v>3770</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3931</v>
+        <v>3905</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J12" s="0"/>
       <c r="K12" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t/>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>3541</v>
+        <v>1000</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J13" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J13" s="0"/>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L13" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L13" s="0"/>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3872</v>
+        <v>3995</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>3961</v>
+        <v>4003</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Budget 2026 und Finanzplan 2026–2029</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
-          <t>Direktüberweisung an die erweiterte Staatswirtschaftskommission (§ 17 GO KR).</t>
-[...2 lines deleted...]
-      <c r="J15" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J15" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskom. erweitert</t>
-[...2 lines deleted...]
-      <c r="L15" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="L15" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-10</t>
+        </is>
+      </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>3982</v>
+        <v>4022</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>Wahlen</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Feststellung der Gültigkeit der Wahl von Andreas Hausheer als Mitglied des Regierungsrats für den Rest der Amtsperiode 2023–2026</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
-          <t>Wahl: Feststellung Gültigkeit</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung der Wahl von Andreas Hausheer, Steinhausen</t>
-[...2 lines deleted...]
-      <c r="J16" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J16" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3770</v>
+        <v>3975</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
-[...2 lines deleted...]
-      <c r="J17" s="0"/>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J17" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-28</t>
+        </is>
+      </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-08-12</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3905</v>
+        <v>3977</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J18" s="0"/>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J18" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-08-13</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>1000</v>
+        <v>4026</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2003-01-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J19" s="0"/>
+      <c r="J19" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L19" s="0"/>
+      <c r="L19" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-27</t>
+        </is>
+      </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3834</v>
+        <v>3917</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über Standortentwicklung (GSE) - Umsetzung der OECD-Mindeststeuer</t>
+          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J20" s="0"/>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J20" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-22</t>
+        </is>
+      </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-04-29</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3951</v>
+        <v>4023</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3995</v>
+        <v>4029</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>4003</v>
+        <v>4025</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3975</v>
+        <v>4027</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3977</v>
+        <v>4000</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3917</v>
+        <v>4013</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3856</v>
+        <v>4001</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend  CO2 Bilanz des Kantons Zug als Verwaltungseinheit</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3916</v>
+        <v>4010</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Fristverlängerung bei Volksinitiativen</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-04-28</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>4000</v>
+        <v>3978</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-08-18</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Schumpf Etienne, Grond Flurin</t>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>4001</v>
+        <v>3968</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-02-28</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3967</v>
+        <v>4018</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend TARDOC – die Quittung zahlen die Frauen</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3940</v>
+        <v>3987</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3913</v>
+        <v>3591</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Frist erstreckt bis 30. September 2025</t>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-04-24</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3862</v>
+        <v>4019</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Barbara Gysel betreffend die Frage: Sind wir genügend vorbereitet auf Naturgefahren?</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>Gysel Barbara</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3897</v>
+        <v>3934</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Esther Monney, Patrik Kretz, Adrian Rogger und Brigitte Wenzin Widmer betreffend die Frage: Wie wird «lautgetreues Schreiben» an den Zuger Volksschulen umgesetzt?</t>
+          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-01-02</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-03-21</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Kretz Patrik, Rogger Adrian, Wenzin Widmer Brigitte</t>
+          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3978</v>
+        <v>3685</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+        </is>
+      </c>
+      <c r="J36" s="0"/>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t/>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3968</v>
+        <v>3949</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J37" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J37" s="0"/>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3907</v>
+        <v>3286</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J38" s="0"/>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t/>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3987</v>
+        <v>3285</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J39" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J39" s="0"/>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t/>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3936</v>
+        <v>3958</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J40" s="0"/>
       <c r="K40" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3591</v>
+        <v>3948</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-14</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J41" s="0"/>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3851</v>
+        <v>3899</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Tabea Estermann betreffend Meldungen aus der Bevölkerung zu Geldwäscherei im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J42" s="0"/>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2025-01-03</t>
+          <t>2025-03-25</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3934</v>
+        <v>3957</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J43" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J43" s="0"/>
       <c r="K43" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t/>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3685</v>
+        <v>3956</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+          <t/>
         </is>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3949</v>
+        <v>2291</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="inlineStr">
         <is>
-          <t>Kommission Raum Umwelt Verkehr</t>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3886</v>
+        <v>2024</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L46" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L46" s="0"/>
       <c r="M46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3286</v>
+        <v>2897</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3285</v>
+        <v>3656</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3958</v>
+        <v>2766</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3948</v>
+        <v>3281</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ZVB, 3948</t>
+          <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3899</v>
+        <v>3208</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
+</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3957</v>
+        <v>3592</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3956</v>
+        <v>3151</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>2291</v>
+        <v>3218</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2013-09-26</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2013-09-10</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>2024</v>
+        <v>3535</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2011-07-07</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L55" s="0"/>
+      <c r="L55" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>2897</v>
+        <v>3790</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2019-05-18</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2018-09-18</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3656</v>
+        <v>3148</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>2766</v>
+        <v>3534</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2018-01-25</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2017-07-11</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3281</v>
+        <v>4012</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3208</v>
+        <v>3594</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
-</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2021-03-09</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3592</v>
+        <v>3227</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
+</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3151</v>
+        <v>3595</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2020-10-27</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3218</v>
+        <v>2850</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3535</v>
+        <v>2940</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3790</v>
+        <v>2635</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3148</v>
+        <v>2640</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2020-10-20</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3534</v>
+        <v>3808</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L67" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L67" s="0"/>
       <c r="M67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3594</v>
+        <v>4014</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3227</v>
+        <v>3867</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
-</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2021-04-13</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N69" s="0"/>
+      <c r="N69" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3595</v>
+        <v>3888</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>2850</v>
+        <v>2855</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2018-11-06</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2018-03-20</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>2940</v>
+        <v>2336</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2019-02-19</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N72" s="0"/>
+      <c r="N72" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-02</t>
+        </is>
+      </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>2635</v>
+        <v>3439</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2017-03-10</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2016-06-07</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>2640</v>
+        <v>3480</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2017-03-30</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2016-06-21</t>
+          <t>2022-09-20</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3808</v>
+        <v>2655</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L75" s="0"/>
+      <c r="L75" s="0" t="inlineStr">
+        <is>
+          <t>2016-08-23</t>
+        </is>
+      </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3867</v>
+        <v>3866</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
         </is>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N76" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3888</v>
+        <v>3512</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3962</v>
+        <v>3129</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Genehmigung der Änderung der Geschäftsordnung des Verwaltungsgerichts (GO VG)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Verwaltungsgericht</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission erweitert</t>
+          <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>2855</v>
+        <v>3613</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2018-03-27</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3439</v>
+        <v>3743</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N80" s="0"/>
+      <c r="N80" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-06</t>
+        </is>
+      </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3480</v>
+        <v>3742</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N81" s="0"/>
+      <c r="N81" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-21</t>
+        </is>
+      </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>2655</v>
+        <v>3923</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2018-01-20</t>
+          <t>2025-09-05</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2016-08-23</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3866</v>
+        <v>3471</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3512</v>
+        <v>2212</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L84" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L84" s="0"/>
       <c r="M84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3129</v>
+        <v>3533</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2021-06-05</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2020-08-18</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3613</v>
+        <v>2885</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3743</v>
+        <v>3453</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N87" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3742</v>
+        <v>3165</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N88" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3923</v>
+        <v>2050</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L89" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L89" s="0"/>
       <c r="M89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3471</v>
+        <v>2501</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2015-03-31</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>2212</v>
+        <v>1977</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2013-08-29</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0"/>
       <c r="M91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3533</v>
+        <v>3569</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>2885</v>
+        <v>3950</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2019-02-20</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2018-07-03</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3453</v>
+        <v>1393</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L94" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L94" s="0"/>
       <c r="M94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3165</v>
+        <v>1251</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2021-08-21</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L95" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L95" s="0"/>
       <c r="M95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>2050</v>
+        <v>3767</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2012-05-03</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L96" s="0"/>
+      <c r="L96" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-09</t>
+        </is>
+      </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>2501</v>
+        <v>3887</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2016-04-09</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2015-03-31</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N97" s="0"/>
+      <c r="N97" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>1977</v>
+        <v>2310</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L98" s="0"/>
+      <c r="L98" s="0" t="inlineStr">
+        <is>
+          <t>2013-10-22</t>
+        </is>
+      </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3569</v>
+        <v>3479</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
+</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3950</v>
+        <v>4031</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Kleine Anfrage von Thomas Gander und Manuela Käch betreffend Strassenverkehrsunfälle auf dem Abschnitt Autobahnauffahrt Cham/Sins bis zur Kreuzung Sinserstrasse/Untermühlestrasse</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J100" s="0"/>
+      <c r="J100" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-01</t>
+        </is>
+      </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Käch Manuela, Gander Thomas</t>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>1393</v>
+        <v>3684</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2006-06-01</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J101" s="0"/>
+      <c r="J101" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-11</t>
+        </is>
+      </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L101" s="0"/>
+      <c r="L101" s="0" t="inlineStr">
+        <is>
+          <t>2024-02-23</t>
+        </is>
+      </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>1251</v>
+        <v>3683</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2005-02-24</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J102" s="0"/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J102" s="0" t="inlineStr">
+        <is>
+          <t>2027-04-11</t>
+        </is>
+      </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L102" s="0"/>
+      <c r="L102" s="0" t="inlineStr">
+        <is>
+          <t>2024-02-23</t>
+        </is>
+      </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3767</v>
+        <v>3667</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J103" s="0"/>
+      <c r="J103" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3887</v>
+        <v>3864</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J104" s="0"/>
+      <c r="J104" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>FDP</t>
+        </is>
+      </c>
+      <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>2310</v>
+        <v>3911</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2014-11-04</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
-[...2 lines deleted...]
-      <c r="J105" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J105" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-22</t>
+        </is>
+      </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>2013-10-22</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3479</v>
+        <v>3785</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
-</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J106" s="0"/>
+      <c r="J106" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-20</t>
+        </is>
+      </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2022-09-13</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>4005</v>
+        <v>3908</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Tabea Estermann und Jill Nussbaumer betreffend Einkommensaufteilung der Zuger Ehepaare</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J107" s="0"/>
+      <c r="J107" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-01</t>
+        </is>
+      </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Nussbaumer Jill</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3684</v>
+        <v>3802</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3683</v>
+        <v>3998</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3700</v>
+        <v>3646</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3667</v>
+        <v>3877</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J111" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3864</v>
+        <v>3495</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3911</v>
+        <v>3704</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3785</v>
+        <v>3941</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3908</v>
+        <v>3811</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2026-05-01</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3802</v>
+        <v>4030</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3998</v>
+        <v>3965</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3646</v>
+        <v>3733</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3877</v>
+        <v>3758</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
+          <t/>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3495</v>
+        <v>3990</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3704</v>
+        <v>3617</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3842</v>
+        <v>3792</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion der Stadtzuger Kantonsrätinnen und Kantonsräte (Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni) betreffend Dämpfung der finanziellen Belastung des Zuger Finanzausgleichs (ZFA) für die Stadt Zug </t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-11-08</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3870</v>
+        <v>1693</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2025-06-30</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3941</v>
+        <v>3778</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3811</v>
+        <v>282</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2030-12-31</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3871</v>
+        <v>3791</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3965</v>
+        <v>3861</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3733</v>
+        <v>3765</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3758</v>
+        <v>4015</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3990</v>
+        <v>3953</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3876</v>
+        <v>3732</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Motion von Alois Gössi, Philip C. Brunner, Tabea Estermann und Christian Hegglin betreffend Zuger Finanzausgleich Phase II</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>Gössi Alois, Brunner Philip C., Estermann Tabea, Hegglin Christian</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3617</v>
+        <v>3943</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3804</v>
+        <v>3858</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Mirjam Arnold, Klemens Iten, Christian Hegglin und Carina Brüngger betreffend Anspruch auf Prämienverbilligung automatisch prüfen und Beiträge direkt ausbezahlen</t>
+          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2026-01-30</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Arnold Mirjam, Iten Klemens, Hegglin Christian, Brüngger Carina</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3792</v>
+        <v>3992</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>Franzini Luzian, Yener Ronahi</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>1693</v>
+        <v>3889</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
-          <t>2025-06-30</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2008-06-13</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3778</v>
+        <v>3816</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J136" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>282</v>
+        <v>3283</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2030</t>
+          <t/>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>2030-12-31</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>1995-08-07</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3752</v>
+        <v>3248</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Motion von Drin Alaj betreffend Verbilligung ÖV-Tarife im Kanton Zug</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2024-06-19</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3791</v>
+        <v>3841</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3861</v>
+        <v>3544</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3765</v>
+        <v>3525</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3874</v>
+        <v>3844</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2024-11-24</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3953</v>
+        <v>3173</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2025</t>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2025-12-31</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2020-11-13</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>Andermatt Pirmin</t>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3846</v>
+        <v>4021</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Motion von Julia Küng, Klemens Iten, Simon Leuenberger, Ronahi Yener und Katharina Jans betreffend Schaffung eines öffentlich-rechtlichen Jugendparlaments im Kanton Zug</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J144" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2024-12-03</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Iten Klemens, Leuenberger Simon, Yener Ronahi, Jans Katharina</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3732</v>
+        <v>3726</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J145" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3943</v>
+        <v>3924</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J146" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3858</v>
+        <v>3932</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3992</v>
+        <v>3819</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3889</v>
+        <v>3993</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3816</v>
+        <v>3883</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3283</v>
+        <v>3433</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3248</v>
+        <v>3885</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3841</v>
+        <v>4020</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3544</v>
+        <v>3546</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3382</v>
+        <v>3584</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Arnold Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3525</v>
+        <v>3972</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J156" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3844</v>
+        <v>3826</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend einer gesetzlichen Frist für Bauanfragen</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J157" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3173</v>
+        <v>4008</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J158" s="0" t="inlineStr">
         <is>
-          <t>2025-12-31</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2020-11-13</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3855</v>
+        <v>4028</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J159" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3726</v>
+        <v>3532</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J160" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3845</v>
+        <v>3680</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Petition</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Petition «Endlich bezahlbarer Wohnraum für Zug!»</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...2 lines deleted...]
-      <c r="J161" s="0"/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J161" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-21</t>
+        </is>
+      </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2024-11-29</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3924</v>
+        <v>3735</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J162" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3932</v>
+        <v>3727</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J163" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3819</v>
+        <v>3974</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J164" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3993</v>
+        <v>3625</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3433</v>
+        <v>3351</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2026-03-29</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3885</v>
+        <v>3759</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J167" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3793</v>
+        <v>3963</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Massnahmen gegen die mentale Gesundheitskrise bei Kindern und Jugendlichen im Kanton Zug</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J168" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3546</v>
+        <v>3966</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J169" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3883</v>
+        <v>3488</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J170" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2027-02-28</t>
         </is>
       </c>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3584</v>
+        <v>3262</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J171" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3972</v>
+        <v>3602</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J172" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3920</v>
+        <v>3810</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend barrierefreien Zugang dank kantonaler digitaler Assistenz</t>
+          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H173" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert</t>
+        </is>
+      </c>
+      <c r="I173" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J173" s="0" t="inlineStr">
+        <is>
           <t>2025-10-31</t>
         </is>
       </c>
-      <c r="H173" s="0" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2025-05-03</t>
+          <t>2024-09-22</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3840</v>
+        <v>3938</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend flächendeckende Ladestationen für Elektrofahrzeuge auf Parkieranlagen von kantonalen Immobilien</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J174" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3826</v>
+        <v>3989</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J175" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3532</v>
+        <v>3755</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J176" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3859</v>
+        <v>3985</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J177" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3680</v>
+        <v>3942</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J178" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3735</v>
+        <v>3502</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J179" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3727</v>
+        <v>3562</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J180" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3974</v>
+        <v>3443</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3625</v>
+        <v>4016</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J182" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3351</v>
+        <v>3616</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
-          <t>2026-03-29</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3345</v>
+        <v>3880</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2021-12-09</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3759</v>
+        <v>3896</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J185" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-04-10</t>
         </is>
       </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3963</v>
+        <v>3999</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J186" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3966</v>
+        <v>4011</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J187" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3947</v>
+        <v>4006</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Lustenberger, Carina Brüngger und Hans Jörg Villiger betreffend Kürzungen bei J+S durch kantonale Beiträge auffangen</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J188" s="0" t="inlineStr">
         <is>
-          <t>2025-10-27</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2025-06-24</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Brüngger Carina, Villiger Hans Jörg</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3488</v>
+        <v>3354</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J189" s="0" t="inlineStr">
         <is>
-          <t>2027-02-28</t>
+          <t>2026-06-28</t>
         </is>
       </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3262</v>
+        <v>3930</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J190" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3602</v>
+        <v>3969</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3825</v>
+        <v>3869</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Haas betreffend Teilhabe der Menschen mit Beeinträchtigungen am finanziellen Erfolg des Kantons Zug</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J192" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2024-10-12</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>Haas Esther</t>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3810</v>
+        <v>3891</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J193" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3938</v>
+        <v>3910</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J194" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t/>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3989</v>
+        <v>3893</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3755</v>
+        <v>3579</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3985</v>
+        <v>3964</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3942</v>
+        <v>3734</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3502</v>
+        <v>3960</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J199" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3562</v>
+        <v>3621</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3443</v>
+        <v>3676</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3616</v>
+        <v>3929</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3880</v>
+        <v>3268</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3896</v>
+        <v>3320</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J204" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3999</v>
+        <v>3102</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
           <t>2025-10-30</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J205" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>4006</v>
+        <v>3988</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J206" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3354</v>
+        <v>3574</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3930</v>
+        <v>3971</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J208" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3969</v>
+        <v>3421</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2023-12-01</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2022-05-13</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3869</v>
+        <v>3827</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3891</v>
+        <v>3736</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J211" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3910</v>
+        <v>3364</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
         </is>
       </c>
       <c r="J212" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-09-27</t>
         </is>
       </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3893</v>
+        <v>3725</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3579</v>
+        <v>3260</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3964</v>
+        <v>3350</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3734</v>
+        <v>3921</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J216" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3960</v>
+        <v>3980</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J217" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J217" s="0"/>
       <c r="K217" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>3621</v>
+        <v>3628</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J218" s="0"/>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>3676</v>
+        <v>3996</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J219" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J219" s="0"/>
       <c r="K219" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t/>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>3929</v>
+        <v>3185</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J220" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J220" s="0"/>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t/>
         </is>
       </c>
       <c r="N220" s="0"/>
     </row>
     <row r="221">
       <c r="A221" s="0" t="n">
-        <v>3268</v>
+        <v>3652</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-09-01</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J221" s="0"/>
       <c r="K221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2023-12-12</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N221" s="0"/>
-[...1296 lines deleted...]
-      <c r="N241" s="0" t="inlineStr">
+      <c r="N221" s="0" t="inlineStr">
         <is>
           <t>2025-07-03</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>