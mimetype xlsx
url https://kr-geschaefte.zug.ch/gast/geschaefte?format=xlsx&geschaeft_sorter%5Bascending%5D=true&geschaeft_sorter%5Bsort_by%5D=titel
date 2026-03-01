--- v1 (2025-12-25)
+++ v2 (2026-03-01)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N221" totalsRowShown="0">
-  <autoFilter ref="A1:N221"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N233" totalsRowShown="0">
+  <autoFilter ref="A1:N233"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N221"/>
+  <dimension ref="A1:N233"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="120.78988764044945"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -612,815 +612,815 @@
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
         </is>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
           <t>2022-11-24</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3541</v>
+        <v>4061</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Berichts-Motion der Fraktion Die Mitte betreffend Regelung für den Heimfall von Energiekraftwerken an den Kanton Zug – Umsetzung der Eigenversorgung gemäss Energiegesetz</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3872</v>
+        <v>3541</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>3770</v>
+        <v>3872</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-12-10</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J11" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J11" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3905</v>
+        <v>3770</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>1000</v>
+        <v>3905</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2003-01-30</t>
+          <t>2026-01-15</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 30. April 2026</t>
         </is>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L13" s="0"/>
+      <c r="L13" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-08</t>
+        </is>
+      </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3995</v>
+        <v>1000</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J14" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J14" s="0"/>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L14" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L14" s="0"/>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>4003</v>
+        <v>4048</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Interpellation der ALG-Fraktion betreffend Anpassung des Unterrichtsbeginns für Jugendliche</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-01-23</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>4022</v>
+        <v>3995</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3975</v>
+        <v>4003</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3977</v>
+        <v>4038</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
+          <t>2026-01-29</t>
+        </is>
+      </c>
+      <c r="H18" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I18" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J18" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
+      <c r="K18" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L18" s="0" t="inlineStr">
+        <is>
           <t>2025-12-18</t>
-        </is>
-[...23 lines deleted...]
-          <t>2025-08-13</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>4026</v>
+        <v>4022</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
           <t>2026-06-18</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3917</v>
+        <v>4026</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
           <t>2025-12-18</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
         <v>4023</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
@@ -1454,12970 +1454,13750 @@
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
           <t>2026-06-18</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
           <t>2025-11-26</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>4029</v>
+        <v>4046</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>4025</v>
+        <v>4029</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
           <t>2025-12-18</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
           <t>2026-06-18</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
           <t>GLP</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>4027</v>
+        <v>4025</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
           <t>2026-06-18</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
           <t>GLP</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>4000</v>
+        <v>4027</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>4013</v>
+        <v>4000</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-11-02</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>4001</v>
+        <v>4059</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Interpellation der SP-Fraktion betreffend Auswirkungen bei einer allfälligen Annahme der SVP-Initiative «Keine 10-Millionen-Schweiz! (Nachhaltigkeits-Initiative)» auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>4010</v>
+        <v>4052</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
+          <t>Interpellation der SP-Fraktion betreffend die Frage: Ist die Pensionskasse Zug eine soziale Vermieterin?</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2026-02-01</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3978</v>
+        <v>4062</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Interpellation der SP-Fraktion betreffend Hertizentrum 2-5</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3968</v>
+        <v>4013</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>4018</v>
+        <v>4001</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-11-11</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3987</v>
+        <v>4043</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3591</v>
+        <v>4010</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>4019</v>
+        <v>4036</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-11-12</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3934</v>
+        <v>4035</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3685</v>
+        <v>4018</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J36" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J36" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-26</t>
+        </is>
+      </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3949</v>
+        <v>3987</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-12-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J37" s="0"/>
+      <c r="J37" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3286</v>
+        <v>4055</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Interpellation von Philip C. Brunner und neun Mitunterzeichnenden betreffend Sicherheit statt Unterwerfung – zieht der Kanton Zug beim «Tessiner Modell» zur Überprüfung straffälliger Zuwanderer nach?</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J38" s="0"/>
+      <c r="J38" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-26</t>
+        </is>
+      </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2026-02-03</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brunner Philip C., Ehrbar Alessandro, Haslimann Alexander, Illi Jeffrey, Küng Hans, Nussbaumer Karl, Villiger Hans Jörg, Wandfluh Oliver, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3285</v>
+        <v>4057</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Interpellation von Philip C. Brunner und Oliver Wandfluh betreffend «Stopp dem Vorstoss-Wildwuchs» - Mehr Übersicht, Klarheit und Effizienz in der Zuger Wohn- und Baupolitik!</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J39" s="0"/>
+      <c r="J39" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-26</t>
+        </is>
+      </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brunner Philip C., Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3958</v>
+        <v>3591</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J40" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J40" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-30</t>
+        </is>
+      </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3948</v>
+        <v>4019</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-11-14</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J41" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J41" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3899</v>
+        <v>3685</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
         </is>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3957</v>
+        <v>3949</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3956</v>
+        <v>3286</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>2291</v>
+        <v>3285</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2013-09-26</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2013-09-10</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>2024</v>
+        <v>3958</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2011-07-07</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="L46" s="0"/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
+        </is>
+      </c>
+      <c r="L46" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-08</t>
+        </is>
+      </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>2897</v>
+        <v>3948</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Ersatzbeschaffung und der Umrüstung der Fahrzeugflotte auf einen CO₂-neutralen Betrieb</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2019-05-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
         </is>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2018-09-18</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3656</v>
+        <v>3957</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>2766</v>
+        <v>3956</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2018-01-25</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2017-07-11</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3281</v>
+        <v>2897</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
+        <v>3656</v>
+      </c>
+      <c r="B51" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C51" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D51" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E51" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+        </is>
+      </c>
+      <c r="F51" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G51" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-12</t>
+        </is>
+      </c>
+      <c r="H51" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I51" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J51" s="0"/>
+      <c r="K51" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L51" s="0" t="inlineStr">
+        <is>
+          <t>2023-12-19</t>
+        </is>
+      </c>
+      <c r="M51" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N51" s="0"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="n">
+        <v>2766</v>
+      </c>
+      <c r="B52" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C52" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D52" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E52" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
+        </is>
+      </c>
+      <c r="F52" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G52" s="0" t="inlineStr">
+        <is>
+          <t>2018-01-25</t>
+        </is>
+      </c>
+      <c r="H52" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I52" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J52" s="0"/>
+      <c r="K52" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L52" s="0" t="inlineStr">
+        <is>
+          <t>2017-07-11</t>
+        </is>
+      </c>
+      <c r="M52" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N52" s="0"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="n">
+        <v>3281</v>
+      </c>
+      <c r="B53" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C53" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D53" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E53" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+        </is>
+      </c>
+      <c r="F53" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G53" s="0" t="inlineStr">
+        <is>
+          <t>2022-02-05</t>
+        </is>
+      </c>
+      <c r="H53" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I53" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J53" s="0"/>
+      <c r="K53" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L53" s="0" t="inlineStr">
+        <is>
+          <t>2021-08-17</t>
+        </is>
+      </c>
+      <c r="M53" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N53" s="0"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="n">
         <v>3208</v>
       </c>
-      <c r="B51" s="0" t="inlineStr">
+      <c r="B54" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C51" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E51" s="0" t="inlineStr">
+      <c r="C54" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D54" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E54" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
 </t>
         </is>
       </c>
-      <c r="F51" s="0" t="inlineStr">
-[...184 lines deleted...]
-      </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3535</v>
+        <v>3592</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3790</v>
+        <v>3151</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3148</v>
+        <v>3218</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2020-10-20</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3534</v>
+        <v>3535</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
           <t>2023-10-07</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
           <t>2023-02-28</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>4012</v>
+        <v>3790</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3594</v>
+        <v>3148</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
+        <v>3534</v>
+      </c>
+      <c r="B61" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C61" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D61" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E61" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+        </is>
+      </c>
+      <c r="F61" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G61" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H61" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I61" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J61" s="0"/>
+      <c r="K61" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L61" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M61" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N61" s="0"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="n">
+        <v>4012</v>
+      </c>
+      <c r="B62" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C62" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D62" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E62" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
+        </is>
+      </c>
+      <c r="F62" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G62" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-13</t>
+        </is>
+      </c>
+      <c r="H62" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert zur 1. Lesung</t>
+        </is>
+      </c>
+      <c r="I62" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J62" s="0"/>
+      <c r="K62" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L62" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-28</t>
+        </is>
+      </c>
+      <c r="M62" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N62" s="0"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="n">
+        <v>3594</v>
+      </c>
+      <c r="B63" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C63" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D63" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E63" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+        </is>
+      </c>
+      <c r="F63" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G63" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-07</t>
+        </is>
+      </c>
+      <c r="H63" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I63" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J63" s="0"/>
+      <c r="K63" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L63" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-11</t>
+        </is>
+      </c>
+      <c r="M63" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N63" s="0"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="n">
         <v>3227</v>
       </c>
-      <c r="B61" s="0" t="inlineStr">
+      <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C61" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E61" s="0" t="inlineStr">
+      <c r="C64" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D64" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E64" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
 </t>
         </is>
       </c>
-      <c r="F61" s="0" t="inlineStr">
+      <c r="F64" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G61" s="0" t="inlineStr">
+      <c r="G64" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
-        </is>
-[...184 lines deleted...]
-          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2019-02-19</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>2635</v>
+        <v>3595</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2017-03-10</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2016-06-07</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>2640</v>
+        <v>2291</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2017-03-30</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2016-06-21</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3808</v>
+        <v>2850</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L67" s="0"/>
+      <c r="L67" s="0" t="inlineStr">
+        <is>
+          <t>2018-03-20</t>
+        </is>
+      </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>4014</v>
+        <v>2940</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3867</v>
+        <v>2635</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N69" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3888</v>
+        <v>2640</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>2855</v>
+        <v>3808</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L71" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L71" s="0"/>
       <c r="M71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>2336</v>
+        <v>4014</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2014-11-08</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2013-12-17</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N72" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3439</v>
+        <v>2024</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L73" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L73" s="0"/>
       <c r="M73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3480</v>
+        <v>3867</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>2655</v>
+        <v>3888</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2018-01-20</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2016-08-23</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3866</v>
+        <v>2855</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3512</v>
+        <v>2336</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3129</v>
+        <v>3439</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2021-06-05</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2020-08-18</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3613</v>
+        <v>3480</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2022-09-20</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3743</v>
+        <v>2655</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N80" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3742</v>
+        <v>3866</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
         </is>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N81" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3923</v>
+        <v>3512</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3471</v>
+        <v>3129</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>2212</v>
+        <v>3613</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2013-08-29</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L84" s="0"/>
+      <c r="L84" s="0" t="inlineStr">
+        <is>
+          <t>2023-08-29</t>
+        </is>
+      </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
+        <v>3743</v>
+      </c>
+      <c r="B85" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C85" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D85" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E85" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+        </is>
+      </c>
+      <c r="F85" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G85" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-09</t>
+        </is>
+      </c>
+      <c r="H85" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I85" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J85" s="0"/>
+      <c r="K85" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L85" s="0" t="inlineStr">
+        <is>
+          <t>2024-06-04</t>
+        </is>
+      </c>
+      <c r="M85" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N85" s="0"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="0" t="n">
+        <v>3742</v>
+      </c>
+      <c r="B86" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C86" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D86" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E86" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+        </is>
+      </c>
+      <c r="F86" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G86" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-22</t>
+        </is>
+      </c>
+      <c r="H86" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I86" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J86" s="0"/>
+      <c r="K86" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L86" s="0" t="inlineStr">
+        <is>
+          <t>2024-06-04</t>
+        </is>
+      </c>
+      <c r="M86" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N86" s="0"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="0" t="n">
+        <v>3923</v>
+      </c>
+      <c r="B87" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C87" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D87" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E87" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+        </is>
+      </c>
+      <c r="F87" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G87" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-26</t>
+        </is>
+      </c>
+      <c r="H87" s="0" t="inlineStr">
+        <is>
+          <t>Referendumsfrist am Laufen</t>
+        </is>
+      </c>
+      <c r="I87" s="0" t="inlineStr">
+        <is>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
+        </is>
+      </c>
+      <c r="J87" s="0"/>
+      <c r="K87" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L87" s="0" t="inlineStr">
+        <is>
+          <t>2025-05-06</t>
+        </is>
+      </c>
+      <c r="M87" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N87" s="0"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="0" t="n">
+        <v>3471</v>
+      </c>
+      <c r="B88" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C88" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D88" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E88" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+        </is>
+      </c>
+      <c r="F88" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G88" s="0" t="inlineStr">
+        <is>
+          <t>2023-09-08</t>
+        </is>
+      </c>
+      <c r="H88" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I88" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J88" s="0"/>
+      <c r="K88" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L88" s="0" t="inlineStr">
+        <is>
+          <t>2022-08-23</t>
+        </is>
+      </c>
+      <c r="M88" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N88" s="0"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="0" t="n">
+        <v>2212</v>
+      </c>
+      <c r="B89" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C89" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D89" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E89" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+        </is>
+      </c>
+      <c r="F89" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G89" s="0" t="inlineStr">
+        <is>
+          <t>2013-08-29</t>
+        </is>
+      </c>
+      <c r="H89" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I89" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J89" s="0"/>
+      <c r="K89" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L89" s="0"/>
+      <c r="M89" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N89" s="0"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="0" t="n">
         <v>3533</v>
       </c>
-      <c r="B85" s="0" t="inlineStr">
+      <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C85" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E85" s="0" t="inlineStr">
+      <c r="C90" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D90" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E90" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
 </t>
         </is>
       </c>
-      <c r="F85" s="0" t="inlineStr">
+      <c r="F90" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
-      <c r="G85" s="0" t="inlineStr">
+      <c r="G90" s="0" t="inlineStr">
         <is>
           <t>2024-06-21</t>
-        </is>
-[...304 lines deleted...]
-          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2015-03-31</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>1977</v>
+        <v>2885</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L91" s="0"/>
+      <c r="L91" s="0" t="inlineStr">
+        <is>
+          <t>2018-07-03</t>
+        </is>
+      </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3569</v>
+        <v>3453</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3950</v>
+        <v>3165</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>1393</v>
+        <v>2050</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2006-06-01</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0"/>
       <c r="M94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>1251</v>
+        <v>2501</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2005-02-24</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L95" s="0"/>
+      <c r="L95" s="0" t="inlineStr">
+        <is>
+          <t>2015-03-31</t>
+        </is>
+      </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3767</v>
+        <v>1977</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L96" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L96" s="0"/>
       <c r="M96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3887</v>
+        <v>3569</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N97" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>2310</v>
+        <v>3950</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2014-11-04</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2013-10-22</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
+        <v>1393</v>
+      </c>
+      <c r="B99" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C99" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D99" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E99" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
+        </is>
+      </c>
+      <c r="F99" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G99" s="0" t="inlineStr">
+        <is>
+          <t>2006-06-01</t>
+        </is>
+      </c>
+      <c r="H99" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I99" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J99" s="0"/>
+      <c r="K99" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L99" s="0"/>
+      <c r="M99" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N99" s="0"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="0" t="n">
+        <v>1251</v>
+      </c>
+      <c r="B100" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C100" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D100" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E100" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
+        </is>
+      </c>
+      <c r="F100" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G100" s="0" t="inlineStr">
+        <is>
+          <t>2005-02-24</t>
+        </is>
+      </c>
+      <c r="H100" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I100" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J100" s="0"/>
+      <c r="K100" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L100" s="0"/>
+      <c r="M100" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N100" s="0"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="0" t="n">
+        <v>3767</v>
+      </c>
+      <c r="B101" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C101" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D101" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E101" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+        </is>
+      </c>
+      <c r="F101" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G101" s="0" t="inlineStr">
+        <is>
+          <t>2024-10-04</t>
+        </is>
+      </c>
+      <c r="H101" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I101" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J101" s="0"/>
+      <c r="K101" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L101" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-09</t>
+        </is>
+      </c>
+      <c r="M101" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N101" s="0"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="0" t="n">
+        <v>3887</v>
+      </c>
+      <c r="B102" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C102" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D102" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E102" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+        </is>
+      </c>
+      <c r="F102" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G102" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
+      <c r="H102" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I102" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J102" s="0"/>
+      <c r="K102" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L102" s="0" t="inlineStr">
+        <is>
+          <t>2025-02-25</t>
+        </is>
+      </c>
+      <c r="M102" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N102" s="0"/>
+    </row>
+    <row r="103">
+      <c r="A103" s="0" t="n">
+        <v>2310</v>
+      </c>
+      <c r="B103" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C103" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D103" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E103" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+        </is>
+      </c>
+      <c r="F103" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G103" s="0" t="inlineStr">
+        <is>
+          <t>2014-11-04</t>
+        </is>
+      </c>
+      <c r="H103" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I103" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J103" s="0"/>
+      <c r="K103" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L103" s="0" t="inlineStr">
+        <is>
+          <t>2013-10-22</t>
+        </is>
+      </c>
+      <c r="M103" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N103" s="0"/>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="n">
         <v>3479</v>
       </c>
-      <c r="B99" s="0" t="inlineStr">
+      <c r="B104" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C99" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E99" s="0" t="inlineStr">
+      <c r="C104" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D104" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E104" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
 </t>
         </is>
       </c>
-      <c r="F99" s="0" t="inlineStr">
+      <c r="F104" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G99" s="0" t="inlineStr">
+      <c r="G104" s="0" t="inlineStr">
         <is>
           <t>2023-06-06</t>
         </is>
       </c>
-      <c r="H99" s="0" t="inlineStr">
+      <c r="H104" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I99" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L99" s="0" t="inlineStr">
+      <c r="I104" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J104" s="0"/>
+      <c r="K104" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L104" s="0" t="inlineStr">
         <is>
           <t>2022-09-13</t>
         </is>
       </c>
-      <c r="M99" s="0" t="inlineStr">
-[...328 lines deleted...]
-      </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3911</v>
+        <v>4034</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J105" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J105" s="0"/>
       <c r="K105" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3785</v>
+        <v>4063</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Absage Nachtreffen Jugendpolittag</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2026-02-11</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2026-03-11</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2026-02-11</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3908</v>
+        <v>4049</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Auswirkungen der kantonalen Übernahme von 99 % der stationären Spitalkosten auf Notfallbehandlungen im Ausland</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J107" s="0" t="inlineStr">
         <is>
-          <t>2026-05-01</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2026-01-26</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
-[...2 lines deleted...]
-      <c r="N107" s="0"/>
+          <t>ALG</t>
+        </is>
+      </c>
+      <c r="N107" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3802</v>
+        <v>4058</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Kleine Anfrage von Anne Hänel, Erich Grob, Fabienne Michel, Jill Nussbaumer, Michèle Schmid und Hans Jörg Villiger betreffend Umsetzung Autoarmes Zentrum Cham (AAZ)</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-07</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-03-07</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2026-02-07</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Hänel Anne, Grob Erich, Michel Fabienne, Nussbaumer Jill, Schmid Michèle, Villiger Hans Jörg</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3998</v>
+        <v>4053</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Kleine Anfrage von Gregor Bruhin und Alessandro Ehrbar betreffend Einsatz des neuen Lehrmittels «Wie sicher sind wir?» zur Vermittlung von Armee- und Sicherheitswissen an Schulen im Kanton Zug</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-03-02</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
-[...2 lines deleted...]
-      <c r="N109" s="0"/>
+          <t>Bruhin Gregor, Ehrbar Alessandro</t>
+        </is>
+      </c>
+      <c r="N109" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3646</v>
+        <v>4056</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Kleine Anfrage von Michael Arnold betreffend Umsetzung Gesetz über Standortentwicklung</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2026-02-06</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2026-03-06</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2026-02-06</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3877</v>
+        <v>3684</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
-          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J111" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3495</v>
+        <v>3683</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3704</v>
+        <v>3667</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
           <t>2024-12-19</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
           <t>2027-12-19</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3941</v>
+        <v>3864</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3811</v>
+        <v>3911</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>4030</v>
+        <v>3785</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3965</v>
+        <v>4044</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3733</v>
+        <v>3802</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3758</v>
+        <v>3998</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3990</v>
+        <v>3646</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3617</v>
+        <v>3877</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3792</v>
+        <v>3495</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>1693</v>
+        <v>3704</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2025-06-30</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2008-06-13</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3778</v>
+        <v>4050</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Motion der SVP-Fraktion betreffend gemeinnützige Arbeitseinsätze für Asylsuchende und vorläufig Aufgenommene im Kanton Zug</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>282</v>
+        <v>3941</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2030</t>
+          <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2030-12-31</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>1995-08-07</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3791</v>
+        <v>3811</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3861</v>
+        <v>4030</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
           <t>2025-12-18</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3765</v>
+        <v>4054</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion der SVP-Fraktion betreffend Zug soll sicherster Kanton der Schweiz werden</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>4015</v>
+        <v>3965</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3953</v>
+        <v>3733</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3732</v>
+        <v>3758</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3943</v>
+        <v>3990</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3858</v>
+        <v>4060</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Motion von Alexander Haslimann betreffend befristete Überbrückungsmassnahmen des Kantons Zug bei bundesbedingten Verzögerungen der Auszahlung von Arbeitslosengeldern</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Fristverkürzung auf 2 Monate</t>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-04-26</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3992</v>
+        <v>3617</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3889</v>
+        <v>3792</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3816</v>
+        <v>1693</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J136" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2025-06-30</t>
         </is>
       </c>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3283</v>
+        <v>3778</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3248</v>
+        <v>282</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2030-12-31</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3841</v>
+        <v>3791</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3544</v>
+        <v>3861</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3525</v>
+        <v>3765</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3844</v>
+        <v>4015</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3173</v>
+        <v>3953</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
-          <t>2025-12-31</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2020-11-13</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>4021</v>
+        <v>3732</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J144" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3726</v>
+        <v>3943</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J145" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3924</v>
+        <v>3889</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J146" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3932</v>
+        <v>3816</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3819</v>
+        <v>3283</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3993</v>
+        <v>3248</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3883</v>
+        <v>3544</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3433</v>
+        <v>4051</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Motion von Mirjam Arnold, Thomas Gwerder, Hans Küng, Michael Riboni, Adrian Rogger, Barbara Schmid-Häseli und Oliver Wandfluh betreffend Kostenübernahme für medizinische Notfälle für Personen ohne Wohnsitz in der Schweiz</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Arnold Mirjam, Gwerder Thomas , Küng Hans, Riboni Michael, Rogger Adrian, Schmid-Häseli Barbara, Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3885</v>
+        <v>3525</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>4020</v>
+        <v>4021</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
           <t>2025-12-18</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
           <t>2026-12-18</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2025-11-17</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3546</v>
+        <v>3726</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3584</v>
+        <v>3932</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3972</v>
+        <v>3819</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J156" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3826</v>
+        <v>3993</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J157" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>4008</v>
+        <v>4039</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J158" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2025-10-24</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>4028</v>
+        <v>3433</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J159" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3532</v>
+        <v>3885</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J160" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2029-02-26</t>
         </is>
       </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3680</v>
+        <v>4020</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J161" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3735</v>
+        <v>3546</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J162" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3727</v>
+        <v>4047</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Postulat der FDP-Fraktion betreffend Sicherung des Gewerbestandorts durch zeitgemässe Regelungen für betriebseigenen Wohnraum in Arbeitszonen</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J163" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2026-01-14</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3974</v>
+        <v>3584</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J164" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3625</v>
+        <v>3972</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3351</v>
+        <v>3826</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
-          <t>2026-03-29</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3759</v>
+        <v>4008</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J167" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3963</v>
+        <v>4028</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J168" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3966</v>
+        <v>3532</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J169" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3488</v>
+        <v>3680</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J170" s="0" t="inlineStr">
         <is>
-          <t>2027-02-28</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3262</v>
+        <v>3735</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J171" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3602</v>
+        <v>3727</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J172" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3810</v>
+        <v>3974</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3938</v>
+        <v>3625</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J174" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t/>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3989</v>
+        <v>3351</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J175" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-03-29</t>
         </is>
       </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3755</v>
+        <v>3759</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J176" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3985</v>
+        <v>3963</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J177" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3942</v>
+        <v>3966</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J178" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3502</v>
+        <v>4037</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J179" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3562</v>
+        <v>3488</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J180" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2027-02-28</t>
         </is>
       </c>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3443</v>
+        <v>3262</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>4016</v>
+        <v>3602</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J182" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2025-11-06</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3616</v>
+        <v>3938</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3880</v>
+        <v>3989</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3896</v>
+        <v>3755</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J185" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3999</v>
+        <v>3985</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J186" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>4011</v>
+        <v>3942</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J187" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>4006</v>
+        <v>3502</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J188" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3354</v>
+        <v>3562</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben.</t>
+          <t/>
         </is>
       </c>
       <c r="J189" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3930</v>
+        <v>3443</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J190" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3969</v>
+        <v>4033</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3869</v>
+        <v>4016</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J192" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3891</v>
+        <v>3616</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J193" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3910</v>
+        <v>3880</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J194" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3893</v>
+        <v>4045</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3579</v>
+        <v>3896</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2026-04-10</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3964</v>
+        <v>4041</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3734</v>
+        <v>4042</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3960</v>
+        <v>3999</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J199" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3621</v>
+        <v>4011</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3676</v>
+        <v>3858</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Postulat von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug (Motion umgewandelt in ein Postulat)</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2029-02-26</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3929</v>
+        <v>4006</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3268</v>
+        <v>3354</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2026-06-28</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3320</v>
+        <v>3930</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J204" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3102</v>
+        <v>3969</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J205" s="0" t="inlineStr">
         <is>
-          <t>2026-12-31</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2020-05-12</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3988</v>
+        <v>3869</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
           <t>2025-10-02</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J206" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3574</v>
+        <v>3891</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3971</v>
+        <v>3910</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J208" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t/>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3421</v>
+        <v>3893</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3827</v>
+        <v>3579</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3736</v>
+        <v>3964</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J211" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3364</v>
+        <v>3734</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J212" s="0" t="inlineStr">
         <is>
-          <t>2026-09-27</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3725</v>
+        <v>3960</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
-          <t>2025-05-23</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3260</v>
+        <v>3621</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3350</v>
+        <v>3676</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben.</t>
+          <t/>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2021-12-16</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3921</v>
+        <v>3929</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J216" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3980</v>
+        <v>3268</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J217" s="0"/>
+      <c r="J217" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
       <c r="K217" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>3628</v>
+        <v>3320</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J218" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J218" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>3996</v>
+        <v>3102</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J219" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
+        </is>
+      </c>
+      <c r="J219" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-31</t>
+        </is>
+      </c>
       <c r="K219" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>3185</v>
+        <v>3988</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2024-01-26</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J220" s="0"/>
+      <c r="J220" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>2020-12-15</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N220" s="0"/>
     </row>
     <row r="221">
       <c r="A221" s="0" t="n">
-        <v>3652</v>
+        <v>3574</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C221" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E221" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+        </is>
+      </c>
+      <c r="F221" s="0" t="inlineStr">
+        <is>
+          <t>Sicherheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G221" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-23</t>
+        </is>
+      </c>
+      <c r="H221" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J221" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
+      <c r="K221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L221" s="0" t="inlineStr">
+        <is>
+          <t>2023-05-13</t>
+        </is>
+      </c>
+      <c r="M221" s="0" t="inlineStr">
+        <is>
+          <t>Leuenberger Simon</t>
+        </is>
+      </c>
+      <c r="N221" s="0"/>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="n">
+        <v>3971</v>
+      </c>
+      <c r="B222" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C222" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E222" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+        </is>
+      </c>
+      <c r="F222" s="0" t="inlineStr">
+        <is>
+          <t>Volkswirtschaftsdirektion</t>
+        </is>
+      </c>
+      <c r="G222" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-28</t>
+        </is>
+      </c>
+      <c r="H222" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J222" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
+      <c r="K222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L222" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-09</t>
+        </is>
+      </c>
+      <c r="M222" s="0" t="inlineStr">
+        <is>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+        </is>
+      </c>
+      <c r="N222" s="0"/>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="n">
+        <v>3827</v>
+      </c>
+      <c r="B223" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C223" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E223" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+        </is>
+      </c>
+      <c r="F223" s="0" t="inlineStr">
+        <is>
+          <t>Volkswirtschaftsdirektion</t>
+        </is>
+      </c>
+      <c r="G223" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-27</t>
+        </is>
+      </c>
+      <c r="H223" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J223" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
+      <c r="K223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L223" s="0" t="inlineStr">
+        <is>
+          <t>2024-10-14</t>
+        </is>
+      </c>
+      <c r="M223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N223" s="0"/>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="n">
+        <v>3736</v>
+      </c>
+      <c r="B224" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C224" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E224" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+        </is>
+      </c>
+      <c r="F224" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G224" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+      <c r="H224" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J224" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
+      <c r="K224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L224" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-21</t>
+        </is>
+      </c>
+      <c r="M224" s="0" t="inlineStr">
+        <is>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+        </is>
+      </c>
+      <c r="N224" s="0"/>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="n">
+        <v>3364</v>
+      </c>
+      <c r="B225" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C225" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E225" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+        </is>
+      </c>
+      <c r="F225" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G225" s="0" t="inlineStr">
+        <is>
+          <t>2023-09-28</t>
+        </is>
+      </c>
+      <c r="H225" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I225" s="0" t="inlineStr">
+        <is>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J225" s="0" t="inlineStr">
+        <is>
+          <t>2026-09-27</t>
+        </is>
+      </c>
+      <c r="K225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L225" s="0" t="inlineStr">
+        <is>
+          <t>2022-01-26</t>
+        </is>
+      </c>
+      <c r="M225" s="0" t="inlineStr">
+        <is>
+          <t>Röösli Patrick, Meierhans Thomas</t>
+        </is>
+      </c>
+      <c r="N225" s="0"/>
+    </row>
+    <row r="226">
+      <c r="A226" s="0" t="n">
+        <v>3725</v>
+      </c>
+      <c r="B226" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C226" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E226" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+        </is>
+      </c>
+      <c r="F226" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G226" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-23</t>
+        </is>
+      </c>
+      <c r="H226" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J226" s="0" t="inlineStr">
+        <is>
+          <t>2025-05-23</t>
+        </is>
+      </c>
+      <c r="K226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L226" s="0" t="inlineStr">
+        <is>
+          <t>2024-04-29</t>
+        </is>
+      </c>
+      <c r="M226" s="0" t="inlineStr">
+        <is>
+          <t>Werner Thomas</t>
+        </is>
+      </c>
+      <c r="N226" s="0"/>
+    </row>
+    <row r="227">
+      <c r="A227" s="0" t="n">
+        <v>3260</v>
+      </c>
+      <c r="B227" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C227" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E227" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+        </is>
+      </c>
+      <c r="F227" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G227" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-10</t>
+        </is>
+      </c>
+      <c r="H227" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J227" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
+      <c r="K227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L227" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-08</t>
+        </is>
+      </c>
+      <c r="M227" s="0" t="inlineStr">
+        <is>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+        </is>
+      </c>
+      <c r="N227" s="0"/>
+    </row>
+    <row r="228">
+      <c r="A228" s="0" t="n">
+        <v>3350</v>
+      </c>
+      <c r="B228" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C228" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E228" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+        </is>
+      </c>
+      <c r="F228" s="0" t="inlineStr">
+        <is>
+          <t>Büro des Kantonsrats</t>
+        </is>
+      </c>
+      <c r="G228" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I228" s="0" t="inlineStr">
+        <is>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J228" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="K228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L228" s="0" t="inlineStr">
+        <is>
+          <t>2021-12-16</t>
+        </is>
+      </c>
+      <c r="M228" s="0" t="inlineStr">
+        <is>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
+        </is>
+      </c>
+      <c r="N228" s="0"/>
+    </row>
+    <row r="229">
+      <c r="A229" s="0" t="n">
+        <v>3921</v>
+      </c>
+      <c r="B229" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C229" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E229" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+        </is>
+      </c>
+      <c r="F229" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G229" s="0" t="inlineStr">
+        <is>
+          <t>2025-05-22</t>
+        </is>
+      </c>
+      <c r="H229" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J229" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-22</t>
+        </is>
+      </c>
+      <c r="K229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L229" s="0" t="inlineStr">
+        <is>
+          <t>2025-05-05</t>
+        </is>
+      </c>
+      <c r="M229" s="0" t="inlineStr">
+        <is>
+          <t>Straub Vroni</t>
+        </is>
+      </c>
+      <c r="N229" s="0"/>
+    </row>
+    <row r="230">
+      <c r="A230" s="0" t="n">
+        <v>3980</v>
+      </c>
+      <c r="B230" s="0" t="inlineStr">
+        <is>
           <t>Gesetz</t>
         </is>
       </c>
-      <c r="C221" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="F221" s="0" t="inlineStr">
+      <c r="C230" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E230" s="0" t="inlineStr">
+        <is>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+        </is>
+      </c>
+      <c r="F230" s="0" t="inlineStr">
+        <is>
+          <t>Sicherheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G230" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-02</t>
+        </is>
+      </c>
+      <c r="H230" s="0" t="inlineStr">
+        <is>
+          <t>Kommission bestellt</t>
+        </is>
+      </c>
+      <c r="I230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J230" s="0"/>
+      <c r="K230" s="0" t="inlineStr">
+        <is>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+        </is>
+      </c>
+      <c r="L230" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-19</t>
+        </is>
+      </c>
+      <c r="M230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N230" s="0"/>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="n">
+        <v>3628</v>
+      </c>
+      <c r="B231" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C231" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E231" s="0" t="inlineStr">
+        <is>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+        </is>
+      </c>
+      <c r="F231" s="0" t="inlineStr">
+        <is>
+          <t>Sicherheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G231" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-26</t>
+        </is>
+      </c>
+      <c r="H231" s="0" t="inlineStr">
+        <is>
+          <t>Inkrafttreten</t>
+        </is>
+      </c>
+      <c r="I231" s="0" t="inlineStr">
+        <is>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J231" s="0"/>
+      <c r="K231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L231" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-24</t>
+        </is>
+      </c>
+      <c r="M231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N231" s="0"/>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="n">
+        <v>3996</v>
+      </c>
+      <c r="B232" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C232" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E232" s="0" t="inlineStr">
+        <is>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+        </is>
+      </c>
+      <c r="F232" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
-      <c r="G221" s="0" t="inlineStr">
-[...34 lines deleted...]
-      </c>
+      <c r="G232" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-02</t>
+        </is>
+      </c>
+      <c r="H232" s="0" t="inlineStr">
+        <is>
+          <t>Kommission bestellt</t>
+        </is>
+      </c>
+      <c r="I232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J232" s="0"/>
+      <c r="K232" s="0" t="inlineStr">
+        <is>
+          <t>Kommission Gesundheit und Soziales</t>
+        </is>
+      </c>
+      <c r="L232" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-16</t>
+        </is>
+      </c>
+      <c r="M232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N232" s="0"/>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="n">
+        <v>3185</v>
+      </c>
+      <c r="B233" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C233" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E233" s="0" t="inlineStr">
+        <is>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
+        </is>
+      </c>
+      <c r="F233" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G233" s="0" t="inlineStr">
+        <is>
+          <t>2024-01-26</t>
+        </is>
+      </c>
+      <c r="H233" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J233" s="0"/>
+      <c r="K233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L233" s="0" t="inlineStr">
+        <is>
+          <t>2020-12-15</t>
+        </is>
+      </c>
+      <c r="M233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N233" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>