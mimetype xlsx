--- v0 (2025-10-29)
+++ v1 (2025-12-21)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N255" totalsRowShown="0">
-  <autoFilter ref="A1:N255"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N221" totalsRowShown="0">
+  <autoFilter ref="A1:N221"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N255"/>
+  <dimension ref="A1:N221"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="216.48988764044944"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -189,5452 +189,5504 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>4006</v>
+        <v>4031</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Kleine Anfrage von Thomas Gander und Manuela Käch betreffend Strassenverkehrsunfälle auf dem Abschnitt Autobahnauffahrt Cham/Sins bis zur Kreuzung Sinserstrasse/Untermühlestrasse</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J2" s="0"/>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-01</t>
+        </is>
+      </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t>Käch Manuela, Gander Thomas</t>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>4005</v>
+        <v>4030</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Tabea Estermann und Jill Nussbaumer betreffend Einkommensaufteilung der Zuger Ehepaare</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J3" s="0"/>
+      <c r="J3" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Nussbaumer Jill</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>4004</v>
+        <v>4029</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Beitrag an die humanitäre Hilfe im Gazastreifen</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J4" s="0"/>
+      <c r="J4" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>4003</v>
+        <v>4028</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J5" s="0"/>
+      <c r="J5" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>4002</v>
+        <v>4027</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend humanitäre Hilfe für Gaza</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J6" s="0"/>
+      <c r="J6" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>4001</v>
+        <v>4026</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J7" s="0"/>
+      <c r="J7" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>4000</v>
+        <v>4025</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J8" s="0"/>
+      <c r="J8" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3999</v>
+        <v>4023</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J9" s="0"/>
+      <c r="J9" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3998</v>
+        <v>4022</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J10" s="0"/>
+      <c r="J10" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>3996</v>
+        <v>4021</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J11" s="0"/>
+      <c r="J11" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3995</v>
+        <v>4020</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>3994</v>
+        <v>4019</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J13" s="0"/>
+      <c r="J13" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3993</v>
+        <v>4018</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>3992</v>
+        <v>4016</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>3990</v>
+        <v>4015</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3989</v>
+        <v>4014</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J17" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J17" s="0"/>
       <c r="K17" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t/>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3988</v>
+        <v>4013</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3987</v>
+        <v>4012</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J19" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J19" s="0"/>
       <c r="K19" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t/>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3985</v>
+        <v>4011</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3982</v>
+        <v>4010</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>Wahlen</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Feststellung der Gültigkeit der Wahl von Andreas Hausheer als Mitglied des Regierungsrats für den Rest der Amtsperiode 2023–2026</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>Wahl: Feststellung Gültigkeit</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung der Wahl von Andreas Hausheer, Steinhausen</t>
-[...2 lines deleted...]
-      <c r="J21" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J21" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-26</t>
+        </is>
+      </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3980</v>
+        <v>4008</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J22" s="0"/>
+      <c r="J22" s="0" t="inlineStr">
+        <is>
+          <t>2026-11-26</t>
+        </is>
+      </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3978</v>
+        <v>4006</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3977</v>
+        <v>4003</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3975</v>
+        <v>4001</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3974</v>
+        <v>4000</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3972</v>
+        <v>3999</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3971</v>
+        <v>3998</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3969</v>
+        <v>3996</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J29" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J29" s="0"/>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3968</v>
+        <v>3995</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3967</v>
+        <v>3994</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend TARDOC – die Quittung zahlen die Frauen</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J31" s="0"/>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3966</v>
+        <v>3993</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3965</v>
+        <v>3992</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Franzini Luzian, Yener Ronahi</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3964</v>
+        <v>3990</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3963</v>
+        <v>3989</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3962</v>
+        <v>3988</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Genehmigung der Änderung der Geschäftsordnung des Verwaltungsgerichts (GO VG)</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Verwaltungsgericht</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J36" s="0"/>
+      <c r="J36" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission erweitert</t>
+          <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3961</v>
+        <v>3987</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Budget 2026 und Finanzplan 2026–2029</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
           <t>2025-10-02</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
-          <t>Direktüberweisung an die erweiterte Staatswirtschaftskommission (§ 17 GO KR).</t>
-[...2 lines deleted...]
-      <c r="J37" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J37" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskom. erweitert</t>
-[...2 lines deleted...]
-      <c r="L37" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="L37" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-02</t>
+        </is>
+      </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3960</v>
+        <v>3985</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3958</v>
+        <v>3980</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3957</v>
+        <v>3978</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J40" s="0"/>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J40" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-08-18</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schumpf Etienne, Grond Flurin</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3956</v>
+        <v>3977</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J41" s="0"/>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J41" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-08-13</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3953</v>
+        <v>3975</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-02-28</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-08-12</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3951</v>
+        <v>3974</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J43" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3950</v>
+        <v>3972</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J44" s="0"/>
+      <c r="J44" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3949</v>
+        <v>3971</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J45" s="0"/>
+      <c r="J45" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
-          <t>Kommission Raum Umwelt Verkehr</t>
+          <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3948</v>
+        <v>3969</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J46" s="0"/>
+      <c r="J46" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ZVB, 3948</t>
+          <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3947</v>
+        <v>3968</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Lustenberger, Carina Brüngger und Hans Jörg Villiger betreffend Kürzungen bei J+S durch kantonale Beiträge auffangen</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>2025-10-27</t>
+          <t>2026-02-28</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2025-06-24</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Brüngger Carina, Villiger Hans Jörg</t>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3943</v>
+        <v>3966</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3942</v>
+        <v>3965</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3941</v>
+        <v>3964</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J50" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3940</v>
+        <v>3963</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3939</v>
+        <v>3960</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J52" s="0"/>
+      <c r="J52" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3938</v>
+        <v>3958</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J53" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J53" s="0"/>
       <c r="K53" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t/>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3936</v>
+        <v>3957</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J54" s="0"/>
       <c r="K54" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3934</v>
+        <v>3956</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J55" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J55" s="0"/>
       <c r="K55" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t/>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3932</v>
+        <v>3953</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3931</v>
+        <v>3950</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J57" s="0"/>
       <c r="K57" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t/>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3930</v>
+        <v>3949</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-12-26</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Inkrafttreten am xx.xx.2025Aufnahme in GS 2025/xxx; BGS 711.31 / 711.32</t>
+        </is>
+      </c>
+      <c r="J58" s="0"/>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3929</v>
+        <v>3948</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-14</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J59" s="0"/>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t/>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3924</v>
+        <v>3943</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3923</v>
+        <v>3942</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...2 lines deleted...]
-      <c r="J61" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J61" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3921</v>
+        <v>3941</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3920</v>
+        <v>3939</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend barrierefreien Zugang dank kantonaler digitaler Assistenz</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J63" s="0"/>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2025-05-03</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3918</v>
+        <v>3938</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Zwischenbericht zu den per Ende März 2025 zur Berichterstattung fälligen parlamentarischen Vorstössen</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-05-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...2 lines deleted...]
-      <c r="J64" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J64" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3917</v>
+        <v>3934</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-01-02</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3916</v>
+        <v>3932</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Fristverlängerung bei Volksinitiativen</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-04-28</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3913</v>
+        <v>3930</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-04-24</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3911</v>
+        <v>3929</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3910</v>
+        <v>3924</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
           <t>2026-05-22</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3908</v>
+        <v>3923</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-09-05</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J70" s="0"/>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3907</v>
+        <v>3921</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>2025-11-01</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3905</v>
+        <v>3917</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J72" s="0"/>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J72" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-22</t>
+        </is>
+      </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-04-29</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3899</v>
+        <v>3911</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 2. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...2 lines deleted...]
-      <c r="J73" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J73" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-22</t>
+        </is>
+      </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3897</v>
+        <v>3910</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Esther Monney, Patrik Kretz, Adrian Rogger und Brigitte Wenzin Widmer betreffend die Frage: Wie wird «lautgetreues Schreiben» an den Zuger Volksschulen umgesetzt?</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2025-03-21</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Kretz Patrik, Rogger Adrian, Wenzin Widmer Brigitte</t>
+          <t/>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3896</v>
+        <v>3908</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2026-05-01</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3895</v>
+        <v>3905</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der Fraktion Alternative - die Grünen betreffend extremes Papier der Zentralschweizer Finanzdirektoren:innen</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J76" s="0"/>
       <c r="K76" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-03-11</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3893</v>
+        <v>3899</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J77" s="0"/>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-03-25</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t/>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3891</v>
+        <v>3896</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-04-10</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3889</v>
+        <v>3893</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3888</v>
+        <v>3891</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J80" s="0"/>
+      <c r="J80" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3887</v>
+        <v>3889</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J81" s="0"/>
+      <c r="J81" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+        </is>
+      </c>
+      <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3886</v>
+        <v>3888</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
           <t>2025-02-25</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3885</v>
+        <v>3887</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J83" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J83" s="0"/>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
-[...2 lines deleted...]
-      <c r="N83" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N83" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3884</v>
+        <v>3885</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Michael Riboni, Adrian Rogger und Karl Bürgler betreffend Zivilstandsämter des Kantons Zug</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>2025-09-27</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
           <t>2025-02-21</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Riboni Michael, Rogger Adrian, Bürgler Karl</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
         <v>3883</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
           <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
           <t>2025-02-18</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
@@ -5712,10881 +5764,8660 @@
           <t>Motion</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
           <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t/>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
           <t>2025-02-04</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3876</v>
+        <v>3872</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Motion von Alois Gössi, Philip C. Brunner, Tabea Estermann und Christian Hegglin betreffend Zuger Finanzausgleich Phase II</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>Gössi Alois, Brunner Philip C., Estermann Tabea, Hegglin Christian</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3874</v>
+        <v>3869</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3872</v>
+        <v>3867</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J90" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J90" s="0"/>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
-[...2 lines deleted...]
-      <c r="N90" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N90" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3871</v>
+        <v>3866</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="J91" s="0"/>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3870</v>
+        <v>3864</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3869</v>
+        <v>3861</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3867</v>
+        <v>3858</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J94" s="0"/>
+      <c r="J94" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-30</t>
+        </is>
+      </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+        </is>
+      </c>
+      <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3866</v>
+        <v>3844</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
-[...2 lines deleted...]
-      <c r="J95" s="0"/>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J95" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-19</t>
+        </is>
+      </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2024-11-24</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3864</v>
+        <v>3841</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3862</v>
+        <v>3827</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Barbara Gysel betreffend die Frage: Sind wir genügend vorbereitet auf Naturgefahren?</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>Gysel Barbara</t>
+          <t/>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3861</v>
+        <v>3826</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3859</v>
+        <v>3819</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3858</v>
+        <v>3816</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3856</v>
+        <v>3811</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend  CO2 Bilanz des Kantons Zug als Verwaltungseinheit</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3855</v>
+        <v>3810</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2025-10-31</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-09-22</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3851</v>
+        <v>3808</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Tabea Estermann betreffend Meldungen aus der Bevölkerung zu Geldwäscherei im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J103" s="0"/>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L103" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L103" s="0"/>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3846</v>
+        <v>3802</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Motion von Julia Küng, Klemens Iten, Simon Leuenberger, Ronahi Yener und Katharina Jans betreffend Schaffung eines öffentlich-rechtlichen Jugendparlaments im Kanton Zug</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-12-03</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Iten Klemens, Leuenberger Simon, Yener Ronahi, Jans Katharina</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3845</v>
+        <v>3799</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Petition</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Petition «Endlich bezahlbarer Wohnraum für Zug!»</t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
         </is>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>2024-11-29</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3844</v>
+        <v>3792</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend einer gesetzlichen Frist für Bauanfragen</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3842</v>
+        <v>3791</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Motion der Stadtzuger Kantonsrätinnen und Kantonsräte (Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni) betreffend Dämpfung der finanziellen Belastung des Zuger Finanzausgleichs (ZFA) für die Stadt Zug </t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J107" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-11-08</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3841</v>
+        <v>3790</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J108" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J108" s="0"/>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3840</v>
+        <v>3785</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend flächendeckende Ladestationen für Elektrofahrzeuge auf Parkieranlagen von kantonalen Immobilien</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3837</v>
+        <v>3778</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes betreffend die Einführung des Schweizerischen Zivilgesetzbuches für den Kanton Zug (EG ZGB) sowie des Gesetzes über das Gesundheitswesen im Kanton Zug (Gesundheitsgesetz; GesG)</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Obergericht, Verwaltungsgericht</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-07-09</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am 11. Juli 2025Aufnahme in GS 2025/025; BGS 211.1 / 821.1</t>
-[...2 lines deleted...]
-      <c r="J110" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J110" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-26</t>
+        </is>
+      </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-10-23</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3835</v>
+        <v>3770</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Steuergesetzes - neuntes Revisionspaket</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3834</v>
+        <v>3767</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über Standortentwicklung (GSE) - Umsetzung der OECD-Mindeststeuer</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3833</v>
+        <v>3765</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Zuger Pensionskasse (PKG)</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 3. November 2025</t>
-[...2 lines deleted...]
-      <c r="J113" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J113" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3832</v>
+        <v>3759</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Entschädigung der nebenamtlichen Behördenmitglieder (Nebenamtsgesetz) sowie Teilrevision des Kantonsratsbeschlusses über die Entschädigung der Fraktionen des Kantonsrats 
-</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 3. November 2025</t>
-[...2 lines deleted...]
-      <c r="J114" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J114" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3829</v>
+        <v>3758</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Alternative - die Grünen betreffend Schaffung einer gesetzlichen Grundlage für Entwicklungszusammenarbeit</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-10-15</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3827</v>
+        <v>3755</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3826</v>
+        <v>3743</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J117" s="0"/>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
-[...2 lines deleted...]
-      <c r="N117" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N117" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-06</t>
+        </is>
+      </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3825</v>
+        <v>3742</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Haas betreffend Teilhabe der Menschen mit Beeinträchtigungen am finanziellen Erfolg des Kantons Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J118" s="0"/>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2024-10-12</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>Haas Esther</t>
-[...2 lines deleted...]
-      <c r="N118" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N118" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-21</t>
+        </is>
+      </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3823</v>
+        <v>3736</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion und von Patrick Röösli betreffend CO2-Abscheidung und Recyclingbeton</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2024-10-10</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>GLP, Röösli Patrick</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3819</v>
+        <v>3735</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3816</v>
+        <v>3734</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3814</v>
+        <v>3733</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Einführung eines Zuger bezahlten Elternurlaubs von 8 Wochen</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3811</v>
+        <v>3732</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3810</v>
+        <v>3727</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3808</v>
+        <v>3726</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J125" s="0"/>
+      <c r="J125" s="0" t="inlineStr">
+        <is>
+          <t>2028-07-03</t>
+        </is>
+      </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L125" s="0"/>
+      <c r="L125" s="0" t="inlineStr">
+        <is>
+          <t>2024-04-30</t>
+        </is>
+      </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3806</v>
+        <v>3725</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Sicherheit bei Asylunterkünften</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2024-09-15</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3804</v>
+        <v>3704</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Mirjam Arnold, Klemens Iten, Christian Hegglin und Carina Brüngger betreffend Anspruch auf Prämienverbilligung automatisch prüfen und Beiträge direkt ausbezahlen</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Arnold Mirjam, Iten Klemens, Hegglin Christian, Brüngger Carina</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3802</v>
+        <v>3685</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+        </is>
+      </c>
+      <c r="J128" s="0"/>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3799</v>
+        <v>3684</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) Volksabstimmung am 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J129" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J129" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-11</t>
+        </is>
+      </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3793</v>
+        <v>3683</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Massnahmen gegen die mentale Gesundheitskrise bei Kindern und Jugendlichen im Kanton Zug</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3792</v>
+        <v>3680</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3791</v>
+        <v>3676</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3790</v>
+        <v>3667</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J133" s="0"/>
+      <c r="J133" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3785</v>
+        <v>3656</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J134" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J134" s="0"/>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3779</v>
+        <v>3652</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Förderung der ambulanten Pflege</t>
+          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-09-01</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J135" s="0"/>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2024-08-09</t>
+          <t>2023-12-12</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
-[...2 lines deleted...]
-      <c r="N135" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N135" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3778</v>
+        <v>3646</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J136" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3770</v>
+        <v>3628</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3767</v>
+        <v>3625</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J138" s="0"/>
+      <c r="J138" s="0" t="inlineStr">
+        <is>
+          <t>2028-07-03</t>
+        </is>
+      </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3765</v>
+        <v>3621</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3762</v>
+        <v>3617</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t> Motion von Drin Alaj, Alois Gössi, Barbara Gysel, Tabea Estermann, Christian Hegglin, Beat Iten, Julia Küng, Andreas Lustenberger, Thomas Meierhans, Jean Luc Mösch, Michèle Schuler, Rupan Sivaganesan und Ronahi Yener betreffend finanzielle Unterstützung für Unwettergeschädigte in Tessin, Wallis und Graubünden</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gössi Alois, Gysel Barbara, Estermann Tabea, Hegglin Christian, Iten Beat, Küng Julia, Lustenberger Andreas, Meierhans Thomas, Mösch Jean Luc, Schmid Michèle, Sivaganesan Rupan, Yener Ronahi</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3761</v>
+        <v>3616</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Philip C. Brunner, Tabea Estermann, Thomas Gander, Alois Gössi, Barbara Gysel, Christian Hegglin, Beat Iten, Julia Küng, Andreas Lustenberger, Thomas Meierhans, Esther Monney, Jean Luc Mösch, Emil Schweizer, Michèle Schuler, Rupan Sivaganesan, Thomas Werner, Raphael Wiser und Ronahi Yener betreffend Soforthilfe für Unwettergeschädigte im Tessin, Wallis und in Graubünden</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Brunner Philip C., Estermann Tabea, Gander Thomas, Gössi Alois, Gysel Barbara, Hegglin Christian, Iten Beat, Küng Julia, Lustenberger Andreas, Meierhans Thomas, Monney Esther, Mösch Jean Luc, Schweizer Emil, Schmid Michèle, Sivaganesan Rupan, Werner Thomas, Wiser  Raphael, Yener Ronahi</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3760</v>
+        <v>3613</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Phosphorrückgewinnung aus dem Zugersee</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J142" s="0"/>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3759</v>
+        <v>3602</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3758</v>
+        <v>3595</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J144" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J144" s="0"/>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3755</v>
+        <v>3594</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J145" s="0"/>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t/>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3752</v>
+        <v>3592</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Motion von Drin Alaj betreffend Verbilligung ÖV-Tarife im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J146" s="0"/>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2024-06-19</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin</t>
+          <t/>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3748</v>
+        <v>3591</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Keine Subventionierung der Work-Life-Balance Einzelner</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Frist erstreckt bis 30. September 2025</t>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2024-06-16</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3743</v>
+        <v>3584</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J148" s="0"/>
+      <c r="J148" s="0" t="inlineStr">
+        <is>
+          <t>2027-09-26</t>
+        </is>
+      </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Die Mitte</t>
+        </is>
+      </c>
+      <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3742</v>
+        <v>3579</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J149" s="0"/>
+      <c r="J149" s="0" t="inlineStr">
+        <is>
+          <t>2027-07-04</t>
+        </is>
+      </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+        </is>
+      </c>
+      <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3736</v>
+        <v>3574</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3735</v>
+        <v>3569</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J151" s="0"/>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3734</v>
+        <v>3562</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3733</v>
+        <v>3546</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3732</v>
+        <v>3544</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3727</v>
+        <v>3541</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3726</v>
+        <v>3535</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J156" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J156" s="0"/>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3725</v>
+        <v>3534</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J157" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J157" s="0"/>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3704</v>
+        <v>3533</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J158" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J158" s="0"/>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3700</v>
+        <v>3532</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J159" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3685</v>
+        <v>3525</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J160" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J160" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3684</v>
+        <v>3512</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J161" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J161" s="0"/>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3683</v>
+        <v>3507</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+        </is>
+      </c>
+      <c r="J162" s="0"/>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3680</v>
+        <v>3502</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J163" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3676</v>
+        <v>3495</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J164" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3667</v>
+        <v>3488</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2027-02-28</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3656</v>
+        <v>3480</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2022-09-20</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3652</v>
+        <v>3479</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
+</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N167" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3646</v>
+        <v>3471</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J168" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J168" s="0"/>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3628</v>
+        <v>3453</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3625</v>
+        <v>3443</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J170" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3621</v>
+        <v>3439</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J171" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J171" s="0"/>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3617</v>
+        <v>3433</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J172" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3616</v>
+        <v>3421</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2023-12-01</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2022-05-13</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3613</v>
+        <v>3364</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J174" s="0"/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J174" s="0" t="inlineStr">
+        <is>
+          <t>2026-09-27</t>
+        </is>
+      </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3602</v>
+        <v>3354</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J175" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2026-06-28</t>
         </is>
       </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3595</v>
+        <v>3351</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J176" s="0"/>
+      <c r="J176" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3594</v>
+        <v>3350</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J177" s="0"/>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J177" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3592</v>
+        <v>3320</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J178" s="0"/>
+      <c r="J178" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3591</v>
+        <v>3286</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31.08.2024</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J179" s="0"/>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3584</v>
+        <v>3285</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J180" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J180" s="0"/>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3579</v>
+        <v>3283</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3574</v>
+        <v>3281</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J182" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J182" s="0"/>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3569</v>
+        <v>3268</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J183" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J183" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3562</v>
+        <v>3262</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3546</v>
+        <v>3260</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J185" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3544</v>
+        <v>3248</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J186" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3541</v>
+        <v>3227</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
+</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J187" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J187" s="0"/>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3535</v>
+        <v>3218</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3534</v>
+        <v>3208</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
+</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3533</v>
+        <v>3185</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3532</v>
+        <v>3173</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2025</t>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2025-12-31</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2020-11-13</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Andermatt Pirmin</t>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3525</v>
+        <v>3165</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J192" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J192" s="0"/>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t/>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3512</v>
+        <v>3151</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3507</v>
+        <v>3148</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2025-05-14</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 3. und 4. Quartal 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3502</v>
+        <v>3129</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J195" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J195" s="0"/>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t/>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3495</v>
+        <v>3102</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3488</v>
+        <v>2940</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J197" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J197" s="0"/>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3480</v>
+        <v>2897</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3479</v>
+        <v>2885</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
-</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2022-09-13</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3471</v>
+        <v>2855</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3453</v>
+        <v>2850</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2022-06-28</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3443</v>
+        <v>2766</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J202" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J202" s="0"/>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t/>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3439</v>
+        <v>2655</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3433</v>
+        <v>2640</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J204" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J204" s="0"/>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3421</v>
+        <v>2635</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J205" s="0"/>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t/>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3382</v>
+        <v>2501</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J206" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J206" s="0"/>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2015-03-31</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Arnold Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3364</v>
+        <v>2336</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J207" s="0"/>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
-[...2 lines deleted...]
-      <c r="N207" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N207" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-02</t>
+        </is>
+      </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3354</v>
+        <v>2310</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J208" s="0"/>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2013-10-22</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3351</v>
+        <v>2291</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J209" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J209" s="0"/>
       <c r="K209" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3350</v>
+        <v>2212</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J210" s="0"/>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L210" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L210" s="0"/>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3345</v>
+        <v>2050</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J211" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L211" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L211" s="0"/>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3320</v>
+        <v>2024</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J212" s="0"/>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L212" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L212" s="0"/>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t/>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3286</v>
+        <v>1977</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L213" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L213" s="0"/>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3285</v>
+        <v>1901</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2010-09-30</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L214" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L214" s="0"/>
       <c r="M214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3283</v>
+        <v>1775</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J215" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J215" s="0"/>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L215" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L215" s="0"/>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3281</v>
+        <v>1693</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J216" s="0"/>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J216" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-30</t>
+        </is>
+      </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3273</v>
+        <v>1646</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
+2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2009-05-28</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J217" s="0"/>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L217" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L217" s="0"/>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>3268</v>
+        <v>1393</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J218" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J218" s="0"/>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L218" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L218" s="0"/>
       <c r="M218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>3262</v>
+        <v>1251</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J219" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J219" s="0"/>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L219" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L219" s="0"/>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t/>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>3260</v>
+        <v>1000</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J220" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J220" s="0"/>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L220" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L220" s="0"/>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N220" s="0"/>
     </row>
     <row r="221">
       <c r="A221" s="0" t="n">
-        <v>3248</v>
+        <v>282</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
         </is>
       </c>
       <c r="J221" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2030-12-31</t>
         </is>
       </c>
       <c r="K221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N221" s="0"/>
-    </row>
-[...2085 lines deleted...]
-      <c r="N255" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>