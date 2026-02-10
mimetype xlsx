--- v1 (2025-12-21)
+++ v2 (2026-02-10)
@@ -62,82 +62,82 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N221" totalsRowShown="0">
-  <autoFilter ref="A1:N221"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N220" totalsRowShown="0">
+  <autoFilter ref="A1:N220"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N221"/>
+  <dimension ref="A1:N220"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
@@ -189,11234 +189,11218 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>4031</v>
+        <v>4046</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Thomas Gander und Manuela Käch betreffend Strassenverkehrsunfälle auf dem Abschnitt Autobahnauffahrt Cham/Sins bis zur Kreuzung Sinserstrasse/Untermühlestrasse</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-12-16</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>2026-01-01</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>Käch Manuela, Gander Thomas</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>4030</v>
+        <v>4045</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>4029</v>
+        <v>4044</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>4028</v>
+        <v>4043</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>4027</v>
+        <v>4042</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>4026</v>
+        <v>4041</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>4025</v>
+        <v>4039</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>4023</v>
+        <v>4038</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
+          <t>2026-01-29</t>
+        </is>
+      </c>
+      <c r="H9" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I9" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J9" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
+      <c r="K9" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L9" s="0" t="inlineStr">
+        <is>
           <t>2025-12-18</t>
-        </is>
-[...23 lines deleted...]
-          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>4022</v>
+        <v>4037</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
+          <t>2026-01-29</t>
+        </is>
+      </c>
+      <c r="H10" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I10" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J10" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
+      <c r="K10" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L10" s="0" t="inlineStr">
+        <is>
           <t>2025-12-18</t>
         </is>
       </c>
-      <c r="H10" s="0" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>4021</v>
+        <v>4036</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>4020</v>
+        <v>4035</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-11-17</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>4019</v>
+        <v>4034</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J13" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J13" s="0"/>
       <c r="K13" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-11-12</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>4018</v>
+        <v>4033</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-11-11</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>4016</v>
+        <v>4030</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-11-06</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>4015</v>
+        <v>4029</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>4014</v>
+        <v>4028</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J17" s="0"/>
+      <c r="J17" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>4013</v>
+        <v>4027</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-11-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>4012</v>
+        <v>4026</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J19" s="0"/>
+      <c r="J19" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>4011</v>
+        <v>4025</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H20" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I20" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J20" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
+      <c r="K20" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L20" s="0" t="inlineStr">
+        <is>
           <t>2025-11-26</t>
         </is>
       </c>
-      <c r="H20" s="0" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>4010</v>
+        <v>4023</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H21" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I21" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J21" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
+      <c r="K21" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L21" s="0" t="inlineStr">
+        <is>
           <t>2025-11-26</t>
         </is>
       </c>
-      <c r="H21" s="0" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>4008</v>
+        <v>4022</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26./27. Februar 2026</t>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-10-24</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>4006</v>
+        <v>4021</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>4003</v>
+        <v>4020</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>4001</v>
+        <v>4019</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>4000</v>
+        <v>4018</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3999</v>
+        <v>4016</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3998</v>
+        <v>4015</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3996</v>
+        <v>4014</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3995</v>
+        <v>4013</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3994</v>
+        <v>4012</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3993</v>
+        <v>4011</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3992</v>
+        <v>4010</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3990</v>
+        <v>4008</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3989</v>
+        <v>4006</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3988</v>
+        <v>4003</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3987</v>
+        <v>4001</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3985</v>
+        <v>4000</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3980</v>
+        <v>3999</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J39" s="0"/>
+      <c r="J39" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-30</t>
+        </is>
+      </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3978</v>
+        <v>3998</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3977</v>
+        <v>3996</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J41" s="0"/>
       <c r="K41" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3975</v>
+        <v>3995</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3974</v>
+        <v>3994</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J43" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J43" s="0"/>
       <c r="K43" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3972</v>
+        <v>3993</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3971</v>
+        <v>3990</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3969</v>
+        <v>3989</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3968</v>
+        <v>3988</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3966</v>
+        <v>3987</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3965</v>
+        <v>3985</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3964</v>
+        <v>3980</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J50" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J50" s="0"/>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3963</v>
+        <v>3974</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
           <t>2026-08-28</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3960</v>
+        <v>3972</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
           <t>2026-08-28</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3958</v>
+        <v>3971</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J53" s="0"/>
+      <c r="J53" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3957</v>
+        <v>3969</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J54" s="0"/>
+      <c r="J54" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3956</v>
+        <v>3968</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J55" s="0"/>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J55" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-28</t>
+        </is>
+      </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3953</v>
+        <v>3966</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
           <t>2026-08-28</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3950</v>
+        <v>3965</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J57" s="0"/>
+      <c r="J57" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3949</v>
+        <v>3964</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025-12-26</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am xx.xx.2025Aufnahme in GS 2025/xxx; BGS 711.31 / 711.32</t>
-[...2 lines deleted...]
-      <c r="J58" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J58" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3948</v>
+        <v>3963</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025-11-14</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J59" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J59" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3943</v>
+        <v>3960</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3942</v>
+        <v>3958</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J61" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J61" s="0"/>
       <c r="K61" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t/>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3941</v>
+        <v>3957</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J62" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J62" s="0"/>
       <c r="K62" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3939</v>
+        <v>3956</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t/>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3938</v>
+        <v>3953</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3934</v>
+        <v>3950</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J65" s="0"/>
       <c r="K65" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t/>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3932</v>
+        <v>3949</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J66" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J66" s="0"/>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3930</v>
+        <v>3948</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J67" s="0"/>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3929</v>
+        <v>3943</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
           <t>2025-07-02</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
           <t>2026-07-02</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3924</v>
+        <v>3942</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3923</v>
+        <v>3941</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J70" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J70" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3921</v>
+        <v>3939</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J71" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J71" s="0"/>
       <c r="K71" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3917</v>
+        <v>3938</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3911</v>
+        <v>3932</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3910</v>
+        <v>3930</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3908</v>
+        <v>3929</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
-          <t>2026-05-01</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3905</v>
+        <v>3923</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3899</v>
+        <v>3921</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J77" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J77" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-22</t>
+        </is>
+      </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3896</v>
+        <v>3911</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3893</v>
+        <v>3910</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t/>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3891</v>
+        <v>3908</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26./27. Februar 2026</t>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-01</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3889</v>
+        <v>3905</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-01-15</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J81" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J81" s="0"/>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t/>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3888</v>
+        <v>3896</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J82" s="0"/>
+      <c r="J82" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-10</t>
+        </is>
+      </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3887</v>
+        <v>3893</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J83" s="0"/>
+      <c r="J83" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Iten Patrick, Iten Klemens</t>
+        </is>
+      </c>
+      <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3885</v>
+        <v>3891</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3883</v>
+        <v>3889</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3880</v>
+        <v>3888</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J86" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J86" s="0"/>
       <c r="K86" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3877</v>
+        <v>3887</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J87" s="0"/>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3872</v>
+        <v>3885</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3869</v>
+        <v>3883</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3867</v>
+        <v>3880</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J90" s="0"/>
+      <c r="J90" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+        </is>
+      </c>
+      <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3866</v>
+        <v>3877</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
-[...2 lines deleted...]
-      <c r="J91" s="0"/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
+        </is>
+      </c>
+      <c r="J91" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3864</v>
+        <v>3872</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
           <t>2025-02-20</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3861</v>
+        <v>3869</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3858</v>
+        <v>3867</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J94" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J94" s="0"/>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t/>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3844</v>
+        <v>3866</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="J95" s="0"/>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3841</v>
+        <v>3864</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3827</v>
+        <v>3861</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3826</v>
+        <v>3858</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2026-01-30</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3819</v>
+        <v>3841</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3816</v>
+        <v>3827</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3811</v>
+        <v>3826</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3810</v>
+        <v>3819</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3808</v>
+        <v>3816</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J103" s="0"/>
+      <c r="J103" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L103" s="0"/>
+      <c r="L103" s="0" t="inlineStr">
+        <is>
+          <t>2024-10-03</t>
+        </is>
+      </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3802</v>
+        <v>3811</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3799</v>
+        <v>3808</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
+          <t/>
         </is>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L105" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L105" s="0"/>
       <c r="M105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3792</v>
+        <v>3802</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
           <t>2025-11-27</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
           <t>2028-11-27</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3791</v>
+        <v>3799</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
+        </is>
+      </c>
+      <c r="J107" s="0"/>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3790</v>
+        <v>3792</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J108" s="0"/>
+      <c r="J108" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3785</v>
+        <v>3791</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3778</v>
+        <v>3790</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J110" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J110" s="0"/>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t/>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3770</v>
+        <v>3785</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-12-10</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J111" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J111" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-20</t>
+        </is>
+      </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3767</v>
+        <v>3778</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J112" s="0"/>
+      <c r="J112" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-26</t>
+        </is>
+      </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3765</v>
+        <v>3770</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J113" s="0"/>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3759</v>
+        <v>3767</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J114" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J114" s="0"/>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3758</v>
+        <v>3765</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3755</v>
+        <v>3759</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3743</v>
+        <v>3758</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J117" s="0"/>
+      <c r="J117" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-29</t>
+        </is>
+      </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+        </is>
+      </c>
+      <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3742</v>
+        <v>3755</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J118" s="0"/>
+      <c r="J118" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+        </is>
+      </c>
+      <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3736</v>
+        <v>3743</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J119" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J119" s="0"/>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3735</v>
+        <v>3742</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J120" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J120" s="0"/>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3734</v>
+        <v>3736</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3733</v>
+        <v>3735</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3732</v>
+        <v>3734</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3727</v>
+        <v>3733</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3726</v>
+        <v>3732</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3725</v>
+        <v>3727</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2025-05-23</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3704</v>
+        <v>3726</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3685</v>
+        <v>3725</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J128" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J128" s="0" t="inlineStr">
+        <is>
+          <t>2025-05-23</t>
+        </is>
+      </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3684</v>
+        <v>3704</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3683</v>
+        <v>3685</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+        </is>
+      </c>
+      <c r="J130" s="0"/>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3680</v>
+        <v>3684</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3676</v>
+        <v>3683</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3667</v>
+        <v>3680</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3656</v>
+        <v>3676</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J134" s="0"/>
+      <c r="J134" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3652</v>
+        <v>3667</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J135" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J135" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N135" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3646</v>
+        <v>3656</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J136" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J136" s="0"/>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3628</v>
+        <v>3646</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J137" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J137" s="0" t="inlineStr">
+        <is>
+          <t>2028-04-10</t>
+        </is>
+      </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3625</v>
+        <v>3628</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J138" s="0"/>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3621</v>
+        <v>3625</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3617</v>
+        <v>3621</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
           <t>2025-01-30</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
           <t>2028-01-30</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3616</v>
+        <v>3617</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
           <t>2025-01-30</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
           <t>2028-01-30</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3613</v>
+        <v>3616</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J142" s="0"/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+        </is>
+      </c>
+      <c r="J142" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3602</v>
+        <v>3613</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J143" s="0"/>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t/>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3595</v>
+        <v>3602</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J144" s="0"/>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J144" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-01</t>
+        </is>
+      </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3594</v>
+        <v>3595</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
           <t>2024-03-07</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
           <t>2023-07-11</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3592</v>
+        <v>3594</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3591</v>
+        <v>3592</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J147" s="0"/>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3584</v>
+        <v>3591</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 30. September 2025</t>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3579</v>
+        <v>3584</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3574</v>
+        <v>3579</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3569</v>
+        <v>3574</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J151" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J151" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3562</v>
+        <v>3569</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J152" s="0"/>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3546</v>
+        <v>3562</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3544</v>
+        <v>3546</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3541</v>
+        <v>3544</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3535</v>
+        <v>3541</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J156" s="0"/>
+      <c r="J156" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-21</t>
+        </is>
+      </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3534</v>
+        <v>3535</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
           <t>2023-10-07</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
           <t>2023-02-28</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
+        <v>3534</v>
+      </c>
+      <c r="B158" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C158" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D158" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E158" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+        </is>
+      </c>
+      <c r="F158" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G158" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H158" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I158" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J158" s="0"/>
+      <c r="K158" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L158" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M158" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N158" s="0"/>
+    </row>
+    <row r="159">
+      <c r="A159" s="0" t="n">
         <v>3533</v>
       </c>
-      <c r="B158" s="0" t="inlineStr">
+      <c r="B159" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C158" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E158" s="0" t="inlineStr">
+      <c r="C159" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D159" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E159" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
 </t>
         </is>
       </c>
-      <c r="F158" s="0" t="inlineStr">
+      <c r="F159" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
-      <c r="G158" s="0" t="inlineStr">
+      <c r="G159" s="0" t="inlineStr">
         <is>
           <t>2024-06-21</t>
         </is>
       </c>
-      <c r="H158" s="0" t="inlineStr">
+      <c r="H159" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I158" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L158" s="0" t="inlineStr">
+      <c r="I159" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J159" s="0"/>
+      <c r="K159" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L159" s="0" t="inlineStr">
         <is>
           <t>2023-02-21</t>
         </is>
       </c>
-      <c r="M158" s="0" t="inlineStr">
-[...64 lines deleted...]
-      </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3525</v>
+        <v>3532</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J160" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3512</v>
+        <v>3525</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J161" s="0"/>
+      <c r="J161" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3507</v>
+        <v>3512</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3502</v>
+        <v>3507</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+        </is>
+      </c>
+      <c r="J163" s="0"/>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t/>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3495</v>
+        <v>3502</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J164" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3488</v>
+        <v>3495</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
-          <t>2027-02-28</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3480</v>
+        <v>3488</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J166" s="0"/>
+      <c r="J166" s="0" t="inlineStr">
+        <is>
+          <t>2027-02-28</t>
+        </is>
+      </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
+        <v>3480</v>
+      </c>
+      <c r="B167" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C167" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E167" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+        </is>
+      </c>
+      <c r="F167" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G167" s="0" t="inlineStr">
+        <is>
+          <t>2023-08-18</t>
+        </is>
+      </c>
+      <c r="H167" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J167" s="0"/>
+      <c r="K167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L167" s="0" t="inlineStr">
+        <is>
+          <t>2022-09-20</t>
+        </is>
+      </c>
+      <c r="M167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N167" s="0"/>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="n">
         <v>3479</v>
       </c>
-      <c r="B167" s="0" t="inlineStr">
+      <c r="B168" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C167" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E167" s="0" t="inlineStr">
+      <c r="C168" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D168" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E168" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
 </t>
         </is>
       </c>
-      <c r="F167" s="0" t="inlineStr">
+      <c r="F168" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G167" s="0" t="inlineStr">
+      <c r="G168" s="0" t="inlineStr">
         <is>
           <t>2023-06-06</t>
-        </is>
-[...60 lines deleted...]
-          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3453</v>
+        <v>3471</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2022-06-28</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3443</v>
+        <v>3453</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J170" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J170" s="0"/>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t/>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3439</v>
+        <v>3443</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J171" s="0"/>
+      <c r="J171" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-14</t>
+        </is>
+      </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3433</v>
+        <v>3439</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J172" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J172" s="0"/>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3421</v>
+        <v>3433</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
         <v>3364</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
@@ -11980,51 +11964,51 @@
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
         <v>3268</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
           <t>2022-11-10</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
           <t>2025-11-09</t>
@@ -12307,51 +12291,51 @@
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
         <v>3218</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="inlineStr">
         <is>
@@ -12475,1949 +12459,1879 @@
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
           <t>2020-12-15</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3173</v>
+        <v>3165</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J191" s="0"/>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2020-11-13</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t/>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3165</v>
+        <v>3151</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2021-08-21</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2020-11-03</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3151</v>
+        <v>3148</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
           <t>2021-06-25</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2020-10-27</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3148</v>
+        <v>3129</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2020-10-20</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3129</v>
+        <v>3102</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2021-06-05</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J195" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
+        </is>
+      </c>
+      <c r="J195" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-31</t>
+        </is>
+      </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2020-08-18</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3102</v>
+        <v>2940</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J196" s="0"/>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2020-05-12</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>2940</v>
+        <v>2897</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2019-02-19</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>2897</v>
+        <v>2885</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2019-05-18</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2018-09-18</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>2885</v>
+        <v>2855</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2019-02-20</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2018-07-03</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>2855</v>
+        <v>2850</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2018-03-27</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>2850</v>
+        <v>2766</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2018-11-06</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2018-03-20</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>2766</v>
+        <v>2655</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2018-01-25</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2017-07-11</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>2655</v>
+        <v>2640</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2018-01-20</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2016-08-23</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>2640</v>
+        <v>2635</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2017-03-30</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2016-06-21</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>2635</v>
+        <v>2501</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2017-03-10</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2016-06-07</t>
+          <t>2015-03-31</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>2501</v>
+        <v>2336</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2016-04-09</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2015-03-31</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>2336</v>
+        <v>2310</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2014-11-08</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2013-12-17</t>
+          <t>2013-10-22</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N207" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>2310</v>
+        <v>2291</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2014-11-04</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2013-10-22</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>2291</v>
+        <v>2212</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2013-09-26</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="L209" s="0"/>
       <c r="M209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>2212</v>
+        <v>2050</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2013-08-29</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L210" s="0"/>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>2050</v>
+        <v>2024</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2012-05-03</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L211" s="0"/>
       <c r="M211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>2024</v>
+        <v>1977</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2011-07-07</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L212" s="0"/>
       <c r="M212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>1977</v>
+        <v>1901</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2010-09-30</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="0"/>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>1901</v>
+        <v>1775</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2010-09-30</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L214" s="0"/>
       <c r="M214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>1775</v>
+        <v>1693</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2010-05-06</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J215" s="0"/>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J215" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-30</t>
+        </is>
+      </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L215" s="0"/>
+      <c r="L215" s="0" t="inlineStr">
+        <is>
+          <t>2008-06-13</t>
+        </is>
+      </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>1693</v>
+        <v>1646</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
+2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2009-05-28</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J216" s="0"/>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L216" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L216" s="0"/>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>1646</v>
+        <v>1393</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
-2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2009-05-28</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L217" s="0"/>
       <c r="M217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>1393</v>
+        <v>1251</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2006-06-01</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L218" s="0"/>
       <c r="M218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>1251</v>
+        <v>1000</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2005-02-24</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L219" s="0"/>
       <c r="M219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>1000</v>
+        <v>282</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2003-01-30</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J220" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
+        </is>
+      </c>
+      <c r="J220" s="0" t="inlineStr">
+        <is>
+          <t>2030-12-31</t>
+        </is>
+      </c>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L220" s="0"/>
+      <c r="L220" s="0" t="inlineStr">
+        <is>
+          <t>1995-08-07</t>
+        </is>
+      </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N220" s="0"/>
-    </row>
-[...64 lines deleted...]
-      <c r="N221" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>