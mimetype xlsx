--- v0 (2025-11-29)
+++ v1 (2026-01-30)
@@ -62,82 +62,82 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N231" totalsRowShown="0">
-  <autoFilter ref="A1:N231"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N220" totalsRowShown="0">
+  <autoFilter ref="A1:N220"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N231"/>
+  <dimension ref="A1:N220"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
@@ -390,51 +390,51 @@
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
         <v>1393</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
           <t>2006-06-01</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="inlineStr">
         <is>
@@ -747,51 +747,51 @@
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
         <v>2024</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
           <t>2011-07-07</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="inlineStr">
         <is>
@@ -921,51 +921,51 @@
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
         <v>2291</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
           <t>2013-09-26</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="inlineStr">
         <is>
@@ -1084,55 +1084,51 @@
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
           <t>2013-12-17</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N16" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
         <v>2501</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
@@ -1669,51 +1665,51 @@
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
         <v>2940</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t>2019-07-01</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="inlineStr">
         <is>
@@ -1921,51 +1917,51 @@
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
         <v>3151</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
           <t>2021-06-25</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="inlineStr">
         <is>
@@ -2026,13034 +2022,12316 @@
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
           <t>2020-11-03</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3173</v>
+        <v>3185</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J32" s="0"/>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2020-11-13</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t/>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3185</v>
+        <v>3208</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
+</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2024-01-26</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2020-12-15</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3208</v>
+        <v>3218</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
-</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2021-03-09</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3218</v>
+        <v>3227</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
+</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3227</v>
+        <v>3248</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
-</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J36" s="0"/>
+      <c r="J36" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-28</t>
+        </is>
+      </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2021-04-13</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3248</v>
+        <v>3260</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3260</v>
+        <v>3262</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
           <t>2022-11-10</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
           <t>2025-11-09</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3262</v>
+        <v>3268</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
           <t>2022-11-10</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
           <t>2025-11-09</t>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t/>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3268</v>
+        <v>3281</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J40" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J40" s="0"/>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3273</v>
+        <v>3283</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2021-08-03</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3281</v>
+        <v>3285</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3283</v>
+        <v>3286</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J43" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J43" s="0"/>
       <c r="K43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3285</v>
+        <v>3320</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J44" s="0"/>
+      <c r="J44" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3286</v>
+        <v>3350</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J45" s="0"/>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J45" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3320</v>
+        <v>3351</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-03-29</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3345</v>
+        <v>3354</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
           <t>2026-06-28</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2021-12-09</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3350</v>
+        <v>3364</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2026-09-27</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2021-12-16</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3351</v>
+        <v>3433</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2026-03-29</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3354</v>
+        <v>3439</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J50" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J50" s="0"/>
       <c r="K50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3364</v>
+        <v>3443</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2026-09-27</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3382</v>
+        <v>3453</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J52" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J52" s="0"/>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Felber Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3421</v>
+        <v>3471</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J53" s="0"/>
       <c r="K53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t/>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3433</v>
+        <v>3479</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
+</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J54" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J54" s="0"/>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3439</v>
+        <v>3480</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2022-09-20</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3443</v>
+        <v>3488</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2027-02-28</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3453</v>
+        <v>3495</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J57" s="0"/>
+      <c r="J57" s="0" t="inlineStr">
+        <is>
+          <t>2028-06-05</t>
+        </is>
+      </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2022-06-28</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3471</v>
+        <v>3502</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J58" s="0"/>
+      <c r="J58" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3479</v>
+        <v>3507</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
-</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
         </is>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2022-09-13</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3480</v>
+        <v>3512</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3488</v>
+        <v>3525</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>2027-02-28</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3495</v>
+        <v>3532</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3502</v>
+        <v>3533</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J63" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J63" s="0"/>
       <c r="K63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t/>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3507</v>
+        <v>3534</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3512</v>
+        <v>3535</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3525</v>
+        <v>3541</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3532</v>
+        <v>3544</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3533</v>
+        <v>3546</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J68" s="0"/>
+      <c r="J68" s="0" t="inlineStr">
+        <is>
+          <t>2027-07-04</t>
+        </is>
+      </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3534</v>
+        <v>3562</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J69" s="0"/>
+      <c r="J69" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3535</v>
+        <v>3569</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3541</v>
+        <v>3574</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3544</v>
+        <v>3579</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3546</v>
+        <v>3584</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3562</v>
+        <v>3591</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 30. September 2025</t>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3569</v>
+        <v>3592</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3574</v>
+        <v>3594</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J76" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J76" s="0"/>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3579</v>
+        <v>3595</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J77" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J77" s="0"/>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t/>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3584</v>
+        <v>3602</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3591</v>
+        <v>3613</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J79" s="0"/>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3592</v>
+        <v>3616</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J80" s="0"/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+        </is>
+      </c>
+      <c r="J80" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3594</v>
+        <v>3617</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J81" s="0"/>
+      <c r="J81" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3595</v>
+        <v>3621</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J82" s="0"/>
+      <c r="J82" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3602</v>
+        <v>3625</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t/>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3613</v>
+        <v>3628</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3616</v>
+        <v>3646</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3617</v>
+        <v>3656</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J86" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J86" s="0"/>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t/>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3621</v>
+        <v>3667</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3625</v>
+        <v>3676</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3628</v>
+        <v>3680</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J89" s="0"/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J89" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-21</t>
+        </is>
+      </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3646</v>
+        <v>3683</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J90" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3652</v>
+        <v>3684</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J91" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J91" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-11</t>
+        </is>
+      </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+        </is>
+      </c>
+      <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3656</v>
+        <v>3685</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
         </is>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3667</v>
+        <v>3704</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
           <t>2024-12-19</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
           <t>2027-12-19</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3676</v>
+        <v>3725</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3680</v>
+        <v>3726</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3683</v>
+        <v>3727</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3684</v>
+        <v>3732</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3685</v>
+        <v>3733</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J98" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J98" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3700</v>
+        <v>3734</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3704</v>
+        <v>3735</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3725</v>
+        <v>3736</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>2025-05-23</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3726</v>
+        <v>3742</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J102" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J102" s="0"/>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3727</v>
+        <v>3743</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J103" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J103" s="0"/>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3732</v>
+        <v>3755</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3733</v>
+        <v>3758</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
+          <t>2024-08-29</t>
+        </is>
+      </c>
+      <c r="H105" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I105" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J105" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-29</t>
+        </is>
+      </c>
+      <c r="K105" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L105" s="0" t="inlineStr">
+        <is>
           <t>2024-07-03</t>
         </is>
       </c>
-      <c r="H105" s="0" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3734</v>
+        <v>3759</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
           <t>2025-01-30</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
           <t>2028-01-30</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3735</v>
+        <v>3765</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
           <t>2025-10-30</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J107" s="0" t="inlineStr">
         <is>
           <t>2028-10-30</t>
         </is>
       </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3736</v>
+        <v>3767</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J108" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J108" s="0"/>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3742</v>
+        <v>3770</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N109" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3743</v>
+        <v>3778</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J110" s="0"/>
+      <c r="J110" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-26</t>
+        </is>
+      </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Brüngger Carina</t>
+        </is>
+      </c>
+      <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3755</v>
+        <v>3785</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J111" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3758</v>
+        <v>3790</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J112" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J112" s="0"/>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3759</v>
+        <v>3791</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3765</v>
+        <v>3792</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3767</v>
+        <v>3799</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
         </is>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3770</v>
+        <v>3802</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
-[...2 lines deleted...]
-      <c r="J116" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J116" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3778</v>
+        <v>3808</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J117" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J117" s="0"/>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L117" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L117" s="0"/>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t/>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3785</v>
+        <v>3811</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3790</v>
+        <v>3816</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J119" s="0"/>
+      <c r="J119" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3791</v>
+        <v>3819</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3792</v>
+        <v>3826</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3799</v>
+        <v>3827</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) Volksabstimmung am 30. November 2025Gewährleistung des Bundes pendent</t>
-[...2 lines deleted...]
-      <c r="J122" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J122" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3802</v>
+        <v>3841</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3808</v>
+        <v>3858</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J124" s="0"/>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J124" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-30</t>
+        </is>
+      </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L124" s="0"/>
+      <c r="L124" s="0" t="inlineStr">
+        <is>
+          <t>2025-01-14</t>
+        </is>
+      </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3810</v>
+        <v>3861</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3811</v>
+        <v>3864</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3816</v>
+        <v>3866</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="J127" s="0"/>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3819</v>
+        <v>3867</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J128" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J128" s="0"/>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3826</v>
+        <v>3869</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3827</v>
+        <v>3872</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3834</v>
+        <v>3877</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über Standortentwicklung (GSE) - Umsetzung der OECD-Mindeststeuer</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t/>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J131" s="0"/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
+        </is>
+      </c>
+      <c r="J131" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3835</v>
+        <v>3880</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Steuergesetzes - neuntes Revisionspaket</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J132" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J132" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3841</v>
+        <v>3883</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3844</v>
+        <v>3885</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3855</v>
+        <v>3887</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J135" s="0"/>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3858</v>
+        <v>3888</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J136" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J136" s="0"/>
       <c r="K136" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t/>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3859</v>
+        <v>3889</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3861</v>
+        <v>3891</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3864</v>
+        <v>3893</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3866</v>
+        <v>3896</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
-[...2 lines deleted...]
-      <c r="J140" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J140" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-10</t>
+        </is>
+      </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3867</v>
+        <v>3905</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2026-01-15</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N141" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3869</v>
+        <v>3908</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26./27. Februar 2026</t>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-05-01</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3870</v>
+        <v>3910</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3871</v>
+        <v>3911</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J144" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3872</v>
+        <v>3921</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J145" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3874</v>
+        <v>3923</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J146" s="0"/>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t/>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3877</v>
+        <v>3929</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
+          <t/>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3880</v>
+        <v>3930</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3883</v>
+        <v>3932</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3885</v>
+        <v>3938</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3886</v>
+        <v>3939</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3887</v>
+        <v>3941</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J152" s="0"/>
+      <c r="J152" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>SVP</t>
+        </is>
+      </c>
+      <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3888</v>
+        <v>3942</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J153" s="0"/>
+      <c r="J153" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3889</v>
+        <v>3943</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3891</v>
+        <v>3948</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J155" s="0"/>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3893</v>
+        <v>3949</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J156" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J156" s="0"/>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t/>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3896</v>
+        <v>3950</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J157" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J157" s="0"/>
       <c r="K157" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3899</v>
+        <v>3953</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J158" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J158" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3905</v>
+        <v>3956</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3907</v>
+        <v>3957</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J160" s="0"/>
       <c r="K160" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t/>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3908</v>
+        <v>3958</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J161" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J161" s="0"/>
       <c r="K161" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3910</v>
+        <v>3960</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J162" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3911</v>
+        <v>3963</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J163" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3913</v>
+        <v>3964</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J164" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2025-04-24</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3917</v>
+        <v>3965</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3921</v>
+        <v>3966</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3923</v>
+        <v>3968</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J167" s="0"/>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J167" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-28</t>
+        </is>
+      </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3924</v>
+        <v>3969</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J168" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3929</v>
+        <v>3971</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J169" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3930</v>
+        <v>3972</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J170" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3931</v>
+        <v>3974</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J171" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3932</v>
+        <v>3980</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J172" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J172" s="0"/>
       <c r="K172" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3934</v>
+        <v>3985</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3936</v>
+        <v>3987</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J174" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3938</v>
+        <v>3988</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J175" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3939</v>
+        <v>3989</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J176" s="0"/>
+      <c r="J176" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3940</v>
+        <v>3990</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J177" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3941</v>
+        <v>3993</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J178" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3942</v>
+        <v>3994</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J179" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J179" s="0"/>
       <c r="K179" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t/>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3943</v>
+        <v>3995</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J180" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3948</v>
+        <v>3996</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2025-11-14</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3949</v>
+        <v>3998</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2025-11-20</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
-[...2 lines deleted...]
-      <c r="J182" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J182" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-30</t>
+        </is>
+      </c>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3950</v>
+        <v>3999</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J183" s="0"/>
+      <c r="J183" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-30</t>
+        </is>
+      </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3951</v>
+        <v>4000</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3953</v>
+        <v>4001</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J185" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3956</v>
+        <v>4003</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J186" s="0"/>
+      <c r="J186" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3957</v>
+        <v>4006</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J187" s="0"/>
+      <c r="J187" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-30</t>
+        </is>
+      </c>
       <c r="K187" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3958</v>
+        <v>4008</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J188" s="0"/>
+      <c r="J188" s="0" t="inlineStr">
+        <is>
+          <t>2026-11-26</t>
+        </is>
+      </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3960</v>
+        <v>4010</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J189" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3961</v>
+        <v>4011</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Budget 2026 und Finanzplan 2026–2029</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
           <t>2025-11-26</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>Schlussabstimmung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
-          <t>Kenntnisnahme der Finanzierungsprognose bis 2033 zu kantonalen Investionsprojekten.</t>
-[...2 lines deleted...]
-      <c r="J190" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J190" s="0" t="inlineStr">
+        <is>
+          <t>2026-11-26</t>
+        </is>
+      </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L190" s="0"/>
+      <c r="L190" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3962</v>
+        <v>4012</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Genehmigung der Änderung der Geschäftsordnung des Verwaltungsgerichts (GO VG)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>Verwaltungsgericht</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am xx. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3963</v>
+        <v>4013</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J192" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3964</v>
+        <v>4014</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J193" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J193" s="0"/>
       <c r="K193" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3965</v>
+        <v>4015</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J194" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3966</v>
+        <v>4016</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3968</v>
+        <v>4018</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3969</v>
+        <v>4019</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3971</v>
+        <v>4020</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3972</v>
+        <v>4021</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J199" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3974</v>
+        <v>4022</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26./27. Februar 2026</t>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3975</v>
+        <v>4023</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3977</v>
+        <v>4025</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3978</v>
+        <v>4026</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3980</v>
+        <v>4027</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J204" s="0"/>
+      <c r="J204" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K204" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3985</v>
+        <v>4028</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J205" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3987</v>
+        <v>4029</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J206" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3988</v>
+        <v>4030</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3989</v>
+        <v>4033</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J208" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3990</v>
+        <v>4034</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J209" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J209" s="0"/>
       <c r="K209" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t/>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3992</v>
+        <v>4035</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3993</v>
+        <v>4036</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J211" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3994</v>
+        <v>4037</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J212" s="0"/>
+      <c r="J212" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3995</v>
+        <v>4038</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3996</v>
+        <v>4039</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J214" s="0"/>
+      <c r="J214" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K214" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3998</v>
+        <v>4041</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3999</v>
+        <v>4042</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J216" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>4000</v>
+        <v>4043</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J217" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>4001</v>
+        <v>4044</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J218" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>4003</v>
+        <v>4045</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J219" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>4006</v>
+        <v>4046</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J220" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N220" s="0"/>
-    </row>
-[...716 lines deleted...]
-      <c r="N231" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>