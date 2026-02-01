--- v0 (2025-12-04)
+++ v1 (2026-02-01)
@@ -62,82 +62,82 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N227" totalsRowShown="0">
-  <autoFilter ref="A1:N227"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N220" totalsRowShown="0">
+  <autoFilter ref="A1:N220"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N227"/>
+  <dimension ref="A1:N220"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
@@ -404,2175 +404,2167 @@
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2026-01-15</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
           <t>2025-04-08</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>3652</v>
+        <v>3628</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N6" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>3628</v>
+        <v>3613</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>3613</v>
+        <v>3185</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3185</v>
+        <v>1775</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2024-01-26</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L9" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L9" s="0"/>
       <c r="M9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>1775</v>
+        <v>1000</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2010-05-06</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0"/>
       <c r="M10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>1000</v>
+        <v>3770</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2003-01-30</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L11" s="0"/>
+      <c r="L11" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-11</t>
+        </is>
+      </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3770</v>
+        <v>4046</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
-[...2 lines deleted...]
-      <c r="J12" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J12" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>4018</v>
+        <v>4043</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-11-11</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>4013</v>
+        <v>4038</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-11-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>4010</v>
+        <v>4036</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>4003</v>
+        <v>4035</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>4001</v>
+        <v>4029</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>4000</v>
+        <v>4027</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3995</v>
+        <v>4026</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3987</v>
+        <v>4025</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3978</v>
+        <v>4023</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3977</v>
+        <v>4022</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t>Traktandiert für 26./27. Februar 2026</t>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3975</v>
+        <v>4019</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3968</v>
+        <v>4018</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3951</v>
+        <v>4013</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3940</v>
+        <v>4010</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3936</v>
+        <v>4003</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3934</v>
+        <v>4001</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3917</v>
+        <v>4000</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3913</v>
+        <v>3995</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-04-24</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3907</v>
+        <v>3987</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>2025-11-01</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3591</v>
+        <v>3968</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2026-02-28</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>4012</v>
+        <v>3591</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J33" s="0"/>
+          <t>Frist erstreckt bis 30. September 2025</t>
+        </is>
+      </c>
+      <c r="J33" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-30</t>
+        </is>
+      </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3949</v>
+        <v>4012</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-11-20</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3887</v>
+        <v>3949</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N35" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3886</v>
+        <v>3887</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am 11. Juli 2025Aufnahme in GS 2025/024; BGS  711.31 / 711.32Die Genehmigung des Bundes ist am 2. Dezember 2025 erfolgt.Link zu Richtplanung (Amt für Raum und Verkehr des Kantons Zug)</t>
+          <t/>
         </is>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
           <t>2025-02-25</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N36" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
         <v>3867</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
           <t>2025-09-04</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N37" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
         <v>3790</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
           <t>2025-04-16</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="inlineStr">
         <is>
@@ -2962,51 +2954,51 @@
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
         <v>3535</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
           <t>2023-10-07</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="inlineStr">
         <is>
@@ -3024,51 +3016,51 @@
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
         <v>3534</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
           <t>2023-10-07</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="inlineStr">
         <is>
@@ -3211,51 +3203,51 @@
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
         <v>3218</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="inlineStr">
         <is>
@@ -3336,51 +3328,51 @@
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
         <v>3151</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
           <t>2021-06-25</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="inlineStr">
         <is>
@@ -3460,51 +3452,51 @@
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
         <v>2940</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
           <t>2019-07-01</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="inlineStr">
         <is>
@@ -3770,51 +3762,51 @@
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
         <v>2291</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
           <t>2013-09-26</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="inlineStr">
         <is>
@@ -3832,51 +3824,51 @@
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
         <v>2024</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
           <t>2011-07-07</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="inlineStr">
         <is>
@@ -3929,535 +3921,535 @@
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0"/>
       <c r="M60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>4014</v>
+        <v>4034</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3958</v>
+        <v>4014</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3957</v>
+        <v>3958</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
           <t>2025-07-08</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3956</v>
+        <v>3957</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
           <t>2025-07-08</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3950</v>
+        <v>3956</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3948</v>
+        <v>3950</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-11-14</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
           <t>2025-07-01</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3923</v>
+        <v>3948</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3899</v>
+        <v>3923</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
         <v>3888</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
@@ -4665,55 +4657,51 @@
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
           <t>2024-06-04</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N72" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
         <v>3742</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
@@ -4731,55 +4719,51 @@
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
           <t>2024-06-04</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N73" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
         <v>3569</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
@@ -5853,55 +5837,51 @@
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
           <t>2013-12-17</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N91" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
         <v>2310</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
@@ -6233,747 +6213,743 @@
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
         <v>1393</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
           <t>2006-06-01</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0"/>
       <c r="M98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>4009</v>
+        <v>4044</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage der ALG-Fraktion betreffend Umsetzung der ersten Etappe der Pflegeinitiative</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2025-10-25</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
-[...6 lines deleted...]
-      </c>
+          <t>Die Mitte</t>
+        </is>
+      </c>
+      <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>4015</v>
+        <v>4030</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3998</v>
+        <v>4021</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3992</v>
+        <v>4015</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3990</v>
+        <v>3998</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J103" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3965</v>
+        <v>3990</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3953</v>
+        <v>3965</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J105" s="0" t="inlineStr">
         <is>
           <t>2026-08-28</t>
         </is>
       </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3943</v>
+        <v>3953</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
           <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3941</v>
+        <v>3943</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
           <t>2025-07-02</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J107" s="0" t="inlineStr">
         <is>
           <t>2026-07-02</t>
         </is>
       </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
           <t>2025-06-16</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3931</v>
+        <v>3941</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
           <t>2026-07-02</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
         <v>3911</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
@@ -7031,61 +7007,61 @@
           <t>Motion</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
           <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26./27. Februar 2026</t>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
           <t>2026-05-01</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
           <t>2025-04-11</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
           <t>FDP</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
@@ -7163,2717 +7139,2717 @@
           <t>Motion</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
           <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t/>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
           <t>2025-02-04</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3874</v>
+        <v>3872</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3872</v>
+        <v>3864</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
           <t>2025-02-20</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3871</v>
+        <v>3861</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3870</v>
+        <v>3858</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-01-30</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3864</v>
+        <v>3841</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3861</v>
+        <v>3816</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3858</v>
+        <v>3811</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3855</v>
+        <v>3802</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
           <t>2025-11-27</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3844</v>
+        <v>3792</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3841</v>
+        <v>3791</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3816</v>
+        <v>3785</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3811</v>
+        <v>3778</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3802</v>
+        <v>3765</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3792</v>
+        <v>3758</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3791</v>
+        <v>3733</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3785</v>
+        <v>3732</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3778</v>
+        <v>3726</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3765</v>
+        <v>3704</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3758</v>
+        <v>3684</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3733</v>
+        <v>3683</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3732</v>
+        <v>3667</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t/>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3726</v>
+        <v>3646</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3704</v>
+        <v>3617</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3700</v>
+        <v>3544</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J136" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3684</v>
+        <v>3541</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3683</v>
+        <v>3525</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3667</v>
+        <v>3495</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3646</v>
+        <v>3283</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3617</v>
+        <v>3248</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3544</v>
+        <v>1693</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2025-06-30</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t/>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3541</v>
+        <v>282</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2030-12-31</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3525</v>
+        <v>3939</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J144" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J144" s="0"/>
       <c r="K144" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3495</v>
+        <v>4045</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J145" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3382</v>
+        <v>4042</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J146" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Felber Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3283</v>
+        <v>4041</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3248</v>
+        <v>4039</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3173</v>
+        <v>4037</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>2025-12-31</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2020-11-13</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>1693</v>
+        <v>4033</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2025-06-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2008-06-13</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>282</v>
+        <v>4028</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2030</t>
+          <t/>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
-          <t>2030-12-31</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>1995-08-07</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3939</v>
+        <v>4020</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J152" s="0"/>
+      <c r="J152" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
         <v>4016</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
@@ -11288,3528 +11264,3074 @@
       </c>
       <c r="J174" s="0" t="inlineStr">
         <is>
           <t>2026-07-02</t>
         </is>
       </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
           <t>2025-06-03</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
           <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3924</v>
+        <v>3921</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J175" s="0" t="inlineStr">
         <is>
           <t>2026-05-22</t>
         </is>
       </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3921</v>
+        <v>3910</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
           <t>2025-05-22</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J176" s="0" t="inlineStr">
         <is>
           <t>2026-05-22</t>
         </is>
       </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t/>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3910</v>
+        <v>3896</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J177" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-04-10</t>
         </is>
       </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3896</v>
+        <v>3893</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J178" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3893</v>
+        <v>3891</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J179" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3891</v>
+        <v>3885</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J180" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3885</v>
+        <v>3883</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3883</v>
+        <v>3880</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J182" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3880</v>
+        <v>3869</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3869</v>
+        <v>3827</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t/>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3859</v>
+        <v>3826</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J185" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3827</v>
+        <v>3819</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
           <t>2025-11-27</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J186" s="0" t="inlineStr">
         <is>
           <t>2028-11-27</t>
         </is>
       </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3826</v>
+        <v>3759</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J187" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3819</v>
+        <v>3755</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J188" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3810</v>
+        <v>3736</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J189" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3759</v>
+        <v>3735</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J190" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3755</v>
+        <v>3734</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3736</v>
+        <v>3727</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J192" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3735</v>
+        <v>3725</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J193" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3734</v>
+        <v>3680</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J194" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3727</v>
+        <v>3676</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3725</v>
+        <v>3625</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>2025-05-23</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3680</v>
+        <v>3621</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3676</v>
+        <v>3616</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
           <t>2025-01-30</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
           <t>2028-01-30</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3625</v>
+        <v>3602</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J199" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3621</v>
+        <v>3584</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3616</v>
+        <v>3579</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3602</v>
+        <v>3574</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3584</v>
+        <v>3562</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3579</v>
+        <v>3546</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
           <t>2024-07-04</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J204" s="0" t="inlineStr">
         <is>
           <t>2027-07-04</t>
         </is>
       </c>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3574</v>
+        <v>3532</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J205" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3562</v>
+        <v>3502</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J206" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3546</v>
+        <v>3488</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2027-02-28</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3532</v>
+        <v>3443</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J208" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3502</v>
+        <v>3433</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3488</v>
+        <v>3364</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
         </is>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
-          <t>2027-02-28</t>
+          <t>2026-09-27</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3443</v>
+        <v>3354</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J211" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2026-06-28</t>
         </is>
       </c>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3433</v>
+        <v>3351</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J212" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2026-03-29</t>
         </is>
       </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3421</v>
+        <v>3350</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3364</v>
+        <v>3320</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J214" s="0" t="inlineStr">
         <is>
-          <t>2026-09-27</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3354</v>
+        <v>3268</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3351</v>
+        <v>3262</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J216" s="0" t="inlineStr">
         <is>
-          <t>2026-03-29</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3350</v>
+        <v>3260</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J217" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
-          <t>2021-12-16</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>3345</v>
+        <v>3102</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J218" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>2021-12-09</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>3320</v>
+        <v>3799</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
+        </is>
+      </c>
+      <c r="J219" s="0"/>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t/>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>3273</v>
+        <v>3507</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+        </is>
+      </c>
+      <c r="J220" s="0"/>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>2021-08-03</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N220" s="0"/>
-    </row>
-[...444 lines deleted...]
-      <c r="N227" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>