--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N220" totalsRowShown="0">
-  <autoFilter ref="A1:N220"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N240" totalsRowShown="0">
+  <autoFilter ref="A1:N240"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N220"/>
+  <dimension ref="A1:N240"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="163.68988764044943"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -218,67 +218,67 @@
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-03-12</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 30. April 2026</t>
         </is>
       </c>
       <c r="J2" s="0"/>
       <c r="K2" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>2025-09-16</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
         <v>3994</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
@@ -414,51 +414,51 @@
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
           <t>2026-01-15</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 30. April 2026</t>
         </is>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
           <t>2025-04-08</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
         <v>3628</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
@@ -801,13537 +801,14817 @@
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>4046</v>
+        <v>4078</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
+          <t>Interpellation betreffend Umsetzung der Individualbesteuerung im Kanton Zug nach der eidgenössischen Abstimmung vom 8. März 2026</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J12" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J12" s="0"/>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2026-01-13</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Brunner Philip C., Iten Fabio, Bieri Anna, Bruhin Gregor, Gwerder Thomas , Käch Manuela, Riboni Michael, Risi Adrian, Rust Peter</t>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>4043</v>
+        <v>4074</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
+          <t>Interpellation von Philip C. Brunner, Gregor R. Buhin und Adrian Risi betreffend Sicherheit und öffentliche Ordnung im öffentlichen Raum der Stadt Zug (Umgang mit Bettlerei und Randständigkeit)</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-03-05</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J13" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J13" s="0"/>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2026-01-08</t>
+          <t>2026-03-05</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Brunner Philip C., Bruhin Gregor, Risi Adrian</t>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>4038</v>
+        <v>4070</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
+          <t>Interpellation von Karl Nussbaumer und 13 Mitunterzeichnenden betreffend Beschaffungsstrategie der Zuger Polizei: Vernünftiges Vorgehen statt einseitiger Ausrichtung auf Elektrofahrzeuge. Warum lernen wir nicht von Luzern und Schwyz?</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J14" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J14" s="0"/>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Nussbaumer Karl, Brunner Philip C., Risi Adrian, Bruhin Gregor, Schweizer Emil, Ehrbar Alessandro, Haslimann Alexander, Riboni Michael, Wandfluh Oliver, Rogger Adrian, Illi Jeffrey, Werner Thomas, Wenzin Widmer Brigitte, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>4036</v>
+        <v>4065</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
+          <t>Interpellation der SP-Fraktion betreffend 4 Jahre Überfall Russlands auf die Ukraine: Wo steht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J15" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J15" s="0"/>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-12-16</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>4035</v>
+        <v>4062</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
+          <t>Interpellation der SP-Fraktion betreffend Hertizentrum 2-5</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2026-07-29</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-12-12</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>4029</v>
+        <v>4059</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
+          <t>Interpellation der SP-Fraktion betreffend Auswirkungen bei einer allfälligen Annahme der SVP-Initiative «Keine 10-Millionen-Schweiz! (Nachhaltigkeits-Initiative)» auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>4027</v>
+        <v>4057</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
+          <t>Interpellation von Philip C. Brunner und Oliver Wandfluh betreffend «Stopp dem Vorstoss-Wildwuchs» - Mehr Übersicht, Klarheit und Effizienz in der Zuger Wohn- und Baupolitik!</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Brunner Philip C., Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>4026</v>
+        <v>4055</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
+          <t>Interpellation von Philip C. Brunner und neun Mitunterzeichnenden betreffend Sicherheit statt Unterwerfung – zieht der Kanton Zug beim «Tessiner Modell» zur Überprüfung straffälliger Zuwanderer nach?</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-03</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Brunner Philip C., Ehrbar Alessandro, Haslimann Alexander, Illi Jeffrey, Küng Hans, Nussbaumer Karl, Villiger Hans Jörg, Wandfluh Oliver, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>4025</v>
+        <v>4052</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
+          <t>Interpellation der SP-Fraktion betreffend die Frage: Ist die Pensionskasse Zug eine soziale Vermieterin?</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-01</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>4023</v>
+        <v>4048</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Anpassung des Unterrichtsbeginns für Jugendliche</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-23</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>4022</v>
+        <v>4046</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2026-01-20</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. Februar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>4019</v>
+        <v>4043</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-11-12</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>4018</v>
+        <v>4038</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-11-11</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>4013</v>
+        <v>4036</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-11-02</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>4010</v>
+        <v>4035</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>4003</v>
+        <v>4029</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>4001</v>
+        <v>4027</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>4000</v>
+        <v>4026</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3995</v>
+        <v>4025</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3987</v>
+        <v>4023</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3968</v>
+        <v>4022</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2026-01-27</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3591</v>
+        <v>4019</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>4012</v>
+        <v>4018</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
           <t>2025-11-26</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J34" s="0"/>
+      <c r="J34" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-26</t>
+        </is>
+      </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3949</v>
+        <v>4013</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-12-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J35" s="0"/>
+      <c r="J35" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-26</t>
+        </is>
+      </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3887</v>
+        <v>4010</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J36" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J36" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-26</t>
+        </is>
+      </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3867</v>
+        <v>4003</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J37" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J37" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3790</v>
+        <v>4001</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2026-03-17</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J38" s="0"/>
+          <t>Traktandiert für 30. April 2026</t>
+        </is>
+      </c>
+      <c r="J38" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3767</v>
+        <v>4000</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2026-03-17</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J39" s="0"/>
+          <t>Traktandiert für 17. April 2026</t>
+        </is>
+      </c>
+      <c r="J39" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3685</v>
+        <v>3995</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2026-03-17</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J40" s="0"/>
+          <t>Traktandiert für 30. April 2026</t>
+        </is>
+      </c>
+      <c r="J40" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3656</v>
+        <v>3987</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J41" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J41" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3595</v>
+        <v>3591</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J42" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J42" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-30</t>
+        </is>
+      </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3594</v>
+        <v>4012</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3592</v>
+        <v>3949</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3535</v>
+        <v>3887</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3534</v>
+        <v>3867</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3281</v>
+        <v>3790</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
+        <v>3767</v>
+      </c>
+      <c r="B48" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C48" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D48" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E48" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+        </is>
+      </c>
+      <c r="F48" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G48" s="0" t="inlineStr">
+        <is>
+          <t>2024-10-04</t>
+        </is>
+      </c>
+      <c r="H48" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I48" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J48" s="0"/>
+      <c r="K48" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L48" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-09</t>
+        </is>
+      </c>
+      <c r="M48" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N48" s="0"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="n">
+        <v>3656</v>
+      </c>
+      <c r="B49" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C49" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D49" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E49" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+        </is>
+      </c>
+      <c r="F49" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G49" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-12</t>
+        </is>
+      </c>
+      <c r="H49" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I49" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J49" s="0"/>
+      <c r="K49" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L49" s="0" t="inlineStr">
+        <is>
+          <t>2023-12-19</t>
+        </is>
+      </c>
+      <c r="M49" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N49" s="0"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="0" t="n">
+        <v>3595</v>
+      </c>
+      <c r="B50" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C50" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D50" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E50" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+        </is>
+      </c>
+      <c r="F50" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G50" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-07</t>
+        </is>
+      </c>
+      <c r="H50" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I50" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J50" s="0"/>
+      <c r="K50" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L50" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-11</t>
+        </is>
+      </c>
+      <c r="M50" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N50" s="0"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="0" t="n">
+        <v>3594</v>
+      </c>
+      <c r="B51" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C51" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D51" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E51" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+        </is>
+      </c>
+      <c r="F51" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G51" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-07</t>
+        </is>
+      </c>
+      <c r="H51" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I51" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J51" s="0"/>
+      <c r="K51" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L51" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-11</t>
+        </is>
+      </c>
+      <c r="M51" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N51" s="0"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="n">
+        <v>3592</v>
+      </c>
+      <c r="B52" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C52" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D52" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E52" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+        </is>
+      </c>
+      <c r="F52" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G52" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-08</t>
+        </is>
+      </c>
+      <c r="H52" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I52" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J52" s="0"/>
+      <c r="K52" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L52" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-04</t>
+        </is>
+      </c>
+      <c r="M52" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N52" s="0"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="n">
+        <v>3535</v>
+      </c>
+      <c r="B53" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C53" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D53" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E53" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
+        </is>
+      </c>
+      <c r="F53" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G53" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H53" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I53" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J53" s="0"/>
+      <c r="K53" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L53" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M53" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N53" s="0"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="n">
+        <v>3534</v>
+      </c>
+      <c r="B54" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C54" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D54" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E54" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+        </is>
+      </c>
+      <c r="F54" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G54" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H54" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I54" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J54" s="0"/>
+      <c r="K54" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L54" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M54" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N54" s="0"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="n">
+        <v>3281</v>
+      </c>
+      <c r="B55" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C55" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D55" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E55" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+        </is>
+      </c>
+      <c r="F55" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G55" s="0" t="inlineStr">
+        <is>
+          <t>2022-02-05</t>
+        </is>
+      </c>
+      <c r="H55" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I55" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J55" s="0"/>
+      <c r="K55" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L55" s="0" t="inlineStr">
+        <is>
+          <t>2021-08-17</t>
+        </is>
+      </c>
+      <c r="M55" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N55" s="0"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="n">
         <v>3227</v>
       </c>
-      <c r="B48" s="0" t="inlineStr">
+      <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C48" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E48" s="0" t="inlineStr">
+      <c r="C56" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D56" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E56" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
 </t>
         </is>
       </c>
-      <c r="F48" s="0" t="inlineStr">
+      <c r="F56" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G48" s="0" t="inlineStr">
+      <c r="G56" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
-      <c r="H48" s="0" t="inlineStr">
+      <c r="H56" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I48" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L48" s="0" t="inlineStr">
+      <c r="I56" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J56" s="0"/>
+      <c r="K56" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L56" s="0" t="inlineStr">
         <is>
           <t>2021-04-13</t>
         </is>
       </c>
-      <c r="M48" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A49" s="0" t="n">
+      <c r="M56" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N56" s="0"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="n">
         <v>3218</v>
       </c>
-      <c r="B49" s="0" t="inlineStr">
+      <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C49" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E49" s="0" t="inlineStr">
+      <c r="C57" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D57" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E57" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
-      <c r="F49" s="0" t="inlineStr">
+      <c r="F57" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G49" s="0" t="inlineStr">
+      <c r="G57" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
-      <c r="H49" s="0" t="inlineStr">
+      <c r="H57" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I49" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L49" s="0" t="inlineStr">
+      <c r="I57" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J57" s="0"/>
+      <c r="K57" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L57" s="0" t="inlineStr">
         <is>
           <t>2021-03-23</t>
         </is>
       </c>
-      <c r="M49" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A50" s="0" t="n">
+      <c r="M57" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N57" s="0"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="n">
         <v>3208</v>
       </c>
-      <c r="B50" s="0" t="inlineStr">
+      <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C50" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E50" s="0" t="inlineStr">
+      <c r="C58" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D58" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E58" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
 </t>
         </is>
       </c>
-      <c r="F50" s="0" t="inlineStr">
+      <c r="F58" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G50" s="0" t="inlineStr">
+      <c r="G58" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
-      <c r="H50" s="0" t="inlineStr">
+      <c r="H58" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
-        </is>
-[...494 lines deleted...]
-          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2013-09-10</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>2024</v>
+        <v>3151</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2011-07-07</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L59" s="0"/>
+      <c r="L59" s="0" t="inlineStr">
+        <is>
+          <t>2020-10-27</t>
+        </is>
+      </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>1251</v>
+        <v>3148</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2005-02-24</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L60" s="0"/>
+      <c r="L60" s="0" t="inlineStr">
+        <is>
+          <t>2020-10-20</t>
+        </is>
+      </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>4034</v>
+        <v>2940</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Steuerrabatt, 4034</t>
+          <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>4014</v>
+        <v>2850</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3958</v>
+        <v>2766</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3957</v>
+        <v>2640</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3956</v>
+        <v>2635</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3950</v>
+        <v>2291</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3948</v>
+        <v>2024</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 2. Lesung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L67" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L67" s="0"/>
       <c r="M67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3923</v>
+        <v>1251</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 2. Lesung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L68" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L68" s="0"/>
       <c r="M68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3888</v>
+        <v>4072</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Kantonsratsbeschluss betreffend Förderbeitrag an das Projekt ETH Learning Factory Zug</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert für Kommissionsbestellung</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3866</v>
+        <v>4034</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3808</v>
+        <v>4014</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L71" s="0"/>
+      <c r="L71" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-04</t>
+        </is>
+      </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3743</v>
+        <v>3958</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2026-03-12</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 30. April 2026</t>
         </is>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3742</v>
+        <v>3957</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3569</v>
+        <v>3956</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
+        <v>3950</v>
+      </c>
+      <c r="B75" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C75" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D75" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E75" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+        </is>
+      </c>
+      <c r="F75" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G75" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-13</t>
+        </is>
+      </c>
+      <c r="H75" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert zur 1. Lesung</t>
+        </is>
+      </c>
+      <c r="I75" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J75" s="0"/>
+      <c r="K75" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L75" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-01</t>
+        </is>
+      </c>
+      <c r="M75" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N75" s="0"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="n">
+        <v>3948</v>
+      </c>
+      <c r="B76" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C76" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D76" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E76" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Ersatzbeschaffung und der Umrüstung der Fahrzeugflotte auf einen CO₂-neutralen Betrieb</t>
+        </is>
+      </c>
+      <c r="F76" s="0" t="inlineStr">
+        <is>
+          <t>Finanzdirektion</t>
+        </is>
+      </c>
+      <c r="G76" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-26</t>
+        </is>
+      </c>
+      <c r="H76" s="0" t="inlineStr">
+        <is>
+          <t>Referendumsfrist am Laufen</t>
+        </is>
+      </c>
+      <c r="I76" s="0" t="inlineStr">
+        <is>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
+        </is>
+      </c>
+      <c r="J76" s="0"/>
+      <c r="K76" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L76" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-01</t>
+        </is>
+      </c>
+      <c r="M76" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N76" s="0"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="n">
+        <v>3923</v>
+      </c>
+      <c r="B77" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C77" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D77" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E77" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+        </is>
+      </c>
+      <c r="F77" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G77" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-26</t>
+        </is>
+      </c>
+      <c r="H77" s="0" t="inlineStr">
+        <is>
+          <t>Referendumsfrist am Laufen</t>
+        </is>
+      </c>
+      <c r="I77" s="0" t="inlineStr">
+        <is>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
+        </is>
+      </c>
+      <c r="J77" s="0"/>
+      <c r="K77" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L77" s="0" t="inlineStr">
+        <is>
+          <t>2025-05-06</t>
+        </is>
+      </c>
+      <c r="M77" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N77" s="0"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="n">
+        <v>3888</v>
+      </c>
+      <c r="B78" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C78" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D78" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E78" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+        </is>
+      </c>
+      <c r="F78" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G78" s="0" t="inlineStr">
+        <is>
+          <t>2025-03-27</t>
+        </is>
+      </c>
+      <c r="H78" s="0" t="inlineStr">
+        <is>
+          <t>Kommission bestellt</t>
+        </is>
+      </c>
+      <c r="I78" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J78" s="0"/>
+      <c r="K78" s="0" t="inlineStr">
+        <is>
+          <t>Kommission Tiefbau und Gewässer</t>
+        </is>
+      </c>
+      <c r="L78" s="0" t="inlineStr">
+        <is>
+          <t>2025-02-25</t>
+        </is>
+      </c>
+      <c r="M78" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N78" s="0"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="n">
+        <v>3866</v>
+      </c>
+      <c r="B79" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C79" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D79" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E79" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+        </is>
+      </c>
+      <c r="F79" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G79" s="0" t="inlineStr">
+        <is>
+          <t>2025-05-27</t>
+        </is>
+      </c>
+      <c r="H79" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I79" s="0" t="inlineStr">
+        <is>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="J79" s="0"/>
+      <c r="K79" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L79" s="0" t="inlineStr">
+        <is>
+          <t>2025-01-28</t>
+        </is>
+      </c>
+      <c r="M79" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N79" s="0"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="n">
+        <v>3808</v>
+      </c>
+      <c r="B80" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C80" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D80" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E80" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+        </is>
+      </c>
+      <c r="F80" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G80" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-21</t>
+        </is>
+      </c>
+      <c r="H80" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I80" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J80" s="0"/>
+      <c r="K80" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L80" s="0"/>
+      <c r="M80" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N80" s="0"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="n">
+        <v>3743</v>
+      </c>
+      <c r="B81" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C81" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D81" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E81" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+        </is>
+      </c>
+      <c r="F81" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G81" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-09</t>
+        </is>
+      </c>
+      <c r="H81" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I81" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J81" s="0"/>
+      <c r="K81" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L81" s="0" t="inlineStr">
+        <is>
+          <t>2024-06-04</t>
+        </is>
+      </c>
+      <c r="M81" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N81" s="0"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="0" t="n">
+        <v>3742</v>
+      </c>
+      <c r="B82" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C82" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D82" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E82" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+        </is>
+      </c>
+      <c r="F82" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G82" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-22</t>
+        </is>
+      </c>
+      <c r="H82" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I82" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J82" s="0"/>
+      <c r="K82" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L82" s="0" t="inlineStr">
+        <is>
+          <t>2024-06-04</t>
+        </is>
+      </c>
+      <c r="M82" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N82" s="0"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="n">
+        <v>3569</v>
+      </c>
+      <c r="B83" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C83" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D83" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E83" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+        </is>
+      </c>
+      <c r="F83" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G83" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-06</t>
+        </is>
+      </c>
+      <c r="H83" s="0" t="inlineStr">
+        <is>
+          <t>Inkrafttreten</t>
+        </is>
+      </c>
+      <c r="I83" s="0" t="inlineStr">
+        <is>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J83" s="0"/>
+      <c r="K83" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L83" s="0" t="inlineStr">
+        <is>
+          <t>2023-05-02</t>
+        </is>
+      </c>
+      <c r="M83" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N83" s="0"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="0" t="n">
         <v>3533</v>
       </c>
-      <c r="B75" s="0" t="inlineStr">
+      <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C75" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E75" s="0" t="inlineStr">
+      <c r="C84" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D84" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E84" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
 </t>
         </is>
       </c>
-      <c r="F75" s="0" t="inlineStr">
+      <c r="F84" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
-      <c r="G75" s="0" t="inlineStr">
+      <c r="G84" s="0" t="inlineStr">
         <is>
           <t>2024-06-21</t>
         </is>
       </c>
-      <c r="H75" s="0" t="inlineStr">
+      <c r="H84" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I75" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L75" s="0" t="inlineStr">
+      <c r="I84" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J84" s="0"/>
+      <c r="K84" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L84" s="0" t="inlineStr">
         <is>
           <t>2023-02-21</t>
         </is>
       </c>
-      <c r="M75" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A76" s="0" t="n">
+      <c r="M84" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N84" s="0"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="0" t="n">
         <v>3512</v>
       </c>
-      <c r="B76" s="0" t="inlineStr">
+      <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C76" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E76" s="0" t="inlineStr">
+      <c r="C85" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D85" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E85" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
-      <c r="F76" s="0" t="inlineStr">
+      <c r="F85" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G76" s="0" t="inlineStr">
+      <c r="G85" s="0" t="inlineStr">
         <is>
           <t>2024-01-12</t>
         </is>
       </c>
-      <c r="H76" s="0" t="inlineStr">
+      <c r="H85" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I76" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L76" s="0" t="inlineStr">
+      <c r="I85" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J85" s="0"/>
+      <c r="K85" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L85" s="0" t="inlineStr">
         <is>
           <t>2022-12-20</t>
         </is>
       </c>
-      <c r="M76" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A77" s="0" t="n">
+      <c r="M85" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N85" s="0"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="0" t="n">
         <v>3480</v>
       </c>
-      <c r="B77" s="0" t="inlineStr">
+      <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C77" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E77" s="0" t="inlineStr">
+      <c r="C86" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D86" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E86" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
-      <c r="F77" s="0" t="inlineStr">
+      <c r="F86" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G77" s="0" t="inlineStr">
+      <c r="G86" s="0" t="inlineStr">
         <is>
           <t>2023-08-18</t>
         </is>
       </c>
-      <c r="H77" s="0" t="inlineStr">
+      <c r="H86" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I77" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L77" s="0" t="inlineStr">
+      <c r="I86" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J86" s="0"/>
+      <c r="K86" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L86" s="0" t="inlineStr">
         <is>
           <t>2022-09-20</t>
         </is>
       </c>
-      <c r="M77" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A78" s="0" t="n">
+      <c r="M86" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N86" s="0"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="0" t="n">
         <v>3479</v>
       </c>
-      <c r="B78" s="0" t="inlineStr">
+      <c r="B87" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C78" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E78" s="0" t="inlineStr">
+      <c r="C87" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D87" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E87" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
 </t>
         </is>
       </c>
-      <c r="F78" s="0" t="inlineStr">
+      <c r="F87" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G78" s="0" t="inlineStr">
+      <c r="G87" s="0" t="inlineStr">
         <is>
           <t>2023-06-06</t>
-        </is>
-[...556 lines deleted...]
-          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2018-07-03</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>2855</v>
+        <v>3471</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2018-03-27</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>2655</v>
+        <v>3453</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2018-01-20</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2016-08-23</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>2501</v>
+        <v>3439</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2016-04-09</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2015-03-31</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>2336</v>
+        <v>3286</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2014-11-08</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2013-12-17</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>2310</v>
+        <v>3285</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2014-11-04</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2013-10-22</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>2212</v>
+        <v>3165</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2013-08-29</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L93" s="0"/>
+      <c r="L93" s="0" t="inlineStr">
+        <is>
+          <t>2020-11-03</t>
+        </is>
+      </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>2050</v>
+        <v>3129</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2012-05-03</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L94" s="0"/>
+      <c r="L94" s="0" t="inlineStr">
+        <is>
+          <t>2020-08-18</t>
+        </is>
+      </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>1977</v>
+        <v>2897</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L95" s="0"/>
+      <c r="L95" s="0" t="inlineStr">
+        <is>
+          <t>2018-09-18</t>
+        </is>
+      </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>1901</v>
+        <v>2885</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2010-09-30</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L96" s="0"/>
+      <c r="L96" s="0" t="inlineStr">
+        <is>
+          <t>2018-07-03</t>
+        </is>
+      </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
+        <v>2855</v>
+      </c>
+      <c r="B97" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C97" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D97" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E97" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+        </is>
+      </c>
+      <c r="F97" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G97" s="0" t="inlineStr">
+        <is>
+          <t>2019-05-16</t>
+        </is>
+      </c>
+      <c r="H97" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I97" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J97" s="0"/>
+      <c r="K97" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L97" s="0" t="inlineStr">
+        <is>
+          <t>2018-03-27</t>
+        </is>
+      </c>
+      <c r="M97" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N97" s="0"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="0" t="n">
+        <v>2655</v>
+      </c>
+      <c r="B98" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C98" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D98" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E98" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+        </is>
+      </c>
+      <c r="F98" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G98" s="0" t="inlineStr">
+        <is>
+          <t>2018-01-20</t>
+        </is>
+      </c>
+      <c r="H98" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I98" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J98" s="0"/>
+      <c r="K98" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L98" s="0" t="inlineStr">
+        <is>
+          <t>2016-08-23</t>
+        </is>
+      </c>
+      <c r="M98" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N98" s="0"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="0" t="n">
+        <v>2501</v>
+      </c>
+      <c r="B99" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C99" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D99" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E99" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+        </is>
+      </c>
+      <c r="F99" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G99" s="0" t="inlineStr">
+        <is>
+          <t>2016-04-09</t>
+        </is>
+      </c>
+      <c r="H99" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I99" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J99" s="0"/>
+      <c r="K99" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L99" s="0" t="inlineStr">
+        <is>
+          <t>2015-03-31</t>
+        </is>
+      </c>
+      <c r="M99" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N99" s="0"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="0" t="n">
+        <v>2336</v>
+      </c>
+      <c r="B100" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C100" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D100" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E100" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
+        </is>
+      </c>
+      <c r="F100" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G100" s="0" t="inlineStr">
+        <is>
+          <t>2014-11-08</t>
+        </is>
+      </c>
+      <c r="H100" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I100" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J100" s="0"/>
+      <c r="K100" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L100" s="0" t="inlineStr">
+        <is>
+          <t>2013-12-17</t>
+        </is>
+      </c>
+      <c r="M100" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N100" s="0"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="0" t="n">
+        <v>2310</v>
+      </c>
+      <c r="B101" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C101" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D101" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E101" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+        </is>
+      </c>
+      <c r="F101" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G101" s="0" t="inlineStr">
+        <is>
+          <t>2014-11-04</t>
+        </is>
+      </c>
+      <c r="H101" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I101" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J101" s="0"/>
+      <c r="K101" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L101" s="0" t="inlineStr">
+        <is>
+          <t>2013-10-22</t>
+        </is>
+      </c>
+      <c r="M101" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N101" s="0"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="0" t="n">
+        <v>2212</v>
+      </c>
+      <c r="B102" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C102" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D102" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E102" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+        </is>
+      </c>
+      <c r="F102" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G102" s="0" t="inlineStr">
+        <is>
+          <t>2013-08-29</t>
+        </is>
+      </c>
+      <c r="H102" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I102" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J102" s="0"/>
+      <c r="K102" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L102" s="0"/>
+      <c r="M102" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N102" s="0"/>
+    </row>
+    <row r="103">
+      <c r="A103" s="0" t="n">
+        <v>2050</v>
+      </c>
+      <c r="B103" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C103" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D103" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E103" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+        </is>
+      </c>
+      <c r="F103" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G103" s="0" t="inlineStr">
+        <is>
+          <t>2012-05-03</t>
+        </is>
+      </c>
+      <c r="H103" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I103" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J103" s="0"/>
+      <c r="K103" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L103" s="0"/>
+      <c r="M103" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N103" s="0"/>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="n">
+        <v>1977</v>
+      </c>
+      <c r="B104" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C104" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D104" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E104" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+        </is>
+      </c>
+      <c r="F104" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G104" s="0" t="inlineStr">
+        <is>
+          <t>2011-03-31</t>
+        </is>
+      </c>
+      <c r="H104" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I104" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J104" s="0"/>
+      <c r="K104" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L104" s="0"/>
+      <c r="M104" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N104" s="0"/>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="n">
+        <v>1901</v>
+      </c>
+      <c r="B105" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C105" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D105" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E105" s="0" t="inlineStr">
+        <is>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+        </is>
+      </c>
+      <c r="F105" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G105" s="0" t="inlineStr">
+        <is>
+          <t>2010-09-30</t>
+        </is>
+      </c>
+      <c r="H105" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I105" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J105" s="0"/>
+      <c r="K105" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L105" s="0"/>
+      <c r="M105" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N105" s="0"/>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="n">
         <v>1646</v>
       </c>
-      <c r="B97" s="0" t="inlineStr">
+      <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C97" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E97" s="0" t="inlineStr">
+      <c r="C106" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D106" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E106" s="0" t="inlineStr">
         <is>
           <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
 2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
-      <c r="F97" s="0" t="inlineStr">
+      <c r="F106" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G97" s="0" t="inlineStr">
+      <c r="G106" s="0" t="inlineStr">
         <is>
           <t>2009-05-28</t>
         </is>
       </c>
-      <c r="H97" s="0" t="inlineStr">
+      <c r="H106" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I97" s="0" t="inlineStr">
-[...576 lines deleted...]
-      </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J106" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J106" s="0"/>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L106" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L106" s="0"/>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t/>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3943</v>
+        <v>1393</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J107" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J107" s="0"/>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L107" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L107" s="0"/>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t/>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3941</v>
+        <v>4071</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Kleine Anfrage von Tabea Estermann und Klemens Iten betreffend Beteiligung des Kantons Zug an den Olympischen Winterspielen 2038</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Estermann Tabea, Iten Klemens</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3911</v>
+        <v>4068</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Kleine Anfrage von Vroni Straub betreffend Kaufinteresse Villa «unterer Frauenstein»</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2026-03-17</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-03-26</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3908</v>
+        <v>4069</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Motion von Thomas Werner betreffend Verbot einer Impfpflicht und von Diskriminierungen aufgrund medizinischer Präventionsentscheide im Kanton Zug</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2026-01-20</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. Februar 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J110" s="0"/>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3889</v>
+        <v>4066</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Motion der SP-Fraktion betreffend nachhaltige Unterstützung für die Ukraine sichern</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J111" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J111" s="0"/>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t/>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3877</v>
+        <v>4061</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Berichts-Motion der Fraktion Die Mitte betreffend Regelung für den Heimfall von Energiekraftwerken an den Kanton Zug – Umsetzung der Eigenversorgung gemäss Energiegesetz</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3872</v>
+        <v>4060</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Motion von Alexander Haslimann betreffend befristete Überbrückungsmassnahmen des Kantons Zug bei bundesbedingten Verzögerungen der Auszahlung von Arbeitslosengeldern</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Fristverkürzung auf 2 Monate</t>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-04-26</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3864</v>
+        <v>4054</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Zug soll sicherster Kanton der Schweiz werden</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3861</v>
+        <v>4051</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Motion von Mirjam Arnold, Thomas Gwerder, Hans Küng, Michael Riboni, Adrian Rogger, Barbara Schmid-Häseli und Oliver Wandfluh betreffend Kostenübernahme für medizinische Notfälle für Personen ohne Wohnsitz in der Schweiz</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>Arnold Mirjam, Gwerder Thomas , Küng Hans, Riboni Michael, Rogger Adrian, Schmid-Häseli Barbara, Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3858</v>
+        <v>4050</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend gemeinnützige Arbeitseinsätze für Asylsuchende und vorläufig Aufgenommene im Kanton Zug</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3841</v>
+        <v>4044</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
           <t>2026-01-29</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3816</v>
+        <v>4030</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3811</v>
+        <v>4021</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3802</v>
+        <v>4015</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3792</v>
+        <v>3998</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3791</v>
+        <v>3990</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3785</v>
+        <v>3965</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3778</v>
+        <v>3953</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3765</v>
+        <v>3943</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3758</v>
+        <v>3941</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3733</v>
+        <v>3911</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3732</v>
+        <v>3889</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3726</v>
+        <v>3877</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3704</v>
+        <v>3872</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3684</v>
+        <v>3864</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3683</v>
+        <v>3861</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3667</v>
+        <v>3858</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Postulat von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug (Motion umgewandelt in ein Postulat)</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2029-02-26</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3646</v>
+        <v>3816</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3617</v>
+        <v>3811</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3544</v>
+        <v>3802</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J136" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3541</v>
+        <v>3792</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3525</v>
+        <v>3791</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3495</v>
+        <v>3785</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3283</v>
+        <v>3778</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3248</v>
+        <v>3765</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>1693</v>
+        <v>3758</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
-          <t>2025-06-30</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2008-06-13</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>282</v>
+        <v>3733</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
           <t>2024-07-03</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2030</t>
+          <t/>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
-          <t>2030-12-31</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>1995-08-07</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3939</v>
+        <v>3732</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J144" s="0"/>
+      <c r="J144" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-02</t>
+        </is>
+      </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>4045</v>
+        <v>3726</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J145" s="0" t="inlineStr">
         <is>
-          <t>2027-01-29</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2026-01-12</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Estermann Tabea</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>4042</v>
+        <v>3704</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J146" s="0" t="inlineStr">
         <is>
-          <t>2027-01-29</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2025-12-23</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>4041</v>
+        <v>3684</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>2027-01-29</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Balmer Kurt</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>4039</v>
+        <v>3683</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>2027-01-29</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>4037</v>
+        <v>3667</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>2027-01-29</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
+          <t/>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>4033</v>
+        <v>3646</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2027-01-29</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>4028</v>
+        <v>3617</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>4020</v>
+        <v>3544</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2025-11-17</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>4016</v>
+        <v>3541</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2025-11-06</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>4011</v>
+        <v>3525</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>4008</v>
+        <v>3495</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2025-10-24</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>4006</v>
+        <v>3283</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J156" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3999</v>
+        <v>3248</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J157" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3993</v>
+        <v>1693</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J158" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2025-06-30</t>
         </is>
       </c>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3989</v>
+        <v>282</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
         </is>
       </c>
       <c r="J159" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2030-12-31</t>
         </is>
       </c>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t/>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3988</v>
+        <v>3939</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J160" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J160" s="0"/>
       <c r="K160" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3985</v>
+        <v>4076</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Postulat von Alexander Haslimann und Alessandro Ehrbar betreffend Chamerstrasse Rotkreuz: Fussgängerüberführung statt des täglichen Staus</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J161" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J161" s="0"/>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>Haslimann Alexander, Ehrbar Alessandro</t>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3974</v>
+        <v>4075</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Postulat von Julia Küng betreffend Einführung der Kampagne «Ist Luisa hier?» in Bars und Clubs im Kanton Zug</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-03-05</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J162" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J162" s="0"/>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2026-03-05</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Küng Julia</t>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3972</v>
+        <v>4064</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Christian Hegglin, Fabienne Michel, Mirjam Arnold, Jill Nussbaumer und Vroni Straub betreffend Verzicht auf Patientenbeitrag bei von den Sozialversicherungen nicht gedeckten Pflegekosten</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-19</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J163" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J163" s="0"/>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2026-02-19</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Franzini Konradin, Lustenberger Andreas, Hegglin Christian, Michel Fabienne, Arnold Mirjam, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3971</v>
+        <v>4047</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Postulat der FDP-Fraktion betreffend Sicherung des Gewerbestandorts durch zeitgemässe Regelungen für betriebseigenen Wohnraum in Arbeitszonen</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J164" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2026-01-14</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3969</v>
+        <v>4045</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3966</v>
+        <v>4042</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3964</v>
+        <v>4041</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J167" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3963</v>
+        <v>4039</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J168" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t/>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3960</v>
+        <v>4037</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J169" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3942</v>
+        <v>4033</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J170" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3938</v>
+        <v>4028</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J171" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3932</v>
+        <v>4020</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J172" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3930</v>
+        <v>4016</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3929</v>
+        <v>4011</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J174" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3921</v>
+        <v>4008</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J175" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3910</v>
+        <v>4006</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J176" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3896</v>
+        <v>3999</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J177" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3893</v>
+        <v>3993</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J178" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3891</v>
+        <v>3989</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J179" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3885</v>
+        <v>3988</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2026-01-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J180" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3883</v>
+        <v>3985</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3880</v>
+        <v>3974</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J182" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3869</v>
+        <v>3972</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3827</v>
+        <v>3971</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3826</v>
+        <v>3969</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J185" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3819</v>
+        <v>3966</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J186" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3759</v>
+        <v>3964</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J187" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3755</v>
+        <v>3963</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J188" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3736</v>
+        <v>3960</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J189" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3735</v>
+        <v>3942</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J190" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3734</v>
+        <v>3938</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3727</v>
+        <v>3932</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J192" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3725</v>
+        <v>3930</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J193" s="0" t="inlineStr">
         <is>
-          <t>2025-05-23</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3680</v>
+        <v>3929</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J194" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3676</v>
+        <v>3921</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3625</v>
+        <v>3910</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3621</v>
+        <v>3896</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-04-10</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3616</v>
+        <v>3893</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3602</v>
+        <v>3891</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J199" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3584</v>
+        <v>3885</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2029-02-26</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3579</v>
+        <v>3880</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3574</v>
+        <v>3869</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3562</v>
+        <v>3827</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3546</v>
+        <v>3826</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J204" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3532</v>
+        <v>3819</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J205" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3502</v>
+        <v>3759</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J206" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3488</v>
+        <v>3755</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
-          <t>2027-02-28</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3443</v>
+        <v>3736</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J208" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3433</v>
+        <v>3735</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3364</v>
+        <v>3734</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
-          <t>2026-09-27</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3354</v>
+        <v>3727</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben.</t>
+          <t/>
         </is>
       </c>
       <c r="J211" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3351</v>
+        <v>3725</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J212" s="0" t="inlineStr">
         <is>
-          <t>2026-03-29</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3350</v>
+        <v>3680</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben.</t>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>2021-12-16</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3320</v>
+        <v>3676</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3268</v>
+        <v>3625</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3262</v>
+        <v>3621</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J216" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3260</v>
+        <v>3616</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J217" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>3102</v>
+        <v>3602</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t/>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2026</t>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J218" s="0" t="inlineStr">
         <is>
-          <t>2026-12-31</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>2020-05-12</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>3799</v>
+        <v>3584</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
-[...2 lines deleted...]
-      <c r="J219" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J219" s="0" t="inlineStr">
+        <is>
+          <t>2027-09-26</t>
+        </is>
+      </c>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
+        <v>3579</v>
+      </c>
+      <c r="B220" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C220" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E220" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+        </is>
+      </c>
+      <c r="F220" s="0" t="inlineStr">
+        <is>
+          <t>Direktion für Bildung und Kultur</t>
+        </is>
+      </c>
+      <c r="G220" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-04</t>
+        </is>
+      </c>
+      <c r="H220" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J220" s="0" t="inlineStr">
+        <is>
+          <t>2027-07-04</t>
+        </is>
+      </c>
+      <c r="K220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L220" s="0" t="inlineStr">
+        <is>
+          <t>2023-06-06</t>
+        </is>
+      </c>
+      <c r="M220" s="0" t="inlineStr">
+        <is>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+        </is>
+      </c>
+      <c r="N220" s="0"/>
+    </row>
+    <row r="221">
+      <c r="A221" s="0" t="n">
+        <v>3574</v>
+      </c>
+      <c r="B221" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C221" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E221" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+        </is>
+      </c>
+      <c r="F221" s="0" t="inlineStr">
+        <is>
+          <t>Sicherheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G221" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-23</t>
+        </is>
+      </c>
+      <c r="H221" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J221" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
+      <c r="K221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L221" s="0" t="inlineStr">
+        <is>
+          <t>2023-05-13</t>
+        </is>
+      </c>
+      <c r="M221" s="0" t="inlineStr">
+        <is>
+          <t>Leuenberger Simon</t>
+        </is>
+      </c>
+      <c r="N221" s="0"/>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="n">
+        <v>3562</v>
+      </c>
+      <c r="B222" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C222" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E222" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+        </is>
+      </c>
+      <c r="F222" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G222" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-23</t>
+        </is>
+      </c>
+      <c r="H222" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J222" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
+      <c r="K222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L222" s="0" t="inlineStr">
+        <is>
+          <t>2023-04-18</t>
+        </is>
+      </c>
+      <c r="M222" s="0" t="inlineStr">
+        <is>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+        </is>
+      </c>
+      <c r="N222" s="0"/>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="n">
+        <v>3546</v>
+      </c>
+      <c r="B223" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C223" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E223" s="0" t="inlineStr">
+        <is>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+        </is>
+      </c>
+      <c r="F223" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G223" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-04</t>
+        </is>
+      </c>
+      <c r="H223" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J223" s="0" t="inlineStr">
+        <is>
+          <t>2027-07-04</t>
+        </is>
+      </c>
+      <c r="K223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L223" s="0" t="inlineStr">
+        <is>
+          <t>2023-03-28</t>
+        </is>
+      </c>
+      <c r="M223" s="0" t="inlineStr">
+        <is>
+          <t>FDP</t>
+        </is>
+      </c>
+      <c r="N223" s="0"/>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="n">
+        <v>3532</v>
+      </c>
+      <c r="B224" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C224" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E224" s="0" t="inlineStr">
+        <is>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+        </is>
+      </c>
+      <c r="F224" s="0" t="inlineStr">
+        <is>
+          <t>Sicherheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G224" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-21</t>
+        </is>
+      </c>
+      <c r="H224" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J224" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-21</t>
+        </is>
+      </c>
+      <c r="K224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L224" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-16</t>
+        </is>
+      </c>
+      <c r="M224" s="0" t="inlineStr">
+        <is>
+          <t>SP</t>
+        </is>
+      </c>
+      <c r="N224" s="0"/>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="n">
+        <v>3502</v>
+      </c>
+      <c r="B225" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C225" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E225" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+        </is>
+      </c>
+      <c r="F225" s="0" t="inlineStr">
+        <is>
+          <t>Sicherheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G225" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-01</t>
+        </is>
+      </c>
+      <c r="H225" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J225" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
+      <c r="K225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L225" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-20</t>
+        </is>
+      </c>
+      <c r="M225" s="0" t="inlineStr">
+        <is>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+        </is>
+      </c>
+      <c r="N225" s="0"/>
+    </row>
+    <row r="226">
+      <c r="A226" s="0" t="n">
+        <v>3488</v>
+      </c>
+      <c r="B226" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C226" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E226" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
+        </is>
+      </c>
+      <c r="F226" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G226" s="0" t="inlineStr">
+        <is>
+          <t>2024-02-29</t>
+        </is>
+      </c>
+      <c r="H226" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J226" s="0" t="inlineStr">
+        <is>
+          <t>2027-02-28</t>
+        </is>
+      </c>
+      <c r="K226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L226" s="0" t="inlineStr">
+        <is>
+          <t>2022-10-25</t>
+        </is>
+      </c>
+      <c r="M226" s="0" t="inlineStr">
+        <is>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+        </is>
+      </c>
+      <c r="N226" s="0"/>
+    </row>
+    <row r="227">
+      <c r="A227" s="0" t="n">
+        <v>3443</v>
+      </c>
+      <c r="B227" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C227" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E227" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+        </is>
+      </c>
+      <c r="F227" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G227" s="0" t="inlineStr">
+        <is>
+          <t>2023-12-14</t>
+        </is>
+      </c>
+      <c r="H227" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J227" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-14</t>
+        </is>
+      </c>
+      <c r="K227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L227" s="0" t="inlineStr">
+        <is>
+          <t>2022-06-13</t>
+        </is>
+      </c>
+      <c r="M227" s="0" t="inlineStr">
+        <is>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+        </is>
+      </c>
+      <c r="N227" s="0"/>
+    </row>
+    <row r="228">
+      <c r="A228" s="0" t="n">
+        <v>3433</v>
+      </c>
+      <c r="B228" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C228" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E228" s="0" t="inlineStr">
+        <is>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+        </is>
+      </c>
+      <c r="F228" s="0" t="inlineStr">
+        <is>
+          <t>Volkswirtschaftsdirektion</t>
+        </is>
+      </c>
+      <c r="G228" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-10</t>
+        </is>
+      </c>
+      <c r="H228" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert</t>
+        </is>
+      </c>
+      <c r="I228" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J228" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-14</t>
+        </is>
+      </c>
+      <c r="K228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L228" s="0" t="inlineStr">
+        <is>
+          <t>2022-05-31</t>
+        </is>
+      </c>
+      <c r="M228" s="0" t="inlineStr">
+        <is>
+          <t>FDP</t>
+        </is>
+      </c>
+      <c r="N228" s="0"/>
+    </row>
+    <row r="229">
+      <c r="A229" s="0" t="n">
+        <v>3364</v>
+      </c>
+      <c r="B229" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C229" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E229" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+        </is>
+      </c>
+      <c r="F229" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G229" s="0" t="inlineStr">
+        <is>
+          <t>2023-09-28</t>
+        </is>
+      </c>
+      <c r="H229" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I229" s="0" t="inlineStr">
+        <is>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J229" s="0" t="inlineStr">
+        <is>
+          <t>2026-09-27</t>
+        </is>
+      </c>
+      <c r="K229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L229" s="0" t="inlineStr">
+        <is>
+          <t>2022-01-26</t>
+        </is>
+      </c>
+      <c r="M229" s="0" t="inlineStr">
+        <is>
+          <t>Röösli Patrick, Meierhans Thomas</t>
+        </is>
+      </c>
+      <c r="N229" s="0"/>
+    </row>
+    <row r="230">
+      <c r="A230" s="0" t="n">
+        <v>3354</v>
+      </c>
+      <c r="B230" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C230" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E230" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+        </is>
+      </c>
+      <c r="F230" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G230" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I230" s="0" t="inlineStr">
+        <is>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J230" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-28</t>
+        </is>
+      </c>
+      <c r="K230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L230" s="0" t="inlineStr">
+        <is>
+          <t>2021-12-20</t>
+        </is>
+      </c>
+      <c r="M230" s="0" t="inlineStr">
+        <is>
+          <t>Spörri Markus, Letter Peter</t>
+        </is>
+      </c>
+      <c r="N230" s="0"/>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="n">
+        <v>3351</v>
+      </c>
+      <c r="B231" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C231" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E231" s="0" t="inlineStr">
+        <is>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+        </is>
+      </c>
+      <c r="F231" s="0" t="inlineStr">
+        <is>
+          <t>Sicherheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G231" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-03</t>
+        </is>
+      </c>
+      <c r="H231" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert</t>
+        </is>
+      </c>
+      <c r="I231" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J231" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
+      <c r="K231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L231" s="0" t="inlineStr">
+        <is>
+          <t>2021-12-17</t>
+        </is>
+      </c>
+      <c r="M231" s="0" t="inlineStr">
+        <is>
+          <t>SVP</t>
+        </is>
+      </c>
+      <c r="N231" s="0"/>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="n">
+        <v>3350</v>
+      </c>
+      <c r="B232" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C232" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E232" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+        </is>
+      </c>
+      <c r="F232" s="0" t="inlineStr">
+        <is>
+          <t>Büro des Kantonsrats</t>
+        </is>
+      </c>
+      <c r="G232" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I232" s="0" t="inlineStr">
+        <is>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J232" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="K232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L232" s="0" t="inlineStr">
+        <is>
+          <t>2021-12-16</t>
+        </is>
+      </c>
+      <c r="M232" s="0" t="inlineStr">
+        <is>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
+        </is>
+      </c>
+      <c r="N232" s="0"/>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="n">
+        <v>3320</v>
+      </c>
+      <c r="B233" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C233" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E233" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+        </is>
+      </c>
+      <c r="F233" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G233" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+      <c r="H233" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J233" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
+      <c r="K233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L233" s="0" t="inlineStr">
+        <is>
+          <t>2021-11-02</t>
+        </is>
+      </c>
+      <c r="M233" s="0" t="inlineStr">
+        <is>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+        </is>
+      </c>
+      <c r="N233" s="0"/>
+    </row>
+    <row r="234">
+      <c r="A234" s="0" t="n">
+        <v>3268</v>
+      </c>
+      <c r="B234" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C234" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D234" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E234" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+        </is>
+      </c>
+      <c r="F234" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G234" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-10</t>
+        </is>
+      </c>
+      <c r="H234" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I234" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J234" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
+      <c r="K234" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L234" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-24</t>
+        </is>
+      </c>
+      <c r="M234" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N234" s="0"/>
+    </row>
+    <row r="235">
+      <c r="A235" s="0" t="n">
+        <v>3262</v>
+      </c>
+      <c r="B235" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C235" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D235" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E235" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+        </is>
+      </c>
+      <c r="F235" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G235" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-10</t>
+        </is>
+      </c>
+      <c r="H235" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I235" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J235" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
+      <c r="K235" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L235" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-09</t>
+        </is>
+      </c>
+      <c r="M235" s="0" t="inlineStr">
+        <is>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+        </is>
+      </c>
+      <c r="N235" s="0"/>
+    </row>
+    <row r="236">
+      <c r="A236" s="0" t="n">
+        <v>3260</v>
+      </c>
+      <c r="B236" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C236" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D236" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E236" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+        </is>
+      </c>
+      <c r="F236" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G236" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-10</t>
+        </is>
+      </c>
+      <c r="H236" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I236" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J236" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
+      <c r="K236" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L236" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-08</t>
+        </is>
+      </c>
+      <c r="M236" s="0" t="inlineStr">
+        <is>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+        </is>
+      </c>
+      <c r="N236" s="0"/>
+    </row>
+    <row r="237">
+      <c r="A237" s="0" t="n">
+        <v>3102</v>
+      </c>
+      <c r="B237" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C237" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D237" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E237" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+        </is>
+      </c>
+      <c r="F237" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G237" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+      <c r="H237" s="0" t="inlineStr">
+        <is>
+          <t>Frist erstreckt</t>
+        </is>
+      </c>
+      <c r="I237" s="0" t="inlineStr">
+        <is>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
+        </is>
+      </c>
+      <c r="J237" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-31</t>
+        </is>
+      </c>
+      <c r="K237" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L237" s="0" t="inlineStr">
+        <is>
+          <t>2020-05-12</t>
+        </is>
+      </c>
+      <c r="M237" s="0" t="inlineStr">
+        <is>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+        </is>
+      </c>
+      <c r="N237" s="0"/>
+    </row>
+    <row r="238">
+      <c r="A238" s="0" t="n">
+        <v>3799</v>
+      </c>
+      <c r="B238" s="0" t="inlineStr">
+        <is>
+          <t>Verfassung</t>
+        </is>
+      </c>
+      <c r="C238" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D238" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E238" s="0" t="inlineStr">
+        <is>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+        </is>
+      </c>
+      <c r="F238" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G238" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H238" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I238" s="0" t="inlineStr">
+        <is>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
+        </is>
+      </c>
+      <c r="J238" s="0"/>
+      <c r="K238" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L238" s="0" t="inlineStr">
+        <is>
+          <t>2024-09-10</t>
+        </is>
+      </c>
+      <c r="M238" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N238" s="0"/>
+    </row>
+    <row r="239">
+      <c r="A239" s="0" t="n">
+        <v>4077</v>
+      </c>
+      <c r="B239" s="0" t="inlineStr">
+        <is>
+          <t>Verschiedenes</t>
+        </is>
+      </c>
+      <c r="C239" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D239" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E239" s="0" t="inlineStr">
+        <is>
+          <t>Finanzstrategie 2026–2033 des Kantons Zug</t>
+        </is>
+      </c>
+      <c r="F239" s="0" t="inlineStr">
+        <is>
+          <t>Finanzdirektion</t>
+        </is>
+      </c>
+      <c r="G239" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-10</t>
+        </is>
+      </c>
+      <c r="H239" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert</t>
+        </is>
+      </c>
+      <c r="I239" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J239" s="0"/>
+      <c r="K239" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L239" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-10</t>
+        </is>
+      </c>
+      <c r="M239" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N239" s="0"/>
+    </row>
+    <row r="240">
+      <c r="A240" s="0" t="n">
         <v>3507</v>
       </c>
-      <c r="B220" s="0" t="inlineStr">
+      <c r="B240" s="0" t="inlineStr">
         <is>
           <t>Verschiedenes</t>
         </is>
       </c>
-      <c r="C220" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E220" s="0" t="inlineStr">
+      <c r="C240" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D240" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E240" s="0" t="inlineStr">
         <is>
           <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
-      <c r="F220" s="0" t="inlineStr">
+      <c r="F240" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
-      <c r="G220" s="0" t="inlineStr">
+      <c r="G240" s="0" t="inlineStr">
         <is>
           <t>2025-10-28</t>
         </is>
       </c>
-      <c r="H220" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I220" s="0" t="inlineStr">
+      <c r="H240" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I240" s="0" t="inlineStr">
         <is>
           <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
         </is>
       </c>
-      <c r="J220" s="0"/>
-[...5 lines deleted...]
-      <c r="L220" s="0" t="inlineStr">
+      <c r="J240" s="0"/>
+      <c r="K240" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L240" s="0" t="inlineStr">
         <is>
           <t>2022-11-24</t>
         </is>
       </c>
-      <c r="M220" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N220" s="0"/>
+      <c r="M240" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N240" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>