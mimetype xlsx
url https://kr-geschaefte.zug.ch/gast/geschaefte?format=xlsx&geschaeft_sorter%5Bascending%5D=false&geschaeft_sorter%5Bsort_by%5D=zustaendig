--- v0 (2025-11-08)
+++ v1 (2025-12-30)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N241" totalsRowShown="0">
-  <autoFilter ref="A1:N241"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N221" totalsRowShown="0">
+  <autoFilter ref="A1:N221"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N241"/>
+  <dimension ref="A1:N221"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="168.08988764044946"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -189,304 +189,308 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>3953</v>
+        <v>4030</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>3943</v>
+        <v>3953</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>3350</v>
+        <v>3943</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2021-12-16</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>3845</v>
+        <v>3350</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>Petition</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Petition «Endlich bezahlbarer Wohnraum für Zug!»</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...2 lines deleted...]
-      <c r="J5" s="0"/>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J5" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2024-11-29</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
         <v>3541</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
@@ -515,308 +519,308 @@
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
           <t>2028-02-21</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
           <t>2023-03-21</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
           <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>3995</v>
+        <v>4029</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>3992</v>
+        <v>4013</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3967</v>
+        <v>3995</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend TARDOC – die Quittung zahlen die Frauen</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3947</v>
+        <v>3992</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Lustenberger, Carina Brüngger und Hans Jörg Villiger betreffend Kürzungen bei J+S durch kantonale Beiträge auffangen</t>
+          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>2025-10-27</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-06-24</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Brüngger Carina, Villiger Hans Jörg</t>
+          <t>Franzini Luzian, Yener Ronahi</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
         <v>3932</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
@@ -1109,486 +1113,486 @@
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
           <t>2026-01-30</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
           <t>2025-01-14</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
           <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>3804</v>
+        <v>3791</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Mirjam Arnold, Klemens Iten, Christian Hegglin und Carina Brüngger betreffend Anspruch auf Prämienverbilligung automatisch prüfen und Beiträge direkt ausbezahlen</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Arnold Mirjam, Iten Klemens, Hegglin Christian, Brüngger Carina</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3793</v>
+        <v>3778</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Massnahmen gegen die mentale Gesundheitskrise bei Kindern und Jugendlichen im Kanton Zug</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3791</v>
+        <v>3646</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3778</v>
+        <v>3421</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2023-12-01</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2022-05-13</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3646</v>
+        <v>4022</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3421</v>
+        <v>4010</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
         <v>3977</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
           <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. November 2025</t>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
           <t>2026-04-02</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
           <t>2025-08-13</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
@@ -1637,14068 +1641,12783 @@
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
           <t>2026-08-28</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
           <t>2025-08-09</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
           <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3951</v>
+        <v>3942</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3942</v>
+        <v>3911</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3940</v>
+        <v>3905</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J26" s="0"/>
       <c r="K26" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3936</v>
+        <v>3827</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3931</v>
+        <v>3433</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3911</v>
+        <v>3994</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J29" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J29" s="0"/>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3907</v>
+        <v>3969</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2025-11-01</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3905</v>
+        <v>3841</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J31" s="0"/>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J31" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-28</t>
+        </is>
+      </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3827</v>
+        <v>3602</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3433</v>
+        <v>3533</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J33" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J33" s="0"/>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3273</v>
+        <v>3507</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+        </is>
+      </c>
+      <c r="J34" s="0"/>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2021-08-03</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3962</v>
+        <v>4031</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Genehmigung der Änderung der Geschäftsordnung des Verwaltungsgerichts (GO VG)</t>
+          <t>Kleine Anfrage von Thomas Gander und Manuela Käch betreffend Strassenverkehrsunfälle auf dem Abschnitt Autobahnauffahrt Cham/Sins bis zur Kreuzung Sinserstrasse/Untermühlestrasse</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Verwaltungsgericht</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J35" s="0"/>
+      <c r="J35" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-01</t>
+        </is>
+      </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission erweitert</t>
+          <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Käch Manuela, Gander Thomas</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3994</v>
+        <v>4016</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J36" s="0"/>
+      <c r="J36" s="0" t="inlineStr">
+        <is>
+          <t>2026-11-26</t>
+        </is>
+      </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3982</v>
+        <v>4006</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Wahlen</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Feststellung der Gültigkeit der Wahl von Andreas Hausheer als Mitglied des Regierungsrats für den Rest der Amtsperiode 2023–2026</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>Wahl: Feststellung Gültigkeit</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung der Wahl von Andreas Hausheer, Steinhausen</t>
-[...2 lines deleted...]
-      <c r="J37" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J37" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-30</t>
+        </is>
+      </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3969</v>
+        <v>4003</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3841</v>
+        <v>3999</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3602</v>
+        <v>3987</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3533</v>
+        <v>3980</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3507</v>
+        <v>3968</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
-[...2 lines deleted...]
-      <c r="J42" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J42" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-28</t>
+        </is>
+      </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>4006</v>
+        <v>3963</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J43" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>4003</v>
+        <v>3957</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J44" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J44" s="0"/>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3999</v>
+        <v>3941</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3987</v>
+        <v>3910</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t/>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3980</v>
+        <v>3891</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J47" s="0"/>
+      <c r="J47" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3968</v>
+        <v>3889</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3963</v>
+        <v>3727</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3957</v>
+        <v>3628</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3941</v>
+        <v>3574</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3910</v>
+        <v>3544</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3891</v>
+        <v>3532</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3889</v>
+        <v>3502</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3851</v>
+        <v>3351</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Tabea Estermann betreffend Meldungen aus der Bevölkerung zu Geldwäscherei im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2026-03-29</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2025-01-03</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3727</v>
+        <v>3998</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3628</v>
+        <v>3993</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J57" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J57" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3574</v>
+        <v>3978</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2025-08-18</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Schumpf Etienne, Grond Flurin</t>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3544</v>
+        <v>3975</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-02-28</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2025-08-12</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3532</v>
+        <v>3974</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3502</v>
+        <v>3958</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J61" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J61" s="0"/>
       <c r="K61" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t/>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3351</v>
+        <v>3956</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J62" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J62" s="0"/>
       <c r="K62" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3837</v>
+        <v>3948</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes betreffend die Einführung des Schweizerischen Zivilgesetzbuches für den Kanton Zug (EG ZGB) sowie des Gesetzes über das Gesundheitswesen im Kanton Zug (Gesundheitsgesetz; GesG)</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>Obergericht, Verwaltungsgericht</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-07-09</t>
+          <t>2025-11-14</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am 11. Juli 2025Aufnahme in GS 2025/025; BGS 211.1 / 821.1</t>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2024-10-23</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>4005</v>
+        <v>3939</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Tabea Estermann und Jill Nussbaumer betreffend Einkommensaufteilung der Zuger Ehepaare</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Nussbaumer Jill</t>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3998</v>
+        <v>3908</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-05-01</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3993</v>
+        <v>3896</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-04-10</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3978</v>
+        <v>3877</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3975</v>
+        <v>3872</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3974</v>
+        <v>3785</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3961</v>
+        <v>3732</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Budget 2026 und Finanzplan 2026–2029</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-11-07</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...2 lines deleted...]
-      <c r="J70" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J70" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-02</t>
+        </is>
+      </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L70" s="0"/>
+      <c r="L70" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-13</t>
+        </is>
+      </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3958</v>
+        <v>3684</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J71" s="0"/>
+      <c r="J71" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-11</t>
+        </is>
+      </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3956</v>
+        <v>3683</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J72" s="0"/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J72" s="0" t="inlineStr">
+        <is>
+          <t>2027-04-11</t>
+        </is>
+      </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3948</v>
+        <v>3286</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ZVB, 3948</t>
+          <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3939</v>
+        <v>3285</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t/>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3920</v>
+        <v>4025</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend barrierefreien Zugang dank kantonaler digitaler Assistenz</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2025-05-03</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
           <t>GLP</t>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3908</v>
+        <v>4023</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J76" s="0" t="inlineStr">
         <is>
-          <t>2026-05-01</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3896</v>
+        <v>4019</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3877</v>
+        <v>4011</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
+          <t/>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3876</v>
+        <v>4001</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Motion von Alois Gössi, Philip C. Brunner, Tabea Estermann und Christian Hegglin betreffend Zuger Finanzausgleich Phase II</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>Gössi Alois, Brunner Philip C., Estermann Tabea, Hegglin Christian</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3874</v>
+        <v>3996</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J80" s="0"/>
       <c r="K80" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t/>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3872</v>
+        <v>3989</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J81" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3870</v>
+        <v>3988</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J82" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3859</v>
+        <v>3964</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3842</v>
+        <v>3819</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Motion der Stadtzuger Kantonsrätinnen und Kantonsräte (Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni) betreffend Dämpfung der finanziellen Belastung des Zuger Finanzausgleichs (ZFA) für die Stadt Zug </t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2024-11-08</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3835</v>
+        <v>3811</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Steuergesetzes - neuntes Revisionspaket</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J85" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J85" s="0" t="inlineStr">
+        <is>
+          <t>2028-08-28</t>
+        </is>
+      </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3834</v>
+        <v>3799</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über Standortentwicklung (GSE) - Umsetzung der OECD-Mindeststeuer</t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t/>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
         </is>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3833</v>
+        <v>3792</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Zuger Pensionskasse (PKG)</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist abgelaufen</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t>Die Referendumsfrist ist unbenutzt abgelaufen.</t>
-[...2 lines deleted...]
-      <c r="J87" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J87" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3832</v>
+        <v>3765</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Entschädigung der nebenamtlichen Behördenmitglieder (Nebenamtsgesetz) sowie Teilrevision des Kantonsratsbeschlusses über die Entschädigung der Fraktionen des Kantonsrats 
-</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist abgelaufen</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
-          <t>Die Referendumsfrist ist unbenutzt abgelaufen.</t>
-[...2 lines deleted...]
-      <c r="J88" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J88" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3785</v>
+        <v>3680</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3732</v>
+        <v>3652</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-09-01</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J90" s="0"/>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2023-12-12</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
-[...2 lines deleted...]
-      <c r="N90" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N90" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3684</v>
+        <v>3525</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3683</v>
+        <v>3495</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3286</v>
+        <v>3364</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J93" s="0"/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J93" s="0" t="inlineStr">
+        <is>
+          <t>2026-09-27</t>
+        </is>
+      </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3285</v>
+        <v>3283</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J94" s="0"/>
+      <c r="J94" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-28</t>
+        </is>
+      </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>4001</v>
+        <v>3260</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3996</v>
+        <v>3248</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J96" s="0"/>
+      <c r="J96" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-28</t>
+        </is>
+      </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3989</v>
+        <v>3102</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3988</v>
+        <v>3965</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3964</v>
+        <v>3930</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3916</v>
+        <v>3929</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Fristverlängerung bei Volksinitiativen</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2025-04-28</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3871</v>
+        <v>3899</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J101" s="0"/>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-03-25</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3855</v>
+        <v>3885</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3846</v>
+        <v>3810</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Motion von Julia Küng, Klemens Iten, Simon Leuenberger, Ronahi Yener und Katharina Jans betreffend Schaffung eines öffentlich-rechtlichen Jugendparlaments im Kanton Zug</t>
+          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H103" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert</t>
+        </is>
+      </c>
+      <c r="I103" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J103" s="0" t="inlineStr">
+        <is>
           <t>2025-10-31</t>
         </is>
       </c>
-      <c r="H103" s="0" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2024-12-03</t>
+          <t>2024-09-22</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Iten Klemens, Leuenberger Simon, Yener Ronahi, Jans Katharina</t>
+          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3825</v>
+        <v>3802</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Haas betreffend Teilhabe der Menschen mit Beeinträchtigungen am finanziellen Erfolg des Kantons Zug</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-10-12</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>Haas Esther</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3819</v>
+        <v>3770</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J105" s="0"/>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3811</v>
+        <v>3726</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3799</v>
+        <v>3625</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) Gewährleistung des Bundes erfolgt am 22. September 2025Volksabstimmung am 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J107" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J107" s="0" t="inlineStr">
+        <is>
+          <t>2028-07-03</t>
+        </is>
+      </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3792</v>
+        <v>3591</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Frist erstreckt bis 30. September 2025</t>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3765</v>
+        <v>3584</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3680</v>
+        <v>3579</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3652</v>
+        <v>4028</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J111" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J111" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>GLP</t>
+        </is>
+      </c>
+      <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3525</v>
+        <v>4027</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3495</v>
+        <v>4026</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3382</v>
+        <v>4021</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Felber Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3364</v>
+        <v>4020</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2026-09-27</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3283</v>
+        <v>4018</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3260</v>
+        <v>4015</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3248</v>
+        <v>4014</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J118" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J118" s="0"/>
       <c r="K118" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3102</v>
+        <v>4012</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J119" s="0"/>
       <c r="K119" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2020-05-12</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3965</v>
+        <v>4008</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3930</v>
+        <v>4000</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3929</v>
+        <v>3990</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3913</v>
+        <v>3985</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2025-04-24</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3899</v>
+        <v>3972</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J124" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J124" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3897</v>
+        <v>3966</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Esther Monney, Patrik Kretz, Adrian Rogger und Brigitte Wenzin Widmer betreffend die Frage: Wie wird «lautgetreues Schreiben» an den Zuger Volksschulen umgesetzt?</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2025-03-21</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Kretz Patrik, Rogger Adrian, Wenzin Widmer Brigitte</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3885</v>
+        <v>3960</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3810</v>
+        <v>3950</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J127" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J127" s="0"/>
       <c r="K127" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3802</v>
+        <v>3949</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J128" s="0"/>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3770</v>
+        <v>3938</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
-[...2 lines deleted...]
-      <c r="J129" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J129" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3726</v>
+        <v>3934</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2026-01-02</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3625</v>
+        <v>3924</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3591</v>
+        <v>3923</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-09-05</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J132" s="0"/>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3584</v>
+        <v>3921</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3579</v>
+        <v>3917</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2025-11-22</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2025-04-29</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>4000</v>
+        <v>3888</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J135" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J135" s="0"/>
       <c r="K135" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3990</v>
+        <v>3887</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J136" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J136" s="0"/>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
+          <t>2025-02-25</t>
+        </is>
+      </c>
+      <c r="M136" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N136" s="0" t="inlineStr">
+        <is>
           <t>2025-09-04</t>
         </is>
       </c>
-      <c r="M136" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3985</v>
+        <v>3883</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3972</v>
+        <v>3869</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3966</v>
+        <v>3867</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J139" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J139" s="0"/>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
-[...2 lines deleted...]
-      <c r="N139" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N139" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3960</v>
+        <v>3866</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="J140" s="0"/>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3950</v>
+        <v>3861</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J141" s="0"/>
+      <c r="J141" s="0" t="inlineStr">
+        <is>
+          <t>2028-12-18</t>
+        </is>
+      </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3938</v>
+        <v>3844</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2024-11-24</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3934</v>
+        <v>3826</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3924</v>
+        <v>3816</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J144" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3923</v>
+        <v>3808</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L145" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L145" s="0"/>
       <c r="M145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3921</v>
+        <v>3790</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J146" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J146" s="0"/>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t/>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3917</v>
+        <v>3767</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J147" s="0"/>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3888</v>
+        <v>3759</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J148" s="0"/>
+      <c r="J148" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3887</v>
+        <v>3758</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J149" s="0"/>
+      <c r="J149" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-29</t>
+        </is>
+      </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+        </is>
+      </c>
+      <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3886</v>
+        <v>3755</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J150" s="0"/>
+      <c r="J150" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3883</v>
+        <v>3743</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J151" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J151" s="0"/>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
-[...2 lines deleted...]
-      <c r="N151" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N151" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-06</t>
+        </is>
+      </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3869</v>
+        <v>3742</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J152" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J152" s="0"/>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
-[...2 lines deleted...]
-      <c r="N152" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N152" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-21</t>
+        </is>
+      </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3867</v>
+        <v>3736</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J153" s="0"/>
+      <c r="J153" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+        </is>
+      </c>
+      <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3866</v>
+        <v>3735</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
-[...2 lines deleted...]
-      <c r="J154" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J154" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3862</v>
+        <v>3734</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Barbara Gysel betreffend die Frage: Sind wir genügend vorbereitet auf Naturgefahren?</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>Gysel Barbara</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3861</v>
+        <v>3733</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J156" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3856</v>
+        <v>3725</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend  CO2 Bilanz des Kantons Zug als Verwaltungseinheit</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J157" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3844</v>
+        <v>3704</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend einer gesetzlichen Frist für Bauanfragen</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
           <t>2024-12-19</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J158" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3840</v>
+        <v>3685</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend flächendeckende Ladestationen für Elektrofahrzeuge auf Parkieranlagen von kantonalen Immobilien</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+        </is>
+      </c>
+      <c r="J159" s="0"/>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3826</v>
+        <v>3676</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J160" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3816</v>
+        <v>3667</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
           <t>2024-12-19</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J161" s="0" t="inlineStr">
         <is>
           <t>2027-12-19</t>
         </is>
       </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3808</v>
+        <v>3656</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L162" s="0"/>
+      <c r="L162" s="0" t="inlineStr">
+        <is>
+          <t>2023-12-19</t>
+        </is>
+      </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3790</v>
+        <v>3621</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J163" s="0"/>
+      <c r="J163" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3767</v>
+        <v>3617</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J164" s="0"/>
+      <c r="J164" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3759</v>
+        <v>3616</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
           <t>2025-01-30</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
           <t>2028-01-30</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3758</v>
+        <v>3613</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J166" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J166" s="0"/>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3755</v>
+        <v>3595</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J167" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J167" s="0"/>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t/>
         </is>
       </c>
       <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3752</v>
+        <v>3594</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Motion von Drin Alaj betreffend Verbilligung ÖV-Tarife im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J168" s="0"/>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2024-06-19</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin</t>
+          <t/>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3743</v>
+        <v>3592</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N169" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3742</v>
+        <v>3569</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N170" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3736</v>
+        <v>3562</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J171" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3735</v>
+        <v>3546</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J172" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3734</v>
+        <v>3535</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J173" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J173" s="0"/>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3733</v>
+        <v>3534</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J174" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J174" s="0"/>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3725</v>
+        <v>3512</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J175" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J175" s="0"/>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3704</v>
+        <v>3488</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J176" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2027-02-28</t>
         </is>
       </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3700</v>
+        <v>3480</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J177" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J177" s="0"/>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2022-09-20</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t/>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3685</v>
+        <v>3479</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
+</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+          <t/>
         </is>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3676</v>
+        <v>3471</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J179" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J179" s="0"/>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t/>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3667</v>
+        <v>3453</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J180" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J180" s="0"/>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3656</v>
+        <v>3443</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J181" s="0"/>
+      <c r="J181" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-14</t>
+        </is>
+      </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3621</v>
+        <v>3439</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J182" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J182" s="0"/>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3617</v>
+        <v>3354</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-06-28</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3616</v>
+        <v>3320</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3613</v>
+        <v>3281</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3595</v>
+        <v>3268</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J186" s="0"/>
+      <c r="J186" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3594</v>
+        <v>3262</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J187" s="0"/>
+      <c r="J187" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3592</v>
+        <v>3227</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
+</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3569</v>
+        <v>3218</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3562</v>
+        <v>3208</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
+</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J190" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J190" s="0"/>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3546</v>
+        <v>3185</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J191" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J191" s="0"/>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3535</v>
+        <v>3173</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J192" s="0"/>
+          <t>Traktandiert für 29. Januar 2025</t>
+        </is>
+      </c>
+      <c r="J192" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-31</t>
+        </is>
+      </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2020-11-13</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Andermatt Pirmin</t>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3534</v>
+        <v>3165</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3512</v>
+        <v>3151</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3488</v>
+        <v>3148</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J195" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J195" s="0"/>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3480</v>
+        <v>3129</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3479</v>
+        <v>2940</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
-</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2022-09-13</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3471</v>
+        <v>2897</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3453</v>
+        <v>2885</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2022-06-28</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3443</v>
+        <v>2855</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J200" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J200" s="0"/>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t/>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3439</v>
+        <v>2850</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3354</v>
+        <v>2766</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J202" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J202" s="0"/>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3345</v>
+        <v>2655</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J203" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J203" s="0"/>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2021-12-09</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3320</v>
+        <v>2640</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J204" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J204" s="0"/>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t/>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3281</v>
+        <v>2635</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3268</v>
+        <v>2501</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J206" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J206" s="0"/>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2015-03-31</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3262</v>
+        <v>2336</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J207" s="0"/>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
-[...2 lines deleted...]
-      <c r="N207" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N207" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-02</t>
+        </is>
+      </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3227</v>
+        <v>2310</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
-</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2021-04-13</t>
+          <t>2013-10-22</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3218</v>
+        <v>2291</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3208</v>
+        <v>2212</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
-</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L210" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L210" s="0"/>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3185</v>
+        <v>2050</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2024-01-26</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L211" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L211" s="0"/>
       <c r="M211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3173</v>
+        <v>2024</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J212" s="0"/>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L212" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L212" s="0"/>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t/>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3165</v>
+        <v>1977</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2021-08-21</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L213" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L213" s="0"/>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3151</v>
+        <v>1901</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2010-09-30</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L214" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L214" s="0"/>
       <c r="M214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3148</v>
+        <v>1775</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L215" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L215" s="0"/>
       <c r="M215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3129</v>
+        <v>1693</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2021-06-05</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J216" s="0"/>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J216" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-30</t>
+        </is>
+      </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2020-08-18</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>2940</v>
+        <v>1646</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
+2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2009-05-28</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L217" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L217" s="0"/>
       <c r="M217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>2897</v>
+        <v>1393</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2019-05-18</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L218" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L218" s="0"/>
       <c r="M218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>2885</v>
+        <v>1251</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2019-02-20</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L219" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L219" s="0"/>
       <c r="M219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>2855</v>
+        <v>1000</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L220" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L220" s="0"/>
       <c r="M220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N220" s="0"/>
     </row>
     <row r="221">
       <c r="A221" s="0" t="n">
-        <v>2850</v>
+        <v>282</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>2018-11-06</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J221" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
+        </is>
+      </c>
+      <c r="J221" s="0" t="inlineStr">
+        <is>
+          <t>2030-12-31</t>
+        </is>
+      </c>
       <c r="K221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
-          <t>2018-03-20</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N221" s="0"/>
-    </row>
-[...1207 lines deleted...]
-      <c r="N241" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>