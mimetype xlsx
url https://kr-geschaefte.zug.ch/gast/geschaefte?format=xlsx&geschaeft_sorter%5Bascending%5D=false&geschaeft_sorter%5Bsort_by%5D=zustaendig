--- v1 (2025-12-30)
+++ v2 (2026-02-19)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N221" totalsRowShown="0">
-  <autoFilter ref="A1:N221"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N237" totalsRowShown="0">
+  <autoFilter ref="A1:N237"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N221"/>
+  <dimension ref="A1:N237"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="120.78988764044945"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -519,308 +519,308 @@
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
           <t>2028-02-21</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
           <t>2023-03-21</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
           <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>4029</v>
+        <v>4049</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Auswirkungen der kantonalen Übernahme von 99 % der stationären Spitalkosten auf Notfallbehandlungen im Ausland</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-26</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2026-01-26</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>4013</v>
+        <v>4029</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-11-02</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3995</v>
+        <v>4013</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3992</v>
+        <v>3995</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
           <t>2025-10-02</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
         <v>3932</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
@@ -1076,61 +1076,61 @@
           <t>Motion</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
           <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
           <t>2026-01-30</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
           <t>2025-01-14</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
           <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
@@ -1311,13113 +1311,14101 @@
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
           <t>2028-04-10</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
           <t>2023-11-30</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
           <t>GLP</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3421</v>
+        <v>4060</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Motion von Alexander Haslimann betreffend befristete Überbrückungsmassnahmen des Kantons Zug bei bundesbedingten Verzögerungen der Auszahlung von Arbeitslosengeldern</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J19" s="0"/>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>4022</v>
+        <v>4059</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
+          <t>Interpellation der SP-Fraktion betreffend Auswirkungen bei einer allfälligen Annahme der SVP-Initiative «Keine 10-Millionen-Schweiz! (Nachhaltigkeits-Initiative)» auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J20" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J20" s="0"/>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>4010</v>
+        <v>4046</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3977</v>
+        <v>4036</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3971</v>
+        <v>4035</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3942</v>
+        <v>4022</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26./27. Februar 2026</t>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3911</v>
+        <v>4010</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3905</v>
+        <v>3971</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J26" s="0"/>
+      <c r="J26" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3827</v>
+        <v>3942</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3433</v>
+        <v>3911</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
           <t>FDP</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3994</v>
+        <v>3905</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-15</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 30. April 2026</t>
         </is>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3969</v>
+        <v>3827</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3841</v>
+        <v>3433</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3602</v>
+        <v>4041</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
+        <v>3994</v>
+      </c>
+      <c r="B33" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C33" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D33" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E33" s="0" t="inlineStr">
+        <is>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+        </is>
+      </c>
+      <c r="F33" s="0" t="inlineStr">
+        <is>
+          <t>Staatskanzlei</t>
+        </is>
+      </c>
+      <c r="G33" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-02</t>
+        </is>
+      </c>
+      <c r="H33" s="0" t="inlineStr">
+        <is>
+          <t>Kommission bestellt</t>
+        </is>
+      </c>
+      <c r="I33" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J33" s="0"/>
+      <c r="K33" s="0" t="inlineStr">
+        <is>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
+        </is>
+      </c>
+      <c r="L33" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-09</t>
+        </is>
+      </c>
+      <c r="M33" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N33" s="0"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="0" t="n">
+        <v>3969</v>
+      </c>
+      <c r="B34" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C34" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D34" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E34" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+        </is>
+      </c>
+      <c r="F34" s="0" t="inlineStr">
+        <is>
+          <t>Staatskanzlei</t>
+        </is>
+      </c>
+      <c r="G34" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-28</t>
+        </is>
+      </c>
+      <c r="H34" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I34" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J34" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
+      <c r="K34" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L34" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-08</t>
+        </is>
+      </c>
+      <c r="M34" s="0" t="inlineStr">
+        <is>
+          <t>Arnold Michael</t>
+        </is>
+      </c>
+      <c r="N34" s="0"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="0" t="n">
+        <v>3841</v>
+      </c>
+      <c r="B35" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C35" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D35" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E35" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+        </is>
+      </c>
+      <c r="F35" s="0" t="inlineStr">
+        <is>
+          <t>Staatskanzlei</t>
+        </is>
+      </c>
+      <c r="G35" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-29</t>
+        </is>
+      </c>
+      <c r="H35" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert</t>
+        </is>
+      </c>
+      <c r="I35" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J35" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-28</t>
+        </is>
+      </c>
+      <c r="K35" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L35" s="0" t="inlineStr">
+        <is>
+          <t>2024-11-04</t>
+        </is>
+      </c>
+      <c r="M35" s="0" t="inlineStr">
+        <is>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+        </is>
+      </c>
+      <c r="N35" s="0"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="0" t="n">
+        <v>3602</v>
+      </c>
+      <c r="B36" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C36" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D36" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E36" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+        </is>
+      </c>
+      <c r="F36" s="0" t="inlineStr">
+        <is>
+          <t>Staatskanzlei</t>
+        </is>
+      </c>
+      <c r="G36" s="0" t="inlineStr">
+        <is>
+          <t>2024-08-29</t>
+        </is>
+      </c>
+      <c r="H36" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I36" s="0" t="inlineStr">
+        <is>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J36" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-01</t>
+        </is>
+      </c>
+      <c r="K36" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L36" s="0" t="inlineStr">
+        <is>
+          <t>2023-08-07</t>
+        </is>
+      </c>
+      <c r="M36" s="0" t="inlineStr">
+        <is>
+          <t>Schweizer Emil, Monney Esther</t>
+        </is>
+      </c>
+      <c r="N36" s="0"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="0" t="n">
         <v>3533</v>
       </c>
-      <c r="B33" s="0" t="inlineStr">
+      <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C33" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E33" s="0" t="inlineStr">
+      <c r="C37" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D37" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E37" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
 </t>
         </is>
       </c>
-      <c r="F33" s="0" t="inlineStr">
+      <c r="F37" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
-      <c r="G33" s="0" t="inlineStr">
+      <c r="G37" s="0" t="inlineStr">
         <is>
           <t>2024-06-21</t>
         </is>
       </c>
-      <c r="H33" s="0" t="inlineStr">
+      <c r="H37" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I33" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L33" s="0" t="inlineStr">
+      <c r="I37" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J37" s="0"/>
+      <c r="K37" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L37" s="0" t="inlineStr">
         <is>
           <t>2023-02-21</t>
         </is>
       </c>
-      <c r="M33" s="0" t="inlineStr">
-[...258 lines deleted...]
-      </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t/>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>4003</v>
+        <v>3507</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+        </is>
+      </c>
+      <c r="J38" s="0"/>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3999</v>
+        <v>4055</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Interpellation von Philip C. Brunner und neun Mitunterzeichnenden betreffend Sicherheit statt Unterwerfung – zieht der Kanton Zug beim «Tessiner Modell» zur Überprüfung straffälliger Zuwanderer nach?</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-03</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J39" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J39" s="0"/>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-02-03</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>Brunner Philip C., Ehrbar Alessandro, Haslimann Alexander, Illi Jeffrey, Küng Hans, Nussbaumer Karl, Villiger Hans Jörg, Wandfluh Oliver, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3987</v>
+        <v>4054</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Motion der SVP-Fraktion betreffend Zug soll sicherster Kanton der Schweiz werden</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J40" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J40" s="0"/>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3980</v>
+        <v>4045</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J41" s="0"/>
+      <c r="J41" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3968</v>
+        <v>4016</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3963</v>
+        <v>4006</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J43" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3957</v>
+        <v>4003</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J44" s="0"/>
+      <c r="J44" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3941</v>
+        <v>3999</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3910</v>
+        <v>3987</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3891</v>
+        <v>3980</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J47" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J47" s="0"/>
       <c r="K47" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3889</v>
+        <v>3968</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-02-28</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3727</v>
+        <v>3963</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3628</v>
+        <v>3957</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3574</v>
+        <v>3941</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3544</v>
+        <v>3910</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t/>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3532</v>
+        <v>3891</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3502</v>
+        <v>3889</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3351</v>
+        <v>3727</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>2026-03-29</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3998</v>
+        <v>3628</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J56" s="0"/>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3993</v>
+        <v>3574</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3978</v>
+        <v>3544</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3975</v>
+        <v>3532</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3974</v>
+        <v>3502</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3958</v>
+        <v>3351</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J61" s="0"/>
+      <c r="J61" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3956</v>
+        <v>4062</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Interpellation der SP-Fraktion betreffend Hertizentrum 2-5</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3948</v>
+        <v>4056</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Kleine Anfrage von Michael Arnold betreffend Umsetzung Gesetz über Standortentwicklung</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-11-14</t>
+          <t>2026-02-06</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J63" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J63" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-06</t>
+        </is>
+      </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2026-02-06</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3939</v>
+        <v>4052</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Interpellation der SP-Fraktion betreffend die Frage: Ist die Pensionskasse Zug eine soziale Vermieterin?</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2026-02-01</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2026-02-01</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3908</v>
+        <v>4037</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>2026-05-01</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3896</v>
+        <v>4034</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J66" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J66" s="0"/>
       <c r="K66" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3877</v>
+        <v>3998</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3872</v>
+        <v>3993</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3785</v>
+        <v>3974</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3732</v>
+        <v>3958</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J70" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J70" s="0"/>
       <c r="K70" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t/>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3684</v>
+        <v>3956</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J71" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J71" s="0"/>
       <c r="K71" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3683</v>
+        <v>3948</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J72" s="0"/>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3286</v>
+        <v>3939</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3285</v>
+        <v>3908</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J74" s="0"/>
+          <t>Traktandiert für 26./27. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J74" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-01</t>
+        </is>
+      </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>4025</v>
+        <v>3896</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-04-10</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>4023</v>
+        <v>3877</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J76" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>4019</v>
+        <v>3872</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-11-12</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>4011</v>
+        <v>3785</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>4001</v>
+        <v>3732</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3996</v>
+        <v>3684</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J80" s="0"/>
+      <c r="J80" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-11</t>
+        </is>
+      </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3989</v>
+        <v>3683</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J81" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3988</v>
+        <v>3286</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J82" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J82" s="0"/>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3964</v>
+        <v>3285</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J83" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J83" s="0"/>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3819</v>
+        <v>4063</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Absage Nachtreffen Jugendpolittag</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-11</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-03-11</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2026-02-11</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3811</v>
+        <v>4051</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Motion von Mirjam Arnold, Thomas Gwerder, Hans Küng, Michael Riboni, Adrian Rogger, Barbara Schmid-Häseli und Oliver Wandfluh betreffend Kostenübernahme für medizinische Notfälle für Personen ohne Wohnsitz in der Schweiz</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J85" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J85" s="0"/>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Arnold Mirjam, Gwerder Thomas , Küng Hans, Riboni Michael, Rogger Adrian, Schmid-Häseli Barbara, Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3799</v>
+        <v>4050</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Motion der SVP-Fraktion betreffend gemeinnützige Arbeitseinsätze für Asylsuchende und vorläufig Aufgenommene im Kanton Zug</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
+          <t/>
         </is>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3792</v>
+        <v>4043</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3765</v>
+        <v>4038</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3680</v>
+        <v>4033</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3652</v>
+        <v>4025</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J90" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J90" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>GLP</t>
+        </is>
+      </c>
+      <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3525</v>
+        <v>4023</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3495</v>
+        <v>4019</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3364</v>
+        <v>4011</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
-          <t>2026-09-27</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3283</v>
+        <v>4001</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3260</v>
+        <v>3996</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J95" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J95" s="0"/>
       <c r="K95" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3248</v>
+        <v>3989</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3102</v>
+        <v>3988</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2026-12-31</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2020-05-12</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3965</v>
+        <v>3964</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
           <t>2026-08-28</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
           <t>2025-07-23</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3930</v>
+        <v>3819</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3929</v>
+        <v>3811</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3899</v>
+        <v>3799</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t/>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
         </is>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3885</v>
+        <v>3792</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3810</v>
+        <v>3765</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J103" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3802</v>
+        <v>3680</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3770</v>
+        <v>3525</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-12-10</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J105" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J105" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3726</v>
+        <v>3495</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3625</v>
+        <v>3364</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
         </is>
       </c>
       <c r="J107" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2026-09-27</t>
         </is>
       </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3591</v>
+        <v>3283</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3584</v>
+        <v>3260</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3579</v>
+        <v>3248</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>4028</v>
+        <v>3102</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J111" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>4027</v>
+        <v>4053</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
+          <t>Kleine Anfrage von Gregor Bruhin und Alessandro Ehrbar betreffend Einsatz des neuen Lehrmittels «Wie sicher sind wir?» zur Vermittlung von Armee- und Sicherheitswissen an Schulen im Kanton Zug</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-03-02</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Bruhin Gregor, Ehrbar Alessandro</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>4026</v>
+        <v>4048</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Anpassung des Unterrichtsbeginns für Jugendliche</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-23</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J113" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J113" s="0"/>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-23</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>4021</v>
+        <v>3965</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>4020</v>
+        <v>3930</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2025-11-17</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>4018</v>
+        <v>3929</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2025-11-11</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>4015</v>
+        <v>3885</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>4014</v>
+        <v>3802</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J118" s="0"/>
+      <c r="J118" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>4012</v>
+        <v>3770</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>4008</v>
+        <v>3726</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2025-10-24</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>4000</v>
+        <v>3625</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3990</v>
+        <v>3591</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3985</v>
+        <v>3584</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3972</v>
+        <v>3579</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3966</v>
+        <v>4061</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Berichts-Motion der Fraktion Die Mitte betreffend Regelung für den Heimfall von Energiekraftwerken an den Kanton Zug – Umsetzung der Eigenversorgung gemäss Energiegesetz</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J125" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J125" s="0"/>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3960</v>
+        <v>4058</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Kleine Anfrage von Anne Hänel, Erich Grob, Fabienne Michel, Jill Nussbaumer, Michèle Schmid und Hans Jörg Villiger betreffend Umsetzung Autoarmes Zentrum Cham (AAZ)</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-07</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-03-07</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2026-02-07</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>Hänel Anne, Grob Erich, Michel Fabienne, Nussbaumer Jill, Schmid Michèle, Villiger Hans Jörg</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3950</v>
+        <v>4057</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Interpellation von Philip C. Brunner und Oliver Wandfluh betreffend «Stopp dem Vorstoss-Wildwuchs» - Mehr Übersicht, Klarheit und Effizienz in der Zuger Wohn- und Baupolitik!</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brunner Philip C., Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3949</v>
+        <v>4047</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Postulat der FDP-Fraktion betreffend Sicherung des Gewerbestandorts durch zeitgemässe Regelungen für betriebseigenen Wohnraum in Arbeitszonen</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025-12-27</t>
+          <t>2026-01-14</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2026-01-14</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3938</v>
+        <v>4044</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3934</v>
+        <v>4042</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3924</v>
+        <v>4039</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3923</v>
+        <v>4028</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J132" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J132" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3921</v>
+        <v>4027</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3917</v>
+        <v>4026</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
           <t>2025-12-18</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3888</v>
+        <v>4021</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J135" s="0"/>
+      <c r="J135" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3887</v>
+        <v>4020</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J136" s="0"/>
+      <c r="J136" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>FDP</t>
+        </is>
+      </c>
+      <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3883</v>
+        <v>4018</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3869</v>
+        <v>4015</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3867</v>
+        <v>4014</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N139" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3866</v>
+        <v>4012</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3861</v>
+        <v>4008</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3844</v>
+        <v>4000</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3826</v>
+        <v>3990</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3816</v>
+        <v>3985</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J144" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3808</v>
+        <v>3972</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J145" s="0"/>
+      <c r="J145" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L145" s="0"/>
+      <c r="L145" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-09</t>
+        </is>
+      </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3790</v>
+        <v>3966</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J146" s="0"/>
+      <c r="J146" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3767</v>
+        <v>3960</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J147" s="0"/>
+      <c r="J147" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3759</v>
+        <v>3950</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J148" s="0"/>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3758</v>
+        <v>3949</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J149" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J149" s="0"/>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3755</v>
+        <v>3938</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3743</v>
+        <v>3923</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N151" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3742</v>
+        <v>3921</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J152" s="0"/>
+      <c r="J152" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-22</t>
+        </is>
+      </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Straub Vroni</t>
+        </is>
+      </c>
+      <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3736</v>
+        <v>3888</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J153" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J153" s="0"/>
       <c r="K153" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3735</v>
+        <v>3887</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J154" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J154" s="0"/>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3734</v>
+        <v>3883</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3733</v>
+        <v>3869</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J156" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3725</v>
+        <v>3867</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J157" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J157" s="0"/>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3704</v>
+        <v>3866</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="J158" s="0"/>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3685</v>
+        <v>3861</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J159" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J159" s="0" t="inlineStr">
+        <is>
+          <t>2028-12-18</t>
+        </is>
+      </c>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3676</v>
+        <v>3826</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J160" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3667</v>
+        <v>3816</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
           <t>2024-12-19</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J161" s="0" t="inlineStr">
         <is>
           <t>2027-12-19</t>
         </is>
       </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3656</v>
+        <v>3808</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L162" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L162" s="0"/>
       <c r="M162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3621</v>
+        <v>3790</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J163" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J163" s="0"/>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3617</v>
+        <v>3767</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J164" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J164" s="0"/>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t/>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3616</v>
+        <v>3759</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
           <t>2025-01-30</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
           <t>2028-01-30</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3613</v>
+        <v>3758</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J166" s="0"/>
+      <c r="J166" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-29</t>
+        </is>
+      </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3595</v>
+        <v>3755</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J167" s="0"/>
+      <c r="J167" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3594</v>
+        <v>3743</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3592</v>
+        <v>3742</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3569</v>
+        <v>3736</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J170" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J170" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3562</v>
+        <v>3735</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J171" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3546</v>
+        <v>3734</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J172" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3535</v>
+        <v>3733</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J173" s="0"/>
+      <c r="J173" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3534</v>
+        <v>3725</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J174" s="0"/>
+      <c r="J174" s="0" t="inlineStr">
+        <is>
+          <t>2025-05-23</t>
+        </is>
+      </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3512</v>
+        <v>3704</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J175" s="0"/>
+      <c r="J175" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3488</v>
+        <v>3685</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+        </is>
+      </c>
+      <c r="J176" s="0"/>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3480</v>
+        <v>3676</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J177" s="0"/>
+      <c r="J177" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
+        <v>3667</v>
+      </c>
+      <c r="B178" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C178" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E178" s="0" t="inlineStr">
+        <is>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+        </is>
+      </c>
+      <c r="F178" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G178" s="0" t="inlineStr">
+        <is>
+          <t>2024-12-19</t>
+        </is>
+      </c>
+      <c r="H178" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J178" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
+      <c r="K178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L178" s="0" t="inlineStr">
+        <is>
+          <t>2024-01-29</t>
+        </is>
+      </c>
+      <c r="M178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N178" s="0"/>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="n">
+        <v>3656</v>
+      </c>
+      <c r="B179" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C179" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E179" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+        </is>
+      </c>
+      <c r="F179" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G179" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-12</t>
+        </is>
+      </c>
+      <c r="H179" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J179" s="0"/>
+      <c r="K179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L179" s="0" t="inlineStr">
+        <is>
+          <t>2023-12-19</t>
+        </is>
+      </c>
+      <c r="M179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N179" s="0"/>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="n">
+        <v>3621</v>
+      </c>
+      <c r="B180" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C180" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E180" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+        </is>
+      </c>
+      <c r="F180" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G180" s="0" t="inlineStr">
+        <is>
+          <t>2025-01-30</t>
+        </is>
+      </c>
+      <c r="H180" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J180" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
+      <c r="K180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L180" s="0" t="inlineStr">
+        <is>
+          <t>2023-09-29</t>
+        </is>
+      </c>
+      <c r="M180" s="0" t="inlineStr">
+        <is>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+        </is>
+      </c>
+      <c r="N180" s="0"/>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="n">
+        <v>3617</v>
+      </c>
+      <c r="B181" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C181" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D181" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E181" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+        </is>
+      </c>
+      <c r="F181" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G181" s="0" t="inlineStr">
+        <is>
+          <t>2025-01-30</t>
+        </is>
+      </c>
+      <c r="H181" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I181" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J181" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
+      <c r="K181" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L181" s="0" t="inlineStr">
+        <is>
+          <t>2023-09-12</t>
+        </is>
+      </c>
+      <c r="M181" s="0" t="inlineStr">
+        <is>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+        </is>
+      </c>
+      <c r="N181" s="0"/>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="n">
+        <v>3616</v>
+      </c>
+      <c r="B182" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C182" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D182" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E182" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+        </is>
+      </c>
+      <c r="F182" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G182" s="0" t="inlineStr">
+        <is>
+          <t>2025-01-30</t>
+        </is>
+      </c>
+      <c r="H182" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I182" s="0" t="inlineStr">
+        <is>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+        </is>
+      </c>
+      <c r="J182" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
+      <c r="K182" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L182" s="0" t="inlineStr">
+        <is>
+          <t>2023-09-07</t>
+        </is>
+      </c>
+      <c r="M182" s="0" t="inlineStr">
+        <is>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+        </is>
+      </c>
+      <c r="N182" s="0"/>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="n">
+        <v>3613</v>
+      </c>
+      <c r="B183" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C183" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D183" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E183" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+        </is>
+      </c>
+      <c r="F183" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G183" s="0" t="inlineStr">
+        <is>
+          <t>2024-06-21</t>
+        </is>
+      </c>
+      <c r="H183" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I183" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J183" s="0"/>
+      <c r="K183" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L183" s="0" t="inlineStr">
+        <is>
+          <t>2023-08-29</t>
+        </is>
+      </c>
+      <c r="M183" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N183" s="0"/>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="n">
+        <v>3595</v>
+      </c>
+      <c r="B184" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C184" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D184" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E184" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+        </is>
+      </c>
+      <c r="F184" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G184" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-07</t>
+        </is>
+      </c>
+      <c r="H184" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I184" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J184" s="0"/>
+      <c r="K184" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L184" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-11</t>
+        </is>
+      </c>
+      <c r="M184" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N184" s="0"/>
+    </row>
+    <row r="185">
+      <c r="A185" s="0" t="n">
+        <v>3594</v>
+      </c>
+      <c r="B185" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C185" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D185" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E185" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+        </is>
+      </c>
+      <c r="F185" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G185" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-07</t>
+        </is>
+      </c>
+      <c r="H185" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I185" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J185" s="0"/>
+      <c r="K185" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L185" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-11</t>
+        </is>
+      </c>
+      <c r="M185" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N185" s="0"/>
+    </row>
+    <row r="186">
+      <c r="A186" s="0" t="n">
+        <v>3592</v>
+      </c>
+      <c r="B186" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C186" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D186" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E186" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+        </is>
+      </c>
+      <c r="F186" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G186" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-08</t>
+        </is>
+      </c>
+      <c r="H186" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I186" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J186" s="0"/>
+      <c r="K186" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L186" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-04</t>
+        </is>
+      </c>
+      <c r="M186" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N186" s="0"/>
+    </row>
+    <row r="187">
+      <c r="A187" s="0" t="n">
+        <v>3569</v>
+      </c>
+      <c r="B187" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C187" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D187" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E187" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+        </is>
+      </c>
+      <c r="F187" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G187" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-06</t>
+        </is>
+      </c>
+      <c r="H187" s="0" t="inlineStr">
+        <is>
+          <t>Inkrafttreten</t>
+        </is>
+      </c>
+      <c r="I187" s="0" t="inlineStr">
+        <is>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J187" s="0"/>
+      <c r="K187" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L187" s="0" t="inlineStr">
+        <is>
+          <t>2023-05-02</t>
+        </is>
+      </c>
+      <c r="M187" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N187" s="0"/>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="n">
+        <v>3562</v>
+      </c>
+      <c r="B188" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C188" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D188" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E188" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+        </is>
+      </c>
+      <c r="F188" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G188" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-23</t>
+        </is>
+      </c>
+      <c r="H188" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I188" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J188" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
+      <c r="K188" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L188" s="0" t="inlineStr">
+        <is>
+          <t>2023-04-18</t>
+        </is>
+      </c>
+      <c r="M188" s="0" t="inlineStr">
+        <is>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+        </is>
+      </c>
+      <c r="N188" s="0"/>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="n">
+        <v>3546</v>
+      </c>
+      <c r="B189" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C189" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D189" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E189" s="0" t="inlineStr">
+        <is>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+        </is>
+      </c>
+      <c r="F189" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G189" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-04</t>
+        </is>
+      </c>
+      <c r="H189" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I189" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J189" s="0" t="inlineStr">
+        <is>
+          <t>2027-07-04</t>
+        </is>
+      </c>
+      <c r="K189" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L189" s="0" t="inlineStr">
+        <is>
+          <t>2023-03-28</t>
+        </is>
+      </c>
+      <c r="M189" s="0" t="inlineStr">
+        <is>
+          <t>FDP</t>
+        </is>
+      </c>
+      <c r="N189" s="0"/>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="n">
+        <v>3535</v>
+      </c>
+      <c r="B190" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C190" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D190" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E190" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
+        </is>
+      </c>
+      <c r="F190" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G190" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H190" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I190" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J190" s="0"/>
+      <c r="K190" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L190" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M190" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N190" s="0"/>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="n">
+        <v>3534</v>
+      </c>
+      <c r="B191" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C191" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D191" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E191" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+        </is>
+      </c>
+      <c r="F191" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G191" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H191" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I191" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J191" s="0"/>
+      <c r="K191" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L191" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M191" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N191" s="0"/>
+    </row>
+    <row r="192">
+      <c r="A192" s="0" t="n">
+        <v>3512</v>
+      </c>
+      <c r="B192" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C192" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D192" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E192" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+        </is>
+      </c>
+      <c r="F192" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G192" s="0" t="inlineStr">
+        <is>
+          <t>2024-01-12</t>
+        </is>
+      </c>
+      <c r="H192" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I192" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J192" s="0"/>
+      <c r="K192" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L192" s="0" t="inlineStr">
+        <is>
+          <t>2022-12-20</t>
+        </is>
+      </c>
+      <c r="M192" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N192" s="0"/>
+    </row>
+    <row r="193">
+      <c r="A193" s="0" t="n">
+        <v>3488</v>
+      </c>
+      <c r="B193" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C193" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D193" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E193" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
+        </is>
+      </c>
+      <c r="F193" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G193" s="0" t="inlineStr">
+        <is>
+          <t>2024-02-29</t>
+        </is>
+      </c>
+      <c r="H193" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I193" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J193" s="0" t="inlineStr">
+        <is>
+          <t>2027-02-28</t>
+        </is>
+      </c>
+      <c r="K193" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L193" s="0" t="inlineStr">
+        <is>
+          <t>2022-10-25</t>
+        </is>
+      </c>
+      <c r="M193" s="0" t="inlineStr">
+        <is>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+        </is>
+      </c>
+      <c r="N193" s="0"/>
+    </row>
+    <row r="194">
+      <c r="A194" s="0" t="n">
+        <v>3480</v>
+      </c>
+      <c r="B194" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C194" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D194" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E194" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+        </is>
+      </c>
+      <c r="F194" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G194" s="0" t="inlineStr">
+        <is>
+          <t>2023-08-18</t>
+        </is>
+      </c>
+      <c r="H194" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I194" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J194" s="0"/>
+      <c r="K194" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L194" s="0" t="inlineStr">
+        <is>
+          <t>2022-09-20</t>
+        </is>
+      </c>
+      <c r="M194" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N194" s="0"/>
+    </row>
+    <row r="195">
+      <c r="A195" s="0" t="n">
         <v>3479</v>
       </c>
-      <c r="B178" s="0" t="inlineStr">
+      <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C178" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E178" s="0" t="inlineStr">
+      <c r="C195" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D195" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E195" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
 </t>
         </is>
       </c>
-      <c r="F178" s="0" t="inlineStr">
+      <c r="F195" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G178" s="0" t="inlineStr">
+      <c r="G195" s="0" t="inlineStr">
         <is>
           <t>2023-06-06</t>
         </is>
       </c>
-      <c r="H178" s="0" t="inlineStr">
+      <c r="H195" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I178" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L178" s="0" t="inlineStr">
+      <c r="I195" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J195" s="0"/>
+      <c r="K195" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L195" s="0" t="inlineStr">
         <is>
           <t>2022-09-13</t>
         </is>
       </c>
-      <c r="M178" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A179" s="0" t="n">
+      <c r="M195" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N195" s="0"/>
+    </row>
+    <row r="196">
+      <c r="A196" s="0" t="n">
         <v>3471</v>
       </c>
-      <c r="B179" s="0" t="inlineStr">
+      <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C179" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E179" s="0" t="inlineStr">
+      <c r="C196" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D196" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E196" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
-      <c r="F179" s="0" t="inlineStr">
+      <c r="F196" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G179" s="0" t="inlineStr">
+      <c r="G196" s="0" t="inlineStr">
         <is>
           <t>2023-09-08</t>
         </is>
       </c>
-      <c r="H179" s="0" t="inlineStr">
+      <c r="H196" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I179" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L179" s="0" t="inlineStr">
+      <c r="I196" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J196" s="0"/>
+      <c r="K196" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L196" s="0" t="inlineStr">
         <is>
           <t>2022-08-23</t>
         </is>
       </c>
-      <c r="M179" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A180" s="0" t="n">
+      <c r="M196" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N196" s="0"/>
+    </row>
+    <row r="197">
+      <c r="A197" s="0" t="n">
         <v>3453</v>
       </c>
-      <c r="B180" s="0" t="inlineStr">
+      <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C180" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E180" s="0" t="inlineStr">
+      <c r="C197" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D197" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E197" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
-      <c r="F180" s="0" t="inlineStr">
+      <c r="F197" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G180" s="0" t="inlineStr">
+      <c r="G197" s="0" t="inlineStr">
         <is>
           <t>2023-05-11</t>
         </is>
       </c>
-      <c r="H180" s="0" t="inlineStr">
+      <c r="H197" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I180" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L180" s="0" t="inlineStr">
+      <c r="I197" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J197" s="0"/>
+      <c r="K197" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L197" s="0" t="inlineStr">
         <is>
           <t>2022-06-28</t>
         </is>
       </c>
-      <c r="M180" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A181" s="0" t="n">
+      <c r="M197" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N197" s="0"/>
+    </row>
+    <row r="198">
+      <c r="A198" s="0" t="n">
         <v>3443</v>
       </c>
-      <c r="B181" s="0" t="inlineStr">
+      <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C181" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E181" s="0" t="inlineStr">
+      <c r="C198" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D198" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E198" s="0" t="inlineStr">
         <is>
           <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
-      <c r="F181" s="0" t="inlineStr">
+      <c r="F198" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G181" s="0" t="inlineStr">
+      <c r="G198" s="0" t="inlineStr">
         <is>
           <t>2023-12-14</t>
         </is>
       </c>
-      <c r="H181" s="0" t="inlineStr">
+      <c r="H198" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I181" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J181" s="0" t="inlineStr">
+      <c r="I198" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J198" s="0" t="inlineStr">
         <is>
           <t>2026-12-14</t>
         </is>
       </c>
-      <c r="K181" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L181" s="0" t="inlineStr">
+      <c r="K198" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L198" s="0" t="inlineStr">
         <is>
           <t>2022-06-13</t>
         </is>
       </c>
-      <c r="M181" s="0" t="inlineStr">
+      <c r="M198" s="0" t="inlineStr">
         <is>
           <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
-      <c r="N181" s="0"/>
-[...2 lines deleted...]
-      <c r="A182" s="0" t="n">
+      <c r="N198" s="0"/>
+    </row>
+    <row r="199">
+      <c r="A199" s="0" t="n">
         <v>3439</v>
       </c>
-      <c r="B182" s="0" t="inlineStr">
+      <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C182" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E182" s="0" t="inlineStr">
+      <c r="C199" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D199" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E199" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
-      <c r="F182" s="0" t="inlineStr">
+      <c r="F199" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G182" s="0" t="inlineStr">
+      <c r="G199" s="0" t="inlineStr">
         <is>
           <t>2023-05-11</t>
         </is>
       </c>
-      <c r="H182" s="0" t="inlineStr">
+      <c r="H199" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I182" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L182" s="0" t="inlineStr">
+      <c r="I199" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J199" s="0"/>
+      <c r="K199" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L199" s="0" t="inlineStr">
         <is>
           <t>2022-06-07</t>
         </is>
       </c>
-      <c r="M182" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A183" s="0" t="n">
+      <c r="M199" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N199" s="0"/>
+    </row>
+    <row r="200">
+      <c r="A200" s="0" t="n">
         <v>3354</v>
       </c>
-      <c r="B183" s="0" t="inlineStr">
+      <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C183" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E183" s="0" t="inlineStr">
+      <c r="C200" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D200" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E200" s="0" t="inlineStr">
         <is>
           <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
-      <c r="F183" s="0" t="inlineStr">
+      <c r="F200" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G183" s="0" t="inlineStr">
+      <c r="G200" s="0" t="inlineStr">
         <is>
           <t>2025-12-18</t>
         </is>
       </c>
-      <c r="H183" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I183" s="0" t="inlineStr">
+      <c r="H200" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I200" s="0" t="inlineStr">
         <is>
           <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
-      <c r="J183" s="0" t="inlineStr">
+      <c r="J200" s="0" t="inlineStr">
         <is>
           <t>2026-06-28</t>
         </is>
       </c>
-      <c r="K183" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L183" s="0" t="inlineStr">
+      <c r="K200" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L200" s="0" t="inlineStr">
         <is>
           <t>2021-12-20</t>
         </is>
       </c>
-      <c r="M183" s="0" t="inlineStr">
+      <c r="M200" s="0" t="inlineStr">
         <is>
           <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
-      <c r="N183" s="0"/>
-[...2 lines deleted...]
-      <c r="A184" s="0" t="n">
+      <c r="N200" s="0"/>
+    </row>
+    <row r="201">
+      <c r="A201" s="0" t="n">
         <v>3320</v>
       </c>
-      <c r="B184" s="0" t="inlineStr">
+      <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C184" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E184" s="0" t="inlineStr">
+      <c r="C201" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D201" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E201" s="0" t="inlineStr">
         <is>
           <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
-      <c r="F184" s="0" t="inlineStr">
+      <c r="F201" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G184" s="0" t="inlineStr">
+      <c r="G201" s="0" t="inlineStr">
         <is>
           <t>2025-10-30</t>
         </is>
       </c>
-      <c r="H184" s="0" t="inlineStr">
+      <c r="H201" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I184" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J184" s="0" t="inlineStr">
+      <c r="I201" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J201" s="0" t="inlineStr">
         <is>
           <t>2028-10-30</t>
         </is>
       </c>
-      <c r="K184" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L184" s="0" t="inlineStr">
+      <c r="K201" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L201" s="0" t="inlineStr">
         <is>
           <t>2021-11-02</t>
         </is>
       </c>
-      <c r="M184" s="0" t="inlineStr">
+      <c r="M201" s="0" t="inlineStr">
         <is>
           <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
-      <c r="N184" s="0"/>
-[...2 lines deleted...]
-      <c r="A185" s="0" t="n">
+      <c r="N201" s="0"/>
+    </row>
+    <row r="202">
+      <c r="A202" s="0" t="n">
         <v>3281</v>
       </c>
-      <c r="B185" s="0" t="inlineStr">
+      <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C185" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E185" s="0" t="inlineStr">
+      <c r="C202" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D202" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E202" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
-      <c r="F185" s="0" t="inlineStr">
+      <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G185" s="0" t="inlineStr">
+      <c r="G202" s="0" t="inlineStr">
         <is>
           <t>2022-02-05</t>
         </is>
       </c>
-      <c r="H185" s="0" t="inlineStr">
+      <c r="H202" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I185" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L185" s="0" t="inlineStr">
+      <c r="I202" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J202" s="0"/>
+      <c r="K202" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L202" s="0" t="inlineStr">
         <is>
           <t>2021-08-17</t>
         </is>
       </c>
-      <c r="M185" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A186" s="0" t="n">
+      <c r="M202" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N202" s="0"/>
+    </row>
+    <row r="203">
+      <c r="A203" s="0" t="n">
         <v>3268</v>
       </c>
-      <c r="B186" s="0" t="inlineStr">
+      <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C186" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="F186" s="0" t="inlineStr">
+      <c r="C203" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D203" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E203" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+        </is>
+      </c>
+      <c r="F203" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G186" s="0" t="inlineStr">
+      <c r="G203" s="0" t="inlineStr">
         <is>
           <t>2022-11-10</t>
         </is>
       </c>
-      <c r="H186" s="0" t="inlineStr">
+      <c r="H203" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I186" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J186" s="0" t="inlineStr">
+      <c r="I203" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J203" s="0" t="inlineStr">
         <is>
           <t>2025-11-09</t>
         </is>
       </c>
-      <c r="K186" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L186" s="0" t="inlineStr">
+      <c r="K203" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L203" s="0" t="inlineStr">
         <is>
           <t>2021-06-24</t>
         </is>
       </c>
-      <c r="M186" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A187" s="0" t="n">
+      <c r="M203" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N203" s="0"/>
+    </row>
+    <row r="204">
+      <c r="A204" s="0" t="n">
         <v>3262</v>
       </c>
-      <c r="B187" s="0" t="inlineStr">
+      <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C187" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E187" s="0" t="inlineStr">
+      <c r="C204" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D204" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E204" s="0" t="inlineStr">
         <is>
           <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
-      <c r="F187" s="0" t="inlineStr">
+      <c r="F204" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G187" s="0" t="inlineStr">
+      <c r="G204" s="0" t="inlineStr">
         <is>
           <t>2022-11-10</t>
         </is>
       </c>
-      <c r="H187" s="0" t="inlineStr">
+      <c r="H204" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I187" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J187" s="0" t="inlineStr">
+      <c r="I204" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J204" s="0" t="inlineStr">
         <is>
           <t>2025-11-09</t>
         </is>
       </c>
-      <c r="K187" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L187" s="0" t="inlineStr">
+      <c r="K204" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L204" s="0" t="inlineStr">
         <is>
           <t>2021-06-09</t>
         </is>
       </c>
-      <c r="M187" s="0" t="inlineStr">
+      <c r="M204" s="0" t="inlineStr">
         <is>
           <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
-      <c r="N187" s="0"/>
-[...2 lines deleted...]
-      <c r="A188" s="0" t="n">
+      <c r="N204" s="0"/>
+    </row>
+    <row r="205">
+      <c r="A205" s="0" t="n">
         <v>3227</v>
       </c>
-      <c r="B188" s="0" t="inlineStr">
+      <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C188" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E188" s="0" t="inlineStr">
+      <c r="C205" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D205" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E205" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
 </t>
         </is>
       </c>
-      <c r="F188" s="0" t="inlineStr">
+      <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G188" s="0" t="inlineStr">
+      <c r="G205" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
-      <c r="H188" s="0" t="inlineStr">
+      <c r="H205" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I188" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L188" s="0" t="inlineStr">
+      <c r="I205" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J205" s="0"/>
+      <c r="K205" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L205" s="0" t="inlineStr">
         <is>
           <t>2021-04-13</t>
         </is>
       </c>
-      <c r="M188" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A189" s="0" t="n">
+      <c r="M205" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N205" s="0"/>
+    </row>
+    <row r="206">
+      <c r="A206" s="0" t="n">
         <v>3218</v>
       </c>
-      <c r="B189" s="0" t="inlineStr">
+      <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C189" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="F189" s="0" t="inlineStr">
+      <c r="C206" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D206" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E206" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+        </is>
+      </c>
+      <c r="F206" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G189" s="0" t="inlineStr">
+      <c r="G206" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
-      <c r="H189" s="0" t="inlineStr">
+      <c r="H206" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I189" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L189" s="0" t="inlineStr">
+      <c r="I206" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J206" s="0"/>
+      <c r="K206" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L206" s="0" t="inlineStr">
         <is>
           <t>2021-03-23</t>
         </is>
       </c>
-      <c r="M189" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A190" s="0" t="n">
+      <c r="M206" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N206" s="0"/>
+    </row>
+    <row r="207">
+      <c r="A207" s="0" t="n">
         <v>3208</v>
       </c>
-      <c r="B190" s="0" t="inlineStr">
+      <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C190" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E190" s="0" t="inlineStr">
+      <c r="C207" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D207" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E207" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
 </t>
         </is>
       </c>
-      <c r="F190" s="0" t="inlineStr">
+      <c r="F207" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G190" s="0" t="inlineStr">
+      <c r="G207" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
-      <c r="H190" s="0" t="inlineStr">
+      <c r="H207" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I190" s="0" t="inlineStr">
-[...1056 lines deleted...]
-      </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2013-12-17</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N207" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>2310</v>
+        <v>3185</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2014-11-04</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2013-10-22</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>2291</v>
+        <v>3165</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2013-09-26</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2013-09-10</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>2212</v>
+        <v>3151</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2013-08-29</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L210" s="0"/>
+      <c r="L210" s="0" t="inlineStr">
+        <is>
+          <t>2020-10-27</t>
+        </is>
+      </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>2050</v>
+        <v>3148</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2012-05-03</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L211" s="0"/>
+      <c r="L211" s="0" t="inlineStr">
+        <is>
+          <t>2020-10-20</t>
+        </is>
+      </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>2024</v>
+        <v>3129</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2011-07-07</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L212" s="0"/>
+      <c r="L212" s="0" t="inlineStr">
+        <is>
+          <t>2020-08-18</t>
+        </is>
+      </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>1977</v>
+        <v>2940</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L213" s="0"/>
+      <c r="L213" s="0" t="inlineStr">
+        <is>
+          <t>2019-02-19</t>
+        </is>
+      </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>1901</v>
+        <v>2897</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2010-09-30</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L214" s="0"/>
+      <c r="L214" s="0" t="inlineStr">
+        <is>
+          <t>2018-09-18</t>
+        </is>
+      </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>1775</v>
+        <v>2885</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2010-05-06</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L215" s="0"/>
+      <c r="L215" s="0" t="inlineStr">
+        <is>
+          <t>2018-07-03</t>
+        </is>
+      </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>1693</v>
+        <v>2855</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J216" s="0"/>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2008-06-13</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
+        <v>2850</v>
+      </c>
+      <c r="B217" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C217" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D217" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E217" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+        </is>
+      </c>
+      <c r="F217" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G217" s="0" t="inlineStr">
+        <is>
+          <t>2018-11-06</t>
+        </is>
+      </c>
+      <c r="H217" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I217" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J217" s="0"/>
+      <c r="K217" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L217" s="0" t="inlineStr">
+        <is>
+          <t>2018-03-20</t>
+        </is>
+      </c>
+      <c r="M217" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N217" s="0"/>
+    </row>
+    <row r="218">
+      <c r="A218" s="0" t="n">
+        <v>2766</v>
+      </c>
+      <c r="B218" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C218" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D218" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E218" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
+        </is>
+      </c>
+      <c r="F218" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G218" s="0" t="inlineStr">
+        <is>
+          <t>2018-01-25</t>
+        </is>
+      </c>
+      <c r="H218" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I218" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J218" s="0"/>
+      <c r="K218" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L218" s="0" t="inlineStr">
+        <is>
+          <t>2017-07-11</t>
+        </is>
+      </c>
+      <c r="M218" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N218" s="0"/>
+    </row>
+    <row r="219">
+      <c r="A219" s="0" t="n">
+        <v>2655</v>
+      </c>
+      <c r="B219" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C219" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D219" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E219" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+        </is>
+      </c>
+      <c r="F219" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G219" s="0" t="inlineStr">
+        <is>
+          <t>2018-01-20</t>
+        </is>
+      </c>
+      <c r="H219" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I219" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J219" s="0"/>
+      <c r="K219" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L219" s="0" t="inlineStr">
+        <is>
+          <t>2016-08-23</t>
+        </is>
+      </c>
+      <c r="M219" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N219" s="0"/>
+    </row>
+    <row r="220">
+      <c r="A220" s="0" t="n">
+        <v>2640</v>
+      </c>
+      <c r="B220" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C220" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E220" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+        </is>
+      </c>
+      <c r="F220" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G220" s="0" t="inlineStr">
+        <is>
+          <t>2017-03-30</t>
+        </is>
+      </c>
+      <c r="H220" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J220" s="0"/>
+      <c r="K220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L220" s="0" t="inlineStr">
+        <is>
+          <t>2016-06-21</t>
+        </is>
+      </c>
+      <c r="M220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N220" s="0"/>
+    </row>
+    <row r="221">
+      <c r="A221" s="0" t="n">
+        <v>2635</v>
+      </c>
+      <c r="B221" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C221" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E221" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+        </is>
+      </c>
+      <c r="F221" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G221" s="0" t="inlineStr">
+        <is>
+          <t>2017-03-10</t>
+        </is>
+      </c>
+      <c r="H221" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J221" s="0"/>
+      <c r="K221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L221" s="0" t="inlineStr">
+        <is>
+          <t>2016-06-07</t>
+        </is>
+      </c>
+      <c r="M221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N221" s="0"/>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="n">
+        <v>2501</v>
+      </c>
+      <c r="B222" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C222" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E222" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+        </is>
+      </c>
+      <c r="F222" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G222" s="0" t="inlineStr">
+        <is>
+          <t>2016-04-09</t>
+        </is>
+      </c>
+      <c r="H222" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J222" s="0"/>
+      <c r="K222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L222" s="0" t="inlineStr">
+        <is>
+          <t>2015-03-31</t>
+        </is>
+      </c>
+      <c r="M222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N222" s="0"/>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="n">
+        <v>2336</v>
+      </c>
+      <c r="B223" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C223" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E223" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
+        </is>
+      </c>
+      <c r="F223" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G223" s="0" t="inlineStr">
+        <is>
+          <t>2014-11-08</t>
+        </is>
+      </c>
+      <c r="H223" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I223" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J223" s="0"/>
+      <c r="K223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L223" s="0" t="inlineStr">
+        <is>
+          <t>2013-12-17</t>
+        </is>
+      </c>
+      <c r="M223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N223" s="0"/>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="n">
+        <v>2310</v>
+      </c>
+      <c r="B224" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C224" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E224" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+        </is>
+      </c>
+      <c r="F224" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G224" s="0" t="inlineStr">
+        <is>
+          <t>2014-11-04</t>
+        </is>
+      </c>
+      <c r="H224" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I224" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J224" s="0"/>
+      <c r="K224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L224" s="0" t="inlineStr">
+        <is>
+          <t>2013-10-22</t>
+        </is>
+      </c>
+      <c r="M224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N224" s="0"/>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="n">
+        <v>2291</v>
+      </c>
+      <c r="B225" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C225" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E225" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+        </is>
+      </c>
+      <c r="F225" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G225" s="0" t="inlineStr">
+        <is>
+          <t>2013-09-26</t>
+        </is>
+      </c>
+      <c r="H225" s="0" t="inlineStr">
+        <is>
+          <t>Kommission bestellt</t>
+        </is>
+      </c>
+      <c r="I225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J225" s="0"/>
+      <c r="K225" s="0" t="inlineStr">
+        <is>
+          <t>Kommission Tiefbau und Gewässer</t>
+        </is>
+      </c>
+      <c r="L225" s="0" t="inlineStr">
+        <is>
+          <t>2013-09-10</t>
+        </is>
+      </c>
+      <c r="M225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N225" s="0"/>
+    </row>
+    <row r="226">
+      <c r="A226" s="0" t="n">
+        <v>2212</v>
+      </c>
+      <c r="B226" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C226" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E226" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+        </is>
+      </c>
+      <c r="F226" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G226" s="0" t="inlineStr">
+        <is>
+          <t>2013-08-29</t>
+        </is>
+      </c>
+      <c r="H226" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J226" s="0"/>
+      <c r="K226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L226" s="0"/>
+      <c r="M226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N226" s="0"/>
+    </row>
+    <row r="227">
+      <c r="A227" s="0" t="n">
+        <v>2050</v>
+      </c>
+      <c r="B227" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C227" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E227" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+        </is>
+      </c>
+      <c r="F227" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G227" s="0" t="inlineStr">
+        <is>
+          <t>2012-05-03</t>
+        </is>
+      </c>
+      <c r="H227" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J227" s="0"/>
+      <c r="K227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L227" s="0"/>
+      <c r="M227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N227" s="0"/>
+    </row>
+    <row r="228">
+      <c r="A228" s="0" t="n">
+        <v>2024</v>
+      </c>
+      <c r="B228" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C228" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E228" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+        </is>
+      </c>
+      <c r="F228" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G228" s="0" t="inlineStr">
+        <is>
+          <t>2011-07-07</t>
+        </is>
+      </c>
+      <c r="H228" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J228" s="0"/>
+      <c r="K228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L228" s="0"/>
+      <c r="M228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N228" s="0"/>
+    </row>
+    <row r="229">
+      <c r="A229" s="0" t="n">
+        <v>1977</v>
+      </c>
+      <c r="B229" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C229" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E229" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+        </is>
+      </c>
+      <c r="F229" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G229" s="0" t="inlineStr">
+        <is>
+          <t>2011-03-31</t>
+        </is>
+      </c>
+      <c r="H229" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J229" s="0"/>
+      <c r="K229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L229" s="0"/>
+      <c r="M229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N229" s="0"/>
+    </row>
+    <row r="230">
+      <c r="A230" s="0" t="n">
+        <v>1901</v>
+      </c>
+      <c r="B230" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C230" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E230" s="0" t="inlineStr">
+        <is>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+        </is>
+      </c>
+      <c r="F230" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G230" s="0" t="inlineStr">
+        <is>
+          <t>2010-09-30</t>
+        </is>
+      </c>
+      <c r="H230" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J230" s="0"/>
+      <c r="K230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L230" s="0"/>
+      <c r="M230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N230" s="0"/>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="n">
+        <v>1775</v>
+      </c>
+      <c r="B231" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C231" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E231" s="0" t="inlineStr">
+        <is>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+        </is>
+      </c>
+      <c r="F231" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G231" s="0" t="inlineStr">
+        <is>
+          <t>2010-05-06</t>
+        </is>
+      </c>
+      <c r="H231" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J231" s="0"/>
+      <c r="K231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L231" s="0"/>
+      <c r="M231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N231" s="0"/>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="n">
+        <v>1693</v>
+      </c>
+      <c r="B232" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C232" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E232" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+        </is>
+      </c>
+      <c r="F232" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G232" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
+      <c r="H232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I232" s="0" t="inlineStr">
+        <is>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J232" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-30</t>
+        </is>
+      </c>
+      <c r="K232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L232" s="0" t="inlineStr">
+        <is>
+          <t>2008-06-13</t>
+        </is>
+      </c>
+      <c r="M232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N232" s="0"/>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="n">
         <v>1646</v>
       </c>
-      <c r="B217" s="0" t="inlineStr">
+      <c r="B233" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C217" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E217" s="0" t="inlineStr">
+      <c r="C233" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E233" s="0" t="inlineStr">
         <is>
           <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
 2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
-      <c r="F217" s="0" t="inlineStr">
+      <c r="F233" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G217" s="0" t="inlineStr">
+      <c r="G233" s="0" t="inlineStr">
         <is>
           <t>2009-05-28</t>
         </is>
       </c>
-      <c r="H217" s="0" t="inlineStr">
+      <c r="H233" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I217" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="A218" s="0" t="n">
+      <c r="I233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J233" s="0"/>
+      <c r="K233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L233" s="0"/>
+      <c r="M233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N233" s="0"/>
+    </row>
+    <row r="234">
+      <c r="A234" s="0" t="n">
         <v>1393</v>
       </c>
-      <c r="B218" s="0" t="inlineStr">
+      <c r="B234" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C218" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="F218" s="0" t="inlineStr">
+      <c r="C234" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D234" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E234" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
+        </is>
+      </c>
+      <c r="F234" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G218" s="0" t="inlineStr">
+      <c r="G234" s="0" t="inlineStr">
         <is>
           <t>2006-06-01</t>
         </is>
       </c>
-      <c r="H218" s="0" t="inlineStr">
+      <c r="H234" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I218" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="A219" s="0" t="n">
+      <c r="I234" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J234" s="0"/>
+      <c r="K234" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L234" s="0"/>
+      <c r="M234" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N234" s="0"/>
+    </row>
+    <row r="235">
+      <c r="A235" s="0" t="n">
         <v>1251</v>
       </c>
-      <c r="B219" s="0" t="inlineStr">
+      <c r="B235" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C219" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E219" s="0" t="inlineStr">
+      <c r="C235" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D235" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E235" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
-      <c r="F219" s="0" t="inlineStr">
+      <c r="F235" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G219" s="0" t="inlineStr">
+      <c r="G235" s="0" t="inlineStr">
         <is>
           <t>2005-02-24</t>
         </is>
       </c>
-      <c r="H219" s="0" t="inlineStr">
+      <c r="H235" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I219" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="A220" s="0" t="n">
+      <c r="I235" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J235" s="0"/>
+      <c r="K235" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L235" s="0"/>
+      <c r="M235" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N235" s="0"/>
+    </row>
+    <row r="236">
+      <c r="A236" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="B220" s="0" t="inlineStr">
+      <c r="B236" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
-      <c r="C220" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E220" s="0" t="inlineStr">
+      <c r="C236" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D236" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E236" s="0" t="inlineStr">
         <is>
           <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
-      <c r="F220" s="0" t="inlineStr">
+      <c r="F236" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G220" s="0" t="inlineStr">
+      <c r="G236" s="0" t="inlineStr">
         <is>
           <t>2003-01-30</t>
         </is>
       </c>
-      <c r="H220" s="0" t="inlineStr">
+      <c r="H236" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I220" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="A221" s="0" t="n">
+      <c r="I236" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J236" s="0"/>
+      <c r="K236" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L236" s="0"/>
+      <c r="M236" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N236" s="0"/>
+    </row>
+    <row r="237">
+      <c r="A237" s="0" t="n">
         <v>282</v>
       </c>
-      <c r="B221" s="0" t="inlineStr">
+      <c r="B237" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
-      <c r="C221" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E221" s="0" t="inlineStr">
+      <c r="C237" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D237" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E237" s="0" t="inlineStr">
         <is>
           <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
-      <c r="F221" s="0" t="inlineStr">
+      <c r="F237" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G221" s="0" t="inlineStr">
+      <c r="G237" s="0" t="inlineStr">
         <is>
           <t>2024-07-03</t>
         </is>
       </c>
-      <c r="H221" s="0" t="inlineStr">
+      <c r="H237" s="0" t="inlineStr">
         <is>
           <t>Frist erstreckt</t>
         </is>
       </c>
-      <c r="I221" s="0" t="inlineStr">
+      <c r="I237" s="0" t="inlineStr">
         <is>
           <t>Frist erstreckt bis 31. Dezember 2030</t>
         </is>
       </c>
-      <c r="J221" s="0" t="inlineStr">
+      <c r="J237" s="0" t="inlineStr">
         <is>
           <t>2030-12-31</t>
         </is>
       </c>
-      <c r="K221" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L221" s="0" t="inlineStr">
+      <c r="K237" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L237" s="0" t="inlineStr">
         <is>
           <t>1995-08-07</t>
         </is>
       </c>
-      <c r="M221" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N221" s="0"/>
+      <c r="M237" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N237" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>