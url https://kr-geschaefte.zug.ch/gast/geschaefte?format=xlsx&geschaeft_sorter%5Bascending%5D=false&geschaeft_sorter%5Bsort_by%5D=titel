--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N241" totalsRowShown="0">
-  <autoFilter ref="A1:N241"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N221" totalsRowShown="0">
+  <autoFilter ref="A1:N221"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N241"/>
+  <dimension ref="A1:N221"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="168.08988764044946"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -503,2351 +503,2354 @@
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
           <t>2025-08-19</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>3832</v>
+        <v>3921</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Entschädigung der nebenamtlichen Behördenmitglieder (Nebenamtsgesetz) sowie Teilrevision des Kantonsratsbeschlusses über die Entschädigung der Fraktionen des Kantonsrats 
-</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist abgelaufen</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t>Die Referendumsfrist ist unbenutzt abgelaufen.</t>
-[...2 lines deleted...]
-      <c r="J7" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J7" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-22</t>
+        </is>
+      </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>3921</v>
+        <v>3350</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3350</v>
+        <v>3260</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2021-12-16</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3260</v>
+        <v>3725</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>3725</v>
+        <v>3364</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>2025-05-23</t>
+          <t>2026-09-27</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3364</v>
+        <v>3736</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>2026-09-27</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>3736</v>
+        <v>3827</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3273</v>
+        <v>3421</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2023-12-01</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2021-08-03</t>
+          <t>2022-05-13</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>3827</v>
+        <v>3971</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>3421</v>
+        <v>3574</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3971</v>
+        <v>3988</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3574</v>
+        <v>3102</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3988</v>
+        <v>3320</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3102</v>
+        <v>3268</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>2026-12-31</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2020-05-12</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3320</v>
+        <v>3929</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3268</v>
+        <v>3676</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3929</v>
+        <v>3621</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3676</v>
+        <v>3960</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3621</v>
+        <v>3734</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
           <t>2025-01-30</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
           <t>2028-01-30</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3960</v>
+        <v>3964</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
           <t>2026-08-28</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3734</v>
+        <v>3579</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3964</v>
+        <v>3893</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3579</v>
+        <v>3910</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t/>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3893</v>
+        <v>3891</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3910</v>
+        <v>3869</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3891</v>
+        <v>3969</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3869</v>
+        <v>3930</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3969</v>
+        <v>3354</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-06-28</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3930</v>
+        <v>4006</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3354</v>
+        <v>4011</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>4006</v>
+        <v>3999</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
           <t>2025-10-30</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
           <t>2026-10-30</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3999</v>
+        <v>3896</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-04-10</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3896</v>
+        <v>3880</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3880</v>
+        <v>3616</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3616</v>
+        <v>4016</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
         <v>3443</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
@@ -3367,12338 +3370,11054 @@
           <t>Postulat</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
           <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J50" s="0" t="inlineStr">
         <is>
           <t>2025-10-31</t>
         </is>
       </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
           <t>2024-09-22</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
           <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3825</v>
+        <v>3602</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Haas betreffend Teilhabe der Menschen mit Beeinträchtigungen am finanziellen Erfolg des Kantons Zug</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2024-10-12</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>Haas Esther</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3602</v>
+        <v>3262</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3262</v>
+        <v>3488</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2027-02-28</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3488</v>
+        <v>3966</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>2027-02-28</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3947</v>
+        <v>3963</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Lustenberger, Carina Brüngger und Hans Jörg Villiger betreffend Kürzungen bei J+S durch kantonale Beiträge auffangen</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>2025-10-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2025-06-24</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Brüngger Carina, Villiger Hans Jörg</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3966</v>
+        <v>3759</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3963</v>
+        <v>3351</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-03-29</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3759</v>
+        <v>3625</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3345</v>
+        <v>3974</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2021-12-09</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3351</v>
+        <v>3727</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>2026-03-29</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3625</v>
+        <v>3735</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3974</v>
+        <v>3680</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3727</v>
+        <v>3532</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3735</v>
+        <v>4028</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3680</v>
+        <v>4008</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3859</v>
+        <v>3826</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3532</v>
+        <v>3972</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3826</v>
+        <v>3584</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3840</v>
+        <v>3546</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend flächendeckende Ladestationen für Elektrofahrzeuge auf Parkieranlagen von kantonalen Immobilien</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3920</v>
+        <v>4020</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend barrierefreien Zugang dank kantonaler digitaler Assistenz</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-05-03</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3972</v>
+        <v>3885</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3584</v>
+        <v>3433</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
         <v>3883</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
           <t>2025-02-18</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3546</v>
+        <v>3993</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3793</v>
+        <v>3819</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Massnahmen gegen die mentale Gesundheitskrise bei Kindern und Jugendlichen im Kanton Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3885</v>
+        <v>3932</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J76" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3433</v>
+        <v>3924</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3993</v>
+        <v>3726</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3819</v>
+        <v>4021</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3932</v>
+        <v>3173</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2025</t>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2025-12-31</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2020-11-13</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Andermatt Pirmin</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3924</v>
+        <v>3844</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J81" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2024-11-24</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3845</v>
+        <v>3525</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Petition</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Petition «Endlich bezahlbarer Wohnraum für Zug!»</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...2 lines deleted...]
-      <c r="J82" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J82" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2024-11-29</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3726</v>
+        <v>3544</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3855</v>
+        <v>3841</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3173</v>
+        <v>3248</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
-          <t>2025-12-31</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2020-11-13</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3844</v>
+        <v>3283</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend einer gesetzlichen Frist für Bauanfragen</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J86" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3525</v>
+        <v>3816</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3382</v>
+        <v>3889</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Arnold Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3544</v>
+        <v>3992</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>Franzini Luzian, Yener Ronahi</t>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3841</v>
+        <v>3858</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J90" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-01-30</t>
         </is>
       </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3248</v>
+        <v>3943</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3283</v>
+        <v>3732</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3816</v>
+        <v>3953</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3889</v>
+        <v>4015</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3992</v>
+        <v>3765</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3858</v>
+        <v>3861</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3943</v>
+        <v>3791</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3732</v>
+        <v>282</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2030-12-31</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t/>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3846</v>
+        <v>3778</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Motion von Julia Küng, Klemens Iten, Simon Leuenberger, Ronahi Yener und Katharina Jans betreffend Schaffung eines öffentlich-rechtlichen Jugendparlaments im Kanton Zug</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2024-12-03</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Iten Klemens, Leuenberger Simon, Yener Ronahi, Jans Katharina</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3953</v>
+        <v>1693</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t/>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2025-06-30</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t/>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3874</v>
+        <v>3792</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3765</v>
+        <v>3617</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3861</v>
+        <v>3990</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J103" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3791</v>
+        <v>3758</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3752</v>
+        <v>3733</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Motion von Drin Alaj betreffend Verbilligung ÖV-Tarife im Kanton Zug</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J105" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>2024-06-19</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin</t>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>282</v>
+        <v>3965</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2030</t>
+          <t/>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>2030-12-31</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>1995-08-07</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3778</v>
+        <v>4030</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J107" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>1693</v>
+        <v>3811</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
-          <t>2025-06-30</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2008-06-13</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3792</v>
+        <v>3941</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3804</v>
+        <v>3704</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Mirjam Arnold, Klemens Iten, Christian Hegglin und Carina Brüngger betreffend Anspruch auf Prämienverbilligung automatisch prüfen und Beiträge direkt ausbezahlen</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Arnold Mirjam, Iten Klemens, Hegglin Christian, Brüngger Carina</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3617</v>
+        <v>3495</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J111" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3876</v>
+        <v>3877</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Motion von Alois Gössi, Philip C. Brunner, Tabea Estermann und Christian Hegglin betreffend Zuger Finanzausgleich Phase II</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
           <t>2025-02-04</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>Gössi Alois, Brunner Philip C., Estermann Tabea, Hegglin Christian</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3990</v>
+        <v>3646</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3758</v>
+        <v>3998</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3733</v>
+        <v>3802</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3965</v>
+        <v>3908</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-05-01</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3871</v>
+        <v>3785</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3811</v>
+        <v>3911</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3941</v>
+        <v>3864</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3870</v>
+        <v>3667</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3842</v>
+        <v>3683</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Motion der Stadtzuger Kantonsrätinnen und Kantonsräte (Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni) betreffend Dämpfung der finanziellen Belastung des Zuger Finanzausgleichs (ZFA) für die Stadt Zug </t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-11-08</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3704</v>
+        <v>3684</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3495</v>
+        <v>4031</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Kleine Anfrage von Thomas Gander und Manuela Käch betreffend Strassenverkehrsunfälle auf dem Abschnitt Autobahnauffahrt Cham/Sins bis zur Kreuzung Sinserstrasse/Untermühlestrasse</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2026-01-01</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Käch Manuela, Gander Thomas</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3877</v>
+        <v>3479</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
+</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J124" s="0"/>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3646</v>
+        <v>2310</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J125" s="0"/>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2013-10-22</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3998</v>
+        <v>3887</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J126" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J126" s="0"/>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
-[...2 lines deleted...]
-      <c r="N126" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="N126" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3802</v>
+        <v>3767</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J127" s="0"/>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3908</v>
+        <v>1251</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J128" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J128" s="0"/>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L128" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L128" s="0"/>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3785</v>
+        <v>1393</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J129" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J129" s="0"/>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L129" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L129" s="0"/>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3911</v>
+        <v>3950</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J130" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J130" s="0"/>
       <c r="K130" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3864</v>
+        <v>3569</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J131" s="0"/>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3667</v>
+        <v>1977</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J132" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J132" s="0"/>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L132" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L132" s="0"/>
       <c r="M132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3700</v>
+        <v>2501</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J133" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J133" s="0"/>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2015-03-31</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t/>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3683</v>
+        <v>2050</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J134" s="0"/>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L134" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L134" s="0"/>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3684</v>
+        <v>3165</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J135" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J135" s="0"/>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>4005</v>
+        <v>3453</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Tabea Estermann und Jill Nussbaumer betreffend Einkommensaufteilung der Zuger Ehepaare</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Nussbaumer Jill</t>
+          <t/>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3479</v>
+        <v>2885</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
-</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2022-09-13</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>2310</v>
+        <v>3533</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2014-11-04</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2013-10-22</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3887</v>
+        <v>2212</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L139" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L139" s="0"/>
       <c r="M139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N139" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3767</v>
+        <v>3471</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>1251</v>
+        <v>3923</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2005-02-24</t>
+          <t>2025-09-05</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L141" s="0"/>
+      <c r="L141" s="0" t="inlineStr">
+        <is>
+          <t>2025-05-06</t>
+        </is>
+      </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>1393</v>
+        <v>3742</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2006-06-01</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L142" s="0"/>
+      <c r="L142" s="0" t="inlineStr">
+        <is>
+          <t>2024-06-04</t>
+        </is>
+      </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N142" s="0"/>
+      <c r="N142" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-21</t>
+        </is>
+      </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3950</v>
+        <v>3743</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N143" s="0"/>
+      <c r="N143" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-06</t>
+        </is>
+      </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3569</v>
+        <v>3613</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>1977</v>
+        <v>3129</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L145" s="0"/>
+      <c r="L145" s="0" t="inlineStr">
+        <is>
+          <t>2020-08-18</t>
+        </is>
+      </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>2501</v>
+        <v>3512</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2016-04-09</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2015-03-31</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>2050</v>
+        <v>3866</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2012-05-03</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
         </is>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L147" s="0"/>
+      <c r="L147" s="0" t="inlineStr">
+        <is>
+          <t>2025-01-28</t>
+        </is>
+      </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3165</v>
+        <v>2655</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2021-08-21</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2020-11-03</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3453</v>
+        <v>3480</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2022-06-28</t>
+          <t>2022-09-20</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>2885</v>
+        <v>3439</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2019-02-20</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2018-07-03</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3533</v>
+        <v>2336</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N151" s="0"/>
+      <c r="N151" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-02</t>
+        </is>
+      </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>2212</v>
+        <v>2855</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2013-08-29</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L152" s="0"/>
+      <c r="L152" s="0" t="inlineStr">
+        <is>
+          <t>2018-03-27</t>
+        </is>
+      </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3471</v>
+        <v>3888</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3923</v>
+        <v>3867</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N154" s="0"/>
+      <c r="N154" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-04</t>
+        </is>
+      </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3742</v>
+        <v>4014</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N155" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3743</v>
+        <v>3808</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L156" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L156" s="0"/>
       <c r="M156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N156" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3613</v>
+        <v>2640</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3129</v>
+        <v>2635</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2021-06-05</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2020-08-18</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3512</v>
+        <v>2940</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3866</v>
+        <v>2850</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>2655</v>
+        <v>3595</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2018-01-20</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2016-08-23</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3480</v>
+        <v>3227</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
+</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3439</v>
+        <v>3594</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>2855</v>
+        <v>4012</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2018-03-27</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3962</v>
+        <v>3534</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Genehmigung der Änderung der Geschäftsordnung des Verwaltungsgerichts (GO VG)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>Verwaltungsgericht</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission erweitert</t>
+          <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3888</v>
+        <v>3148</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3867</v>
+        <v>3790</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N167" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3808</v>
+        <v>3535</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L168" s="0"/>
+      <c r="L168" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>2640</v>
+        <v>3218</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2017-03-30</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2016-06-21</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>2635</v>
+        <v>3151</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2017-03-10</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2016-06-07</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>2940</v>
+        <v>3592</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2019-02-19</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>2850</v>
+        <v>3208</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
+</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2018-11-06</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2018-03-20</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3595</v>
+        <v>3281</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3227</v>
+        <v>2766</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
-</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2021-04-13</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3594</v>
+        <v>3656</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3534</v>
+        <v>2897</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3148</v>
+        <v>2024</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L177" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L177" s="0"/>
       <c r="M177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3790</v>
+        <v>2291</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3535</v>
+        <v>3956</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3218</v>
+        <v>3957</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3151</v>
+        <v>3899</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
+          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
         </is>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2020-10-27</t>
+          <t>2025-03-25</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3592</v>
+        <v>3948</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2025-11-14</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3208</v>
+        <v>3958</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
-</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2021-03-09</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3281</v>
+        <v>3285</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>2766</v>
+        <v>3286</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2018-01-25</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2017-07-11</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3656</v>
+        <v>3949</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>2897</v>
+        <v>3685</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2019-05-18</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
         </is>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2018-09-18</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>2024</v>
+        <v>3934</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2011-07-07</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J188" s="0"/>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J188" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-02</t>
+        </is>
+      </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L188" s="0"/>
+      <c r="L188" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-05</t>
+        </is>
+      </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>2291</v>
+        <v>4019</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2013-09-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J189" s="0"/>
+      <c r="J189" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2013-09-10</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3956</v>
+        <v>3591</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J190" s="0"/>
+          <t>Frist erstreckt bis 30. September 2025</t>
+        </is>
+      </c>
+      <c r="J190" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-30</t>
+        </is>
+      </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3957</v>
+        <v>3987</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J191" s="0"/>
+      <c r="J191" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3899</v>
+        <v>4018</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J192" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J192" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-26</t>
+        </is>
+      </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3948</v>
+        <v>3968</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J193" s="0"/>
+      <c r="J193" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-28</t>
+        </is>
+      </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ZVB, 3948</t>
+          <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3958</v>
+        <v>3978</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J194" s="0"/>
+          <t>Traktandiert für 29. Januar 2026</t>
+        </is>
+      </c>
+      <c r="J194" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-08-18</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schumpf Etienne, Grond Flurin</t>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3285</v>
+        <v>4010</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J195" s="0"/>
+      <c r="J195" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-26</t>
+        </is>
+      </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3286</v>
+        <v>4001</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J196" s="0"/>
+      <c r="J196" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3886</v>
+        <v>4013</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J197" s="0"/>
+      <c r="J197" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-26</t>
+        </is>
+      </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3949</v>
+        <v>4000</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J198" s="0"/>
+      <c r="J198" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
-          <t>Kommission Raum Umwelt Verkehr</t>
+          <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3685</v>
+        <v>4027</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J199" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J199" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3934</v>
+        <v>4025</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3851</v>
+        <v>4029</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Tabea Estermann betreffend Meldungen aus der Bevölkerung zu Geldwäscherei im Kanton Zug</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2025-01-03</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3591</v>
+        <v>4023</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3936</v>
+        <v>3917</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2025-11-22</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2025-04-29</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3987</v>
+        <v>4026</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J204" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3907</v>
+        <v>3977</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J205" s="0" t="inlineStr">
         <is>
-          <t>2025-11-01</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-08-13</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3968</v>
+        <v>3975</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 29. Januar 2026</t>
         </is>
       </c>
       <c r="J206" s="0" t="inlineStr">
         <is>
           <t>2026-02-28</t>
         </is>
       </c>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-08-12</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3978</v>
+        <v>4022</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3897</v>
+        <v>4003</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Esther Monney, Patrik Kretz, Adrian Rogger und Brigitte Wenzin Widmer betreffend die Frage: Wie wird «lautgetreues Schreiben» an den Zuger Volksschulen umgesetzt?</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J208" s="0" t="inlineStr">
         <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
+      <c r="K208" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L208" s="0" t="inlineStr">
+        <is>
           <t>2025-10-10</t>
         </is>
       </c>
-      <c r="K208" s="0" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Kretz Patrik, Rogger Adrian, Wenzin Widmer Brigitte</t>
+          <t/>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3862</v>
+        <v>3995</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Barbara Gysel betreffend die Frage: Sind wir genügend vorbereitet auf Naturgefahren?</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>Gysel Barbara</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3913</v>
+        <v>1000</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J210" s="0"/>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L210" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L210" s="0"/>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3940</v>
+        <v>3905</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-05-01</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3967</v>
+        <v>3770</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend TARDOC – die Quittung zahlen die Frauen</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J212" s="0"/>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>4001</v>
+        <v>3872</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>4000</v>
+        <v>3541</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3916</v>
+        <v>3507</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Fristverlängerung bei Volksinitiativen</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+        </is>
+      </c>
+      <c r="J215" s="0"/>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2025-04-28</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3856</v>
+        <v>3939</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend  CO2 Bilanz des Kantons Zug als Verwaltungseinheit</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J216" s="0"/>
       <c r="K216" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3917</v>
+        <v>1901</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2010-09-30</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J217" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J217" s="0"/>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L217" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L217" s="0"/>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>3977</v>
+        <v>3994</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J218" s="0"/>
       <c r="K218" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>3975</v>
+        <v>1775</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J219" s="0"/>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L219" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L219" s="0"/>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>4003</v>
+        <v>3799</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
+        </is>
+      </c>
+      <c r="J220" s="0"/>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N220" s="0"/>
     </row>
     <row r="221">
       <c r="A221" s="0" t="n">
-        <v>3995</v>
+        <v>1646</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
-        <is>
-[...1242 lines deleted...]
-      <c r="E241" s="0" t="inlineStr">
         <is>
           <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
 2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
-      <c r="F241" s="0" t="inlineStr">
+      <c r="F221" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G241" s="0" t="inlineStr">
+      <c r="G221" s="0" t="inlineStr">
         <is>
           <t>2009-05-28</t>
         </is>
       </c>
-      <c r="H241" s="0" t="inlineStr">
+      <c r="H221" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I241" s="0" t="inlineStr">
-[...16 lines deleted...]
-      <c r="N241" s="0"/>
+      <c r="I221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J221" s="0"/>
+      <c r="K221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L221" s="0"/>
+      <c r="M221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N221" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>