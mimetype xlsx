--- v1 (2025-12-25)
+++ v2 (2026-03-01)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N221" totalsRowShown="0">
-  <autoFilter ref="A1:N221"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N233" totalsRowShown="0">
+  <autoFilter ref="A1:N233"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N221"/>
+  <dimension ref="A1:N233"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="120.78988764044945"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -189,6694 +189,6694 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>3652</v>
+        <v>3185</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J2" s="0"/>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>3185</v>
+        <v>3996</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2024-01-26</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2020-12-15</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>3996</v>
+        <v>3628</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>3628</v>
+        <v>3980</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>3980</v>
+        <v>3921</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J6" s="0"/>
+      <c r="J6" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-22</t>
+        </is>
+      </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>3921</v>
+        <v>3350</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>3350</v>
+        <v>3260</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben.</t>
+          <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2021-12-16</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3260</v>
+        <v>3725</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3725</v>
+        <v>3364</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>2025-05-23</t>
+          <t>2026-09-27</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>3364</v>
+        <v>3736</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>2026-09-27</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3736</v>
+        <v>3827</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>3827</v>
+        <v>3971</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3421</v>
+        <v>3574</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>3971</v>
+        <v>3988</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>3574</v>
+        <v>3102</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3988</v>
+        <v>3320</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3102</v>
+        <v>3268</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2026-12-31</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2020-05-12</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3320</v>
+        <v>3929</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3268</v>
+        <v>3676</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3929</v>
+        <v>3621</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3676</v>
+        <v>3960</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3621</v>
+        <v>3734</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
           <t>2025-01-30</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
           <t>2028-01-30</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3960</v>
+        <v>3964</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
           <t>2026-08-28</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3734</v>
+        <v>3579</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3964</v>
+        <v>3893</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3579</v>
+        <v>3910</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t/>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3893</v>
+        <v>3891</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3910</v>
+        <v>3869</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3891</v>
+        <v>3969</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3869</v>
+        <v>3930</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3969</v>
+        <v>3354</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-06-28</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3930</v>
+        <v>4006</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3354</v>
+        <v>3858</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Postulat von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug (Motion umgewandelt in ein Postulat)</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben.</t>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2029-02-26</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>4006</v>
+        <v>4011</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
+          <t>2025-11-26</t>
+        </is>
+      </c>
+      <c r="H35" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I35" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J35" s="0" t="inlineStr">
+        <is>
+          <t>2026-11-26</t>
+        </is>
+      </c>
+      <c r="K35" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L35" s="0" t="inlineStr">
+        <is>
           <t>2025-10-30</t>
         </is>
       </c>
-      <c r="H35" s="0" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>4011</v>
+        <v>3999</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3999</v>
+        <v>4042</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3896</v>
+        <v>4041</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3880</v>
+        <v>3896</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-04-10</t>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3616</v>
+        <v>4045</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>4016</v>
+        <v>3880</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2025-11-06</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3443</v>
+        <v>3616</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3562</v>
+        <v>4016</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J43" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3502</v>
+        <v>4033</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3942</v>
+        <v>3443</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3985</v>
+        <v>3562</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3755</v>
+        <v>3502</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3989</v>
+        <v>3942</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3938</v>
+        <v>3985</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3810</v>
+        <v>3755</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J50" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3602</v>
+        <v>3989</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3262</v>
+        <v>3938</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3488</v>
+        <v>3602</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>2027-02-28</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3966</v>
+        <v>3262</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3963</v>
+        <v>3488</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-02-28</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3759</v>
+        <v>4037</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3351</v>
+        <v>3966</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>2026-03-29</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3625</v>
+        <v>3963</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3974</v>
+        <v>3759</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3727</v>
+        <v>3351</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2026-03-29</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3735</v>
+        <v>3625</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3680</v>
+        <v>3974</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3532</v>
+        <v>3727</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>4028</v>
+        <v>3735</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>4008</v>
+        <v>3680</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-10-24</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3826</v>
+        <v>3532</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3972</v>
+        <v>4028</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3584</v>
+        <v>4008</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3546</v>
+        <v>3826</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>4020</v>
+        <v>3972</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-11-17</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3885</v>
+        <v>3584</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3433</v>
+        <v>4047</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Postulat der FDP-Fraktion betreffend Sicherung des Gewerbestandorts durch zeitgemässe Regelungen für betriebseigenen Wohnraum in Arbeitszonen</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2026-01-14</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
           <t>FDP</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3883</v>
+        <v>3546</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3993</v>
+        <v>4020</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3819</v>
+        <v>3885</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2029-02-26</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3932</v>
+        <v>3433</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J76" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3924</v>
+        <v>4039</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3726</v>
+        <v>3993</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>4021</v>
+        <v>3819</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3173</v>
+        <v>3932</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
-          <t>2025-12-31</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2020-11-13</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3844</v>
+        <v>3726</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J81" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3525</v>
+        <v>4021</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J82" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3544</v>
+        <v>3525</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
           <t>2024-03-01</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
           <t>2027-03-01</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3841</v>
+        <v>4051</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Motion von Mirjam Arnold, Thomas Gwerder, Hans Küng, Michael Riboni, Adrian Rogger, Barbara Schmid-Häseli und Oliver Wandfluh betreffend Kostenübernahme für medizinische Notfälle für Personen ohne Wohnsitz in der Schweiz</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>Arnold Mirjam, Gwerder Thomas , Küng Hans, Riboni Michael, Rogger Adrian, Schmid-Häseli Barbara, Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3248</v>
+        <v>3544</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3283</v>
+        <v>3248</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
           <t>2022-09-29</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J86" s="0" t="inlineStr">
         <is>
           <t>2025-09-28</t>
         </is>
       </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3816</v>
+        <v>3283</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3889</v>
+        <v>3816</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3992</v>
+        <v>3889</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3858</v>
+        <v>3943</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J90" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3943</v>
+        <v>3732</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3732</v>
+        <v>3953</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3953</v>
+        <v>4015</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>4015</v>
+        <v>3765</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3765</v>
+        <v>3861</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3861</v>
+        <v>3791</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3791</v>
+        <v>282</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2030-12-31</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>282</v>
+        <v>3778</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2030</t>
+          <t/>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
-          <t>2030-12-31</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>1995-08-07</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3778</v>
+        <v>1693</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2025-06-30</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t/>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>1693</v>
+        <v>3792</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2025-06-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2008-06-13</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3792</v>
+        <v>3617</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3617</v>
+        <v>4060</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Motion von Alexander Haslimann betreffend befristete Überbrückungsmassnahmen des Kantons Zug bei bundesbedingten Verzögerungen der Auszahlung von Arbeitslosengeldern</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Fristverkürzung auf 2 Monate</t>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-04-26</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
         <v>3990</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
@@ -7103,7321 +7103,8101 @@
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
           <t>2026-08-28</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
           <t>2025-07-23</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>4030</v>
+        <v>4054</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
+          <t>Motion der SVP-Fraktion betreffend Zug soll sicherster Kanton der Schweiz werden</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J107" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3811</v>
+        <v>4030</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3941</v>
+        <v>3811</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3704</v>
+        <v>3941</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3495</v>
+        <v>4050</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion der SVP-Fraktion betreffend gemeinnützige Arbeitseinsätze für Asylsuchende und vorläufig Aufgenommene im Kanton Zug</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J111" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3877</v>
+        <v>3704</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3646</v>
+        <v>3495</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3998</v>
+        <v>3877</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3802</v>
+        <v>3646</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3908</v>
+        <v>3998</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2026-05-01</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3785</v>
+        <v>3802</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3911</v>
+        <v>4044</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3864</v>
+        <v>3785</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
           <t>2025-02-20</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
           <t>FDP</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3667</v>
+        <v>3911</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3683</v>
+        <v>3864</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3684</v>
+        <v>3667</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>4031</v>
+        <v>3683</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Thomas Gander und Manuela Käch betreffend Strassenverkehrsunfälle auf dem Abschnitt Autobahnauffahrt Cham/Sins bis zur Kreuzung Sinserstrasse/Untermühlestrasse</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-12-16</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2026-01-01</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>Käch Manuela, Gander Thomas</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
+        <v>3684</v>
+      </c>
+      <c r="B124" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C124" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D124" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E124" s="0" t="inlineStr">
+        <is>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+        </is>
+      </c>
+      <c r="F124" s="0" t="inlineStr">
+        <is>
+          <t>Finanzdirektion</t>
+        </is>
+      </c>
+      <c r="G124" s="0" t="inlineStr">
+        <is>
+          <t>2024-04-11</t>
+        </is>
+      </c>
+      <c r="H124" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I124" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J124" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-11</t>
+        </is>
+      </c>
+      <c r="K124" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L124" s="0" t="inlineStr">
+        <is>
+          <t>2024-02-23</t>
+        </is>
+      </c>
+      <c r="M124" s="0" t="inlineStr">
+        <is>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+        </is>
+      </c>
+      <c r="N124" s="0"/>
+    </row>
+    <row r="125">
+      <c r="A125" s="0" t="n">
+        <v>4056</v>
+      </c>
+      <c r="B125" s="0" t="inlineStr">
+        <is>
+          <t>Kleine Anfrage</t>
+        </is>
+      </c>
+      <c r="C125" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D125" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E125" s="0" t="inlineStr">
+        <is>
+          <t>Kleine Anfrage von Michael Arnold betreffend Umsetzung Gesetz über Standortentwicklung</t>
+        </is>
+      </c>
+      <c r="F125" s="0" t="inlineStr">
+        <is>
+          <t>Finanzdirektion</t>
+        </is>
+      </c>
+      <c r="G125" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-06</t>
+        </is>
+      </c>
+      <c r="H125" s="0" t="inlineStr">
+        <is>
+          <t>Einreichung</t>
+        </is>
+      </c>
+      <c r="I125" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J125" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-06</t>
+        </is>
+      </c>
+      <c r="K125" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L125" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-06</t>
+        </is>
+      </c>
+      <c r="M125" s="0" t="inlineStr">
+        <is>
+          <t>Arnold Michael</t>
+        </is>
+      </c>
+      <c r="N125" s="0"/>
+    </row>
+    <row r="126">
+      <c r="A126" s="0" t="n">
+        <v>4053</v>
+      </c>
+      <c r="B126" s="0" t="inlineStr">
+        <is>
+          <t>Kleine Anfrage</t>
+        </is>
+      </c>
+      <c r="C126" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D126" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E126" s="0" t="inlineStr">
+        <is>
+          <t>Kleine Anfrage von Gregor Bruhin und Alessandro Ehrbar betreffend Einsatz des neuen Lehrmittels «Wie sicher sind wir?» zur Vermittlung von Armee- und Sicherheitswissen an Schulen im Kanton Zug</t>
+        </is>
+      </c>
+      <c r="F126" s="0" t="inlineStr">
+        <is>
+          <t>Direktion für Bildung und Kultur</t>
+        </is>
+      </c>
+      <c r="G126" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
+      <c r="H126" s="0" t="inlineStr">
+        <is>
+          <t>Antwort des Regierungsrats</t>
+        </is>
+      </c>
+      <c r="I126" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J126" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-02</t>
+        </is>
+      </c>
+      <c r="K126" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L126" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-02</t>
+        </is>
+      </c>
+      <c r="M126" s="0" t="inlineStr">
+        <is>
+          <t>Bruhin Gregor, Ehrbar Alessandro</t>
+        </is>
+      </c>
+      <c r="N126" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="0" t="n">
+        <v>4058</v>
+      </c>
+      <c r="B127" s="0" t="inlineStr">
+        <is>
+          <t>Kleine Anfrage</t>
+        </is>
+      </c>
+      <c r="C127" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D127" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E127" s="0" t="inlineStr">
+        <is>
+          <t>Kleine Anfrage von Anne Hänel, Erich Grob, Fabienne Michel, Jill Nussbaumer, Michèle Schmid und Hans Jörg Villiger betreffend Umsetzung Autoarmes Zentrum Cham (AAZ)</t>
+        </is>
+      </c>
+      <c r="F127" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G127" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-07</t>
+        </is>
+      </c>
+      <c r="H127" s="0" t="inlineStr">
+        <is>
+          <t>Einreichung</t>
+        </is>
+      </c>
+      <c r="I127" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J127" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-07</t>
+        </is>
+      </c>
+      <c r="K127" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L127" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-07</t>
+        </is>
+      </c>
+      <c r="M127" s="0" t="inlineStr">
+        <is>
+          <t>Hänel Anne, Grob Erich, Michel Fabienne, Nussbaumer Jill, Schmid Michèle, Villiger Hans Jörg</t>
+        </is>
+      </c>
+      <c r="N127" s="0"/>
+    </row>
+    <row r="128">
+      <c r="A128" s="0" t="n">
+        <v>4049</v>
+      </c>
+      <c r="B128" s="0" t="inlineStr">
+        <is>
+          <t>Kleine Anfrage</t>
+        </is>
+      </c>
+      <c r="C128" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D128" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E128" s="0" t="inlineStr">
+        <is>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Auswirkungen der kantonalen Übernahme von 99 % der stationären Spitalkosten auf Notfallbehandlungen im Ausland</t>
+        </is>
+      </c>
+      <c r="F128" s="0" t="inlineStr">
+        <is>
+          <t>Gesundheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G128" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
+      <c r="H128" s="0" t="inlineStr">
+        <is>
+          <t>Antwort des Regierungsrats</t>
+        </is>
+      </c>
+      <c r="I128" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J128" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-26</t>
+        </is>
+      </c>
+      <c r="K128" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L128" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
+      <c r="M128" s="0" t="inlineStr">
+        <is>
+          <t>ALG</t>
+        </is>
+      </c>
+      <c r="N128" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="0" t="n">
+        <v>4063</v>
+      </c>
+      <c r="B129" s="0" t="inlineStr">
+        <is>
+          <t>Kleine Anfrage</t>
+        </is>
+      </c>
+      <c r="C129" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D129" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E129" s="0" t="inlineStr">
+        <is>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Absage Nachtreffen Jugendpolittag</t>
+        </is>
+      </c>
+      <c r="F129" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G129" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-11</t>
+        </is>
+      </c>
+      <c r="H129" s="0" t="inlineStr">
+        <is>
+          <t>Einreichung</t>
+        </is>
+      </c>
+      <c r="I129" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J129" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-11</t>
+        </is>
+      </c>
+      <c r="K129" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L129" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-11</t>
+        </is>
+      </c>
+      <c r="M129" s="0" t="inlineStr">
+        <is>
+          <t>ALG</t>
+        </is>
+      </c>
+      <c r="N129" s="0"/>
+    </row>
+    <row r="130">
+      <c r="A130" s="0" t="n">
+        <v>4034</v>
+      </c>
+      <c r="B130" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C130" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D130" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E130" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
+        </is>
+      </c>
+      <c r="F130" s="0" t="inlineStr">
+        <is>
+          <t>Finanzdirektion</t>
+        </is>
+      </c>
+      <c r="G130" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-29</t>
+        </is>
+      </c>
+      <c r="H130" s="0" t="inlineStr">
+        <is>
+          <t>Kommission bestellt</t>
+        </is>
+      </c>
+      <c r="I130" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J130" s="0"/>
+      <c r="K130" s="0" t="inlineStr">
+        <is>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
+        </is>
+      </c>
+      <c r="L130" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09</t>
+        </is>
+      </c>
+      <c r="M130" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N130" s="0"/>
+    </row>
+    <row r="131">
+      <c r="A131" s="0" t="n">
         <v>3479</v>
       </c>
-      <c r="B124" s="0" t="inlineStr">
+      <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C124" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E124" s="0" t="inlineStr">
+      <c r="C131" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D131" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E131" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
 </t>
         </is>
       </c>
-      <c r="F124" s="0" t="inlineStr">
+      <c r="F131" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G124" s="0" t="inlineStr">
+      <c r="G131" s="0" t="inlineStr">
         <is>
           <t>2023-06-06</t>
         </is>
       </c>
-      <c r="H124" s="0" t="inlineStr">
+      <c r="H131" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I124" s="0" t="inlineStr">
-[...428 lines deleted...]
-      </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>1977</v>
+        <v>2310</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L132" s="0"/>
+      <c r="L132" s="0" t="inlineStr">
+        <is>
+          <t>2013-10-22</t>
+        </is>
+      </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>2501</v>
+        <v>3887</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2016-04-09</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2015-03-31</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>2050</v>
+        <v>3767</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2012-05-03</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L134" s="0"/>
+      <c r="L134" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-09</t>
+        </is>
+      </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3165</v>
+        <v>1251</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2021-08-21</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L135" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L135" s="0"/>
       <c r="M135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3453</v>
+        <v>1393</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L136" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L136" s="0"/>
       <c r="M136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>2885</v>
+        <v>3950</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2019-02-20</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2018-07-03</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
+        <v>3569</v>
+      </c>
+      <c r="B138" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C138" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D138" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E138" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+        </is>
+      </c>
+      <c r="F138" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G138" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-06</t>
+        </is>
+      </c>
+      <c r="H138" s="0" t="inlineStr">
+        <is>
+          <t>Inkrafttreten</t>
+        </is>
+      </c>
+      <c r="I138" s="0" t="inlineStr">
+        <is>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J138" s="0"/>
+      <c r="K138" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L138" s="0" t="inlineStr">
+        <is>
+          <t>2023-05-02</t>
+        </is>
+      </c>
+      <c r="M138" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N138" s="0"/>
+    </row>
+    <row r="139">
+      <c r="A139" s="0" t="n">
+        <v>1977</v>
+      </c>
+      <c r="B139" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C139" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D139" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E139" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+        </is>
+      </c>
+      <c r="F139" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G139" s="0" t="inlineStr">
+        <is>
+          <t>2011-03-31</t>
+        </is>
+      </c>
+      <c r="H139" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I139" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J139" s="0"/>
+      <c r="K139" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L139" s="0"/>
+      <c r="M139" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N139" s="0"/>
+    </row>
+    <row r="140">
+      <c r="A140" s="0" t="n">
+        <v>2501</v>
+      </c>
+      <c r="B140" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C140" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D140" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E140" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+        </is>
+      </c>
+      <c r="F140" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G140" s="0" t="inlineStr">
+        <is>
+          <t>2016-04-09</t>
+        </is>
+      </c>
+      <c r="H140" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I140" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J140" s="0"/>
+      <c r="K140" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L140" s="0" t="inlineStr">
+        <is>
+          <t>2015-03-31</t>
+        </is>
+      </c>
+      <c r="M140" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N140" s="0"/>
+    </row>
+    <row r="141">
+      <c r="A141" s="0" t="n">
+        <v>2050</v>
+      </c>
+      <c r="B141" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C141" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D141" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E141" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+        </is>
+      </c>
+      <c r="F141" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G141" s="0" t="inlineStr">
+        <is>
+          <t>2012-05-03</t>
+        </is>
+      </c>
+      <c r="H141" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I141" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J141" s="0"/>
+      <c r="K141" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L141" s="0"/>
+      <c r="M141" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N141" s="0"/>
+    </row>
+    <row r="142">
+      <c r="A142" s="0" t="n">
+        <v>3165</v>
+      </c>
+      <c r="B142" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C142" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D142" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E142" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
+        </is>
+      </c>
+      <c r="F142" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G142" s="0" t="inlineStr">
+        <is>
+          <t>2021-08-21</t>
+        </is>
+      </c>
+      <c r="H142" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I142" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J142" s="0"/>
+      <c r="K142" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L142" s="0" t="inlineStr">
+        <is>
+          <t>2020-11-03</t>
+        </is>
+      </c>
+      <c r="M142" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N142" s="0"/>
+    </row>
+    <row r="143">
+      <c r="A143" s="0" t="n">
+        <v>3453</v>
+      </c>
+      <c r="B143" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C143" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D143" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E143" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+        </is>
+      </c>
+      <c r="F143" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G143" s="0" t="inlineStr">
+        <is>
+          <t>2023-05-11</t>
+        </is>
+      </c>
+      <c r="H143" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I143" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J143" s="0"/>
+      <c r="K143" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L143" s="0" t="inlineStr">
+        <is>
+          <t>2022-06-28</t>
+        </is>
+      </c>
+      <c r="M143" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N143" s="0"/>
+    </row>
+    <row r="144">
+      <c r="A144" s="0" t="n">
+        <v>2885</v>
+      </c>
+      <c r="B144" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C144" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D144" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E144" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+        </is>
+      </c>
+      <c r="F144" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G144" s="0" t="inlineStr">
+        <is>
+          <t>2019-02-20</t>
+        </is>
+      </c>
+      <c r="H144" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I144" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J144" s="0"/>
+      <c r="K144" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L144" s="0" t="inlineStr">
+        <is>
+          <t>2018-07-03</t>
+        </is>
+      </c>
+      <c r="M144" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N144" s="0"/>
+    </row>
+    <row r="145">
+      <c r="A145" s="0" t="n">
         <v>3533</v>
       </c>
-      <c r="B138" s="0" t="inlineStr">
+      <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C138" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E138" s="0" t="inlineStr">
+      <c r="C145" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D145" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E145" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
 </t>
         </is>
       </c>
-      <c r="F138" s="0" t="inlineStr">
+      <c r="F145" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
-      <c r="G138" s="0" t="inlineStr">
+      <c r="G145" s="0" t="inlineStr">
         <is>
           <t>2024-06-21</t>
-        </is>
-[...436 lines deleted...]
-          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2020-08-18</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3512</v>
+        <v>2212</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L146" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L146" s="0"/>
       <c r="M146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3866</v>
+        <v>3471</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>2655</v>
+        <v>3923</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2018-01-20</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
         </is>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2016-08-23</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3480</v>
+        <v>3742</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3439</v>
+        <v>3743</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>2336</v>
+        <v>3613</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2014-11-08</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2013-12-17</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N151" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>2855</v>
+        <v>3129</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2018-03-27</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3888</v>
+        <v>3512</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3867</v>
+        <v>3866</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
         </is>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N154" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>4014</v>
+        <v>2655</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3808</v>
+        <v>3480</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L156" s="0"/>
+      <c r="L156" s="0" t="inlineStr">
+        <is>
+          <t>2022-09-20</t>
+        </is>
+      </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>2640</v>
+        <v>3439</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2017-03-30</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2016-06-21</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>2635</v>
+        <v>2336</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2017-03-10</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2016-06-07</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>2940</v>
+        <v>2855</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2019-02-19</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>2850</v>
+        <v>3888</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2018-11-06</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2018-03-20</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3595</v>
+        <v>3867</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
+        <v>2024</v>
+      </c>
+      <c r="B162" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C162" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D162" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E162" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+        </is>
+      </c>
+      <c r="F162" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G162" s="0" t="inlineStr">
+        <is>
+          <t>2011-07-07</t>
+        </is>
+      </c>
+      <c r="H162" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I162" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J162" s="0"/>
+      <c r="K162" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L162" s="0"/>
+      <c r="M162" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N162" s="0"/>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="n">
+        <v>4014</v>
+      </c>
+      <c r="B163" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C163" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D163" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E163" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
+        </is>
+      </c>
+      <c r="F163" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G163" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-13</t>
+        </is>
+      </c>
+      <c r="H163" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert zur 1. Lesung</t>
+        </is>
+      </c>
+      <c r="I163" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J163" s="0"/>
+      <c r="K163" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L163" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-04</t>
+        </is>
+      </c>
+      <c r="M163" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N163" s="0"/>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="n">
+        <v>3808</v>
+      </c>
+      <c r="B164" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C164" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D164" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E164" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+        </is>
+      </c>
+      <c r="F164" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G164" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-21</t>
+        </is>
+      </c>
+      <c r="H164" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I164" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J164" s="0"/>
+      <c r="K164" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L164" s="0"/>
+      <c r="M164" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N164" s="0"/>
+    </row>
+    <row r="165">
+      <c r="A165" s="0" t="n">
+        <v>2640</v>
+      </c>
+      <c r="B165" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C165" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D165" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E165" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+        </is>
+      </c>
+      <c r="F165" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G165" s="0" t="inlineStr">
+        <is>
+          <t>2017-03-30</t>
+        </is>
+      </c>
+      <c r="H165" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I165" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J165" s="0"/>
+      <c r="K165" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L165" s="0" t="inlineStr">
+        <is>
+          <t>2016-06-21</t>
+        </is>
+      </c>
+      <c r="M165" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N165" s="0"/>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="n">
+        <v>2635</v>
+      </c>
+      <c r="B166" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C166" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D166" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E166" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+        </is>
+      </c>
+      <c r="F166" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G166" s="0" t="inlineStr">
+        <is>
+          <t>2017-03-10</t>
+        </is>
+      </c>
+      <c r="H166" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I166" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J166" s="0"/>
+      <c r="K166" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L166" s="0" t="inlineStr">
+        <is>
+          <t>2016-06-07</t>
+        </is>
+      </c>
+      <c r="M166" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N166" s="0"/>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="n">
+        <v>2940</v>
+      </c>
+      <c r="B167" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C167" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E167" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+        </is>
+      </c>
+      <c r="F167" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G167" s="0" t="inlineStr">
+        <is>
+          <t>2019-07-01</t>
+        </is>
+      </c>
+      <c r="H167" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J167" s="0"/>
+      <c r="K167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L167" s="0" t="inlineStr">
+        <is>
+          <t>2019-02-19</t>
+        </is>
+      </c>
+      <c r="M167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N167" s="0"/>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="n">
+        <v>2850</v>
+      </c>
+      <c r="B168" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C168" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D168" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E168" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+        </is>
+      </c>
+      <c r="F168" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G168" s="0" t="inlineStr">
+        <is>
+          <t>2018-11-06</t>
+        </is>
+      </c>
+      <c r="H168" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I168" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J168" s="0"/>
+      <c r="K168" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L168" s="0" t="inlineStr">
+        <is>
+          <t>2018-03-20</t>
+        </is>
+      </c>
+      <c r="M168" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N168" s="0"/>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="n">
+        <v>2291</v>
+      </c>
+      <c r="B169" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C169" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D169" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E169" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+        </is>
+      </c>
+      <c r="F169" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G169" s="0" t="inlineStr">
+        <is>
+          <t>2013-09-26</t>
+        </is>
+      </c>
+      <c r="H169" s="0" t="inlineStr">
+        <is>
+          <t>Kommission bestellt</t>
+        </is>
+      </c>
+      <c r="I169" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J169" s="0"/>
+      <c r="K169" s="0" t="inlineStr">
+        <is>
+          <t>Kommission Tiefbau und Gewässer</t>
+        </is>
+      </c>
+      <c r="L169" s="0" t="inlineStr">
+        <is>
+          <t>2013-09-10</t>
+        </is>
+      </c>
+      <c r="M169" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N169" s="0"/>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="n">
+        <v>3595</v>
+      </c>
+      <c r="B170" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C170" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D170" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E170" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+        </is>
+      </c>
+      <c r="F170" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G170" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-07</t>
+        </is>
+      </c>
+      <c r="H170" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I170" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J170" s="0"/>
+      <c r="K170" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L170" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-11</t>
+        </is>
+      </c>
+      <c r="M170" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N170" s="0"/>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="n">
         <v>3227</v>
       </c>
-      <c r="B162" s="0" t="inlineStr">
+      <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C162" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E162" s="0" t="inlineStr">
+      <c r="C171" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D171" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E171" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
 </t>
         </is>
       </c>
-      <c r="F162" s="0" t="inlineStr">
+      <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G162" s="0" t="inlineStr">
+      <c r="G171" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
-        </is>
-[...556 lines deleted...]
-          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
+        <v>3594</v>
+      </c>
+      <c r="B172" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C172" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D172" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E172" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+        </is>
+      </c>
+      <c r="F172" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G172" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-07</t>
+        </is>
+      </c>
+      <c r="H172" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I172" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J172" s="0"/>
+      <c r="K172" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L172" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-11</t>
+        </is>
+      </c>
+      <c r="M172" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N172" s="0"/>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="n">
+        <v>4012</v>
+      </c>
+      <c r="B173" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C173" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D173" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E173" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
+        </is>
+      </c>
+      <c r="F173" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G173" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-13</t>
+        </is>
+      </c>
+      <c r="H173" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert zur 1. Lesung</t>
+        </is>
+      </c>
+      <c r="I173" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J173" s="0"/>
+      <c r="K173" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L173" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-28</t>
+        </is>
+      </c>
+      <c r="M173" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N173" s="0"/>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="n">
+        <v>3534</v>
+      </c>
+      <c r="B174" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C174" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D174" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E174" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+        </is>
+      </c>
+      <c r="F174" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G174" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H174" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I174" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J174" s="0"/>
+      <c r="K174" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L174" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M174" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N174" s="0"/>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="n">
+        <v>3148</v>
+      </c>
+      <c r="B175" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C175" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D175" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E175" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
+        </is>
+      </c>
+      <c r="F175" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G175" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-25</t>
+        </is>
+      </c>
+      <c r="H175" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I175" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J175" s="0"/>
+      <c r="K175" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L175" s="0" t="inlineStr">
+        <is>
+          <t>2020-10-20</t>
+        </is>
+      </c>
+      <c r="M175" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N175" s="0"/>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="n">
+        <v>3790</v>
+      </c>
+      <c r="B176" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C176" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D176" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E176" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
+        </is>
+      </c>
+      <c r="F176" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G176" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-16</t>
+        </is>
+      </c>
+      <c r="H176" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I176" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J176" s="0"/>
+      <c r="K176" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L176" s="0" t="inlineStr">
+        <is>
+          <t>2024-08-27</t>
+        </is>
+      </c>
+      <c r="M176" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N176" s="0"/>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="n">
+        <v>3535</v>
+      </c>
+      <c r="B177" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C177" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D177" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E177" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
+        </is>
+      </c>
+      <c r="F177" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G177" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H177" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I177" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J177" s="0"/>
+      <c r="K177" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L177" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M177" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N177" s="0"/>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="n">
+        <v>3218</v>
+      </c>
+      <c r="B178" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C178" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E178" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+        </is>
+      </c>
+      <c r="F178" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G178" s="0" t="inlineStr">
+        <is>
+          <t>2021-10-28</t>
+        </is>
+      </c>
+      <c r="H178" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J178" s="0"/>
+      <c r="K178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L178" s="0" t="inlineStr">
+        <is>
+          <t>2021-03-23</t>
+        </is>
+      </c>
+      <c r="M178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N178" s="0"/>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="n">
+        <v>3151</v>
+      </c>
+      <c r="B179" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C179" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E179" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
+        </is>
+      </c>
+      <c r="F179" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G179" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-25</t>
+        </is>
+      </c>
+      <c r="H179" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J179" s="0"/>
+      <c r="K179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L179" s="0" t="inlineStr">
+        <is>
+          <t>2020-10-27</t>
+        </is>
+      </c>
+      <c r="M179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N179" s="0"/>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="n">
+        <v>3592</v>
+      </c>
+      <c r="B180" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C180" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E180" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+        </is>
+      </c>
+      <c r="F180" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G180" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-08</t>
+        </is>
+      </c>
+      <c r="H180" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J180" s="0"/>
+      <c r="K180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L180" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-04</t>
+        </is>
+      </c>
+      <c r="M180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N180" s="0"/>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="n">
         <v>3208</v>
       </c>
-      <c r="B172" s="0" t="inlineStr">
+      <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C172" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E172" s="0" t="inlineStr">
+      <c r="C181" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D181" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E181" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
 </t>
         </is>
       </c>
-      <c r="F172" s="0" t="inlineStr">
+      <c r="F181" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G172" s="0" t="inlineStr">
+      <c r="G181" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
-      <c r="H172" s="0" t="inlineStr">
+      <c r="H181" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I172" s="0" t="inlineStr">
-[...552 lines deleted...]
-      </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3948</v>
+        <v>3281</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2025-11-14</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3958</v>
+        <v>2766</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3285</v>
+        <v>3656</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3286</v>
+        <v>2897</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3949</v>
+        <v>3956</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2025-12-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3685</v>
+        <v>3957</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+          <t/>
         </is>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3934</v>
+        <v>3948</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Ersatzbeschaffung und der Umrüstung der Fahrzeugflotte auf einen CO₂-neutralen Betrieb</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
+        </is>
+      </c>
+      <c r="J188" s="0"/>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t/>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>4019</v>
+        <v>3958</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J189" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J189" s="0"/>
       <c r="K189" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2025-11-12</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3591</v>
+        <v>3285</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J190" s="0"/>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3987</v>
+        <v>3286</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J191" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J191" s="0"/>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t/>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>4018</v>
+        <v>3949</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J192" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J192" s="0"/>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2025-11-11</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
+          <t/>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3968</v>
+        <v>3685</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+        </is>
+      </c>
+      <c r="J193" s="0"/>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3978</v>
+        <v>4019</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
           <t>2025-12-18</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J194" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>4010</v>
+        <v>3591</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>4001</v>
+        <v>4057</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Interpellation von Philip C. Brunner und Oliver Wandfluh betreffend «Stopp dem Vorstoss-Wildwuchs» - Mehr Übersicht, Klarheit und Effizienz in der Zuger Wohn- und Baupolitik!</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Brunner Philip C., Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>4013</v>
+        <v>4055</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
+          <t>Interpellation von Philip C. Brunner und neun Mitunterzeichnenden betreffend Sicherheit statt Unterwerfung – zieht der Kanton Zug beim «Tessiner Modell» zur Überprüfung straffälliger Zuwanderer nach?</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2025-11-02</t>
+          <t>2026-02-03</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Brunner Philip C., Ehrbar Alessandro, Haslimann Alexander, Illi Jeffrey, Küng Hans, Nussbaumer Karl, Villiger Hans Jörg, Wandfluh Oliver, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>4000</v>
+        <v>3987</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>4027</v>
+        <v>4018</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J199" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>4025</v>
+        <v>4035</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>4029</v>
+        <v>4036</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>4023</v>
+        <v>4010</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3917</v>
+        <v>4043</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>4026</v>
+        <v>4001</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J204" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3977</v>
+        <v>4013</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J205" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3975</v>
+        <v>4062</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Interpellation der SP-Fraktion betreffend Hertizentrum 2-5</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J206" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>4022</v>
+        <v>4052</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
+          <t>Interpellation der SP-Fraktion betreffend die Frage: Ist die Pensionskasse Zug eine soziale Vermieterin?</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2026-02-01</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>4003</v>
+        <v>4059</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Interpellation der SP-Fraktion betreffend Auswirkungen bei einer allfälligen Annahme der SVP-Initiative «Keine 10-Millionen-Schweiz! (Nachhaltigkeits-Initiative)» auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J208" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3995</v>
+        <v>4000</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>1000</v>
+        <v>4027</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2003-01-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J210" s="0"/>
+      <c r="J210" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L210" s="0"/>
+      <c r="L210" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-27</t>
+        </is>
+      </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3905</v>
+        <v>4025</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J211" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J211" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K211" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3770</v>
+        <v>4029</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025-12-10</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J212" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J212" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3872</v>
+        <v>4046</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3541</v>
+        <v>4023</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3507</v>
+        <v>4026</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
-[...2 lines deleted...]
-      <c r="J215" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J215" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3939</v>
+        <v>4022</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J216" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J216" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>1901</v>
+        <v>4038</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2010-09-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J217" s="0"/>
+      <c r="J217" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L217" s="0"/>
+      <c r="L217" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>3994</v>
+        <v>4003</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J218" s="0"/>
+      <c r="J218" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K218" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>1775</v>
+        <v>3995</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2010-05-06</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J219" s="0"/>
+      <c r="J219" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L219" s="0"/>
+      <c r="L219" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-10</t>
+        </is>
+      </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>3799</v>
+        <v>4048</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Anpassung des Unterrichtsbeginns für Jugendliche</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
-[...2 lines deleted...]
-      <c r="J220" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J220" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-26</t>
+        </is>
+      </c>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2026-01-23</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N220" s="0"/>
     </row>
     <row r="221">
       <c r="A221" s="0" t="n">
+        <v>1000</v>
+      </c>
+      <c r="B221" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C221" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E221" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+        </is>
+      </c>
+      <c r="F221" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G221" s="0" t="inlineStr">
+        <is>
+          <t>2003-01-30</t>
+        </is>
+      </c>
+      <c r="H221" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J221" s="0"/>
+      <c r="K221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L221" s="0"/>
+      <c r="M221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N221" s="0"/>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="n">
+        <v>3905</v>
+      </c>
+      <c r="B222" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C222" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E222" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="F222" s="0" t="inlineStr">
+        <is>
+          <t>Volkswirtschaftsdirektion</t>
+        </is>
+      </c>
+      <c r="G222" s="0" t="inlineStr">
+        <is>
+          <t>2026-01-15</t>
+        </is>
+      </c>
+      <c r="H222" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert zur 1. Lesung</t>
+        </is>
+      </c>
+      <c r="I222" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 30. April 2026</t>
+        </is>
+      </c>
+      <c r="J222" s="0"/>
+      <c r="K222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L222" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-08</t>
+        </is>
+      </c>
+      <c r="M222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N222" s="0"/>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="n">
+        <v>3770</v>
+      </c>
+      <c r="B223" s="0" t="inlineStr">
+        <is>
+          <t>Initiative: Gesetzesinitiative</t>
+        </is>
+      </c>
+      <c r="C223" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E223" s="0" t="inlineStr">
+        <is>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+        </is>
+      </c>
+      <c r="F223" s="0" t="inlineStr">
+        <is>
+          <t>Direktion für Bildung und Kultur</t>
+        </is>
+      </c>
+      <c r="G223" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-10</t>
+        </is>
+      </c>
+      <c r="H223" s="0" t="inlineStr">
+        <is>
+          <t>Inkrafttreten</t>
+        </is>
+      </c>
+      <c r="I223" s="0" t="inlineStr">
+        <is>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J223" s="0"/>
+      <c r="K223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L223" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-11</t>
+        </is>
+      </c>
+      <c r="M223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N223" s="0"/>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="n">
+        <v>3872</v>
+      </c>
+      <c r="B224" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C224" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E224" s="0" t="inlineStr">
+        <is>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+        </is>
+      </c>
+      <c r="F224" s="0" t="inlineStr">
+        <is>
+          <t>Finanzdirektion</t>
+        </is>
+      </c>
+      <c r="G224" s="0" t="inlineStr">
+        <is>
+          <t>2025-02-20</t>
+        </is>
+      </c>
+      <c r="H224" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J224" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
+      <c r="K224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L224" s="0" t="inlineStr">
+        <is>
+          <t>2025-01-30</t>
+        </is>
+      </c>
+      <c r="M224" s="0" t="inlineStr">
+        <is>
+          <t>Werner Thomas, Monney Esther</t>
+        </is>
+      </c>
+      <c r="N224" s="0"/>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="n">
+        <v>3541</v>
+      </c>
+      <c r="B225" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C225" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E225" s="0" t="inlineStr">
+        <is>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+        </is>
+      </c>
+      <c r="F225" s="0" t="inlineStr">
+        <is>
+          <t>Justizprüfungskommission</t>
+        </is>
+      </c>
+      <c r="G225" s="0" t="inlineStr">
+        <is>
+          <t>2025-02-21</t>
+        </is>
+      </c>
+      <c r="H225" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J225" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-21</t>
+        </is>
+      </c>
+      <c r="K225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L225" s="0" t="inlineStr">
+        <is>
+          <t>2023-03-21</t>
+        </is>
+      </c>
+      <c r="M225" s="0" t="inlineStr">
+        <is>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+        </is>
+      </c>
+      <c r="N225" s="0"/>
+    </row>
+    <row r="226">
+      <c r="A226" s="0" t="n">
+        <v>4061</v>
+      </c>
+      <c r="B226" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C226" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E226" s="0" t="inlineStr">
+        <is>
+          <t>Berichts-Motion der Fraktion Die Mitte betreffend Regelung für den Heimfall von Energiekraftwerken an den Kanton Zug – Umsetzung der Eigenversorgung gemäss Energiegesetz</t>
+        </is>
+      </c>
+      <c r="F226" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G226" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-26</t>
+        </is>
+      </c>
+      <c r="H226" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J226" s="0" t="inlineStr">
+        <is>
+          <t>2027-02-26</t>
+        </is>
+      </c>
+      <c r="K226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L226" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-10</t>
+        </is>
+      </c>
+      <c r="M226" s="0" t="inlineStr">
+        <is>
+          <t>Die Mitte</t>
+        </is>
+      </c>
+      <c r="N226" s="0"/>
+    </row>
+    <row r="227">
+      <c r="A227" s="0" t="n">
+        <v>3507</v>
+      </c>
+      <c r="B227" s="0" t="inlineStr">
+        <is>
+          <t>Verschiedenes</t>
+        </is>
+      </c>
+      <c r="C227" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E227" s="0" t="inlineStr">
+        <is>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+        </is>
+      </c>
+      <c r="F227" s="0" t="inlineStr">
+        <is>
+          <t>Staatskanzlei</t>
+        </is>
+      </c>
+      <c r="G227" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-28</t>
+        </is>
+      </c>
+      <c r="H227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I227" s="0" t="inlineStr">
+        <is>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+        </is>
+      </c>
+      <c r="J227" s="0"/>
+      <c r="K227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L227" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-24</t>
+        </is>
+      </c>
+      <c r="M227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N227" s="0"/>
+    </row>
+    <row r="228">
+      <c r="A228" s="0" t="n">
+        <v>3939</v>
+      </c>
+      <c r="B228" s="0" t="inlineStr">
+        <is>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+        </is>
+      </c>
+      <c r="C228" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E228" s="0" t="inlineStr">
+        <is>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+        </is>
+      </c>
+      <c r="F228" s="0" t="inlineStr">
+        <is>
+          <t>Finanzdirektion</t>
+        </is>
+      </c>
+      <c r="G228" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
+      <c r="H228" s="0" t="inlineStr">
+        <is>
+          <t>Kommission bestellt</t>
+        </is>
+      </c>
+      <c r="I228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J228" s="0"/>
+      <c r="K228" s="0" t="inlineStr">
+        <is>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+        </is>
+      </c>
+      <c r="L228" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-16</t>
+        </is>
+      </c>
+      <c r="M228" s="0" t="inlineStr">
+        <is>
+          <t>Staatswirtschaftskommission</t>
+        </is>
+      </c>
+      <c r="N228" s="0"/>
+    </row>
+    <row r="229">
+      <c r="A229" s="0" t="n">
+        <v>1901</v>
+      </c>
+      <c r="B229" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C229" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E229" s="0" t="inlineStr">
+        <is>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+        </is>
+      </c>
+      <c r="F229" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G229" s="0" t="inlineStr">
+        <is>
+          <t>2010-09-30</t>
+        </is>
+      </c>
+      <c r="H229" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J229" s="0"/>
+      <c r="K229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L229" s="0"/>
+      <c r="M229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N229" s="0"/>
+    </row>
+    <row r="230">
+      <c r="A230" s="0" t="n">
+        <v>3994</v>
+      </c>
+      <c r="B230" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C230" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E230" s="0" t="inlineStr">
+        <is>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+        </is>
+      </c>
+      <c r="F230" s="0" t="inlineStr">
+        <is>
+          <t>Staatskanzlei</t>
+        </is>
+      </c>
+      <c r="G230" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-02</t>
+        </is>
+      </c>
+      <c r="H230" s="0" t="inlineStr">
+        <is>
+          <t>Kommission bestellt</t>
+        </is>
+      </c>
+      <c r="I230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J230" s="0"/>
+      <c r="K230" s="0" t="inlineStr">
+        <is>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
+        </is>
+      </c>
+      <c r="L230" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-09</t>
+        </is>
+      </c>
+      <c r="M230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N230" s="0"/>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="n">
+        <v>1775</v>
+      </c>
+      <c r="B231" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C231" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E231" s="0" t="inlineStr">
+        <is>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+        </is>
+      </c>
+      <c r="F231" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G231" s="0" t="inlineStr">
+        <is>
+          <t>2010-05-06</t>
+        </is>
+      </c>
+      <c r="H231" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J231" s="0"/>
+      <c r="K231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L231" s="0"/>
+      <c r="M231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N231" s="0"/>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="n">
+        <v>3799</v>
+      </c>
+      <c r="B232" s="0" t="inlineStr">
+        <is>
+          <t>Verfassung</t>
+        </is>
+      </c>
+      <c r="C232" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E232" s="0" t="inlineStr">
+        <is>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+        </is>
+      </c>
+      <c r="F232" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G232" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I232" s="0" t="inlineStr">
+        <is>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
+        </is>
+      </c>
+      <c r="J232" s="0"/>
+      <c r="K232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L232" s="0" t="inlineStr">
+        <is>
+          <t>2024-09-10</t>
+        </is>
+      </c>
+      <c r="M232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N232" s="0"/>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="n">
         <v>1646</v>
       </c>
-      <c r="B221" s="0" t="inlineStr">
+      <c r="B233" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C221" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E221" s="0" t="inlineStr">
+      <c r="C233" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E233" s="0" t="inlineStr">
         <is>
           <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
 2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
-      <c r="F221" s="0" t="inlineStr">
+      <c r="F233" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G221" s="0" t="inlineStr">
+      <c r="G233" s="0" t="inlineStr">
         <is>
           <t>2009-05-28</t>
         </is>
       </c>
-      <c r="H221" s="0" t="inlineStr">
+      <c r="H233" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I221" s="0" t="inlineStr">
-[...16 lines deleted...]
-      <c r="N221" s="0"/>
+      <c r="I233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J233" s="0"/>
+      <c r="K233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L233" s="0"/>
+      <c r="M233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N233" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>