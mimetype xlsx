--- v0 (2025-12-20)
+++ v1 (2026-03-04)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N221" totalsRowShown="0">
-  <autoFilter ref="A1:N221"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N233" totalsRowShown="0">
+  <autoFilter ref="A1:N233"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N221"/>
+  <dimension ref="A1:N233"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="120.78988764044945"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -189,14235 +189,15023 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>4031</v>
+        <v>4063</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Thomas Gander und Manuela Käch betreffend Strassenverkehrsunfälle auf dem Abschnitt Autobahnauffahrt Cham/Sins bis zur Kreuzung Sinserstrasse/Untermühlestrasse</t>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Absage Nachtreffen Jugendpolittag</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-12-16</t>
+          <t>2026-02-11</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>2026-01-01</t>
+          <t>2026-03-11</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2026-02-11</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>Käch Manuela, Gander Thomas</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>4030</v>
+        <v>4062</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
+          <t>Interpellation der SP-Fraktion betreffend Hertizentrum 2-5</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>4029</v>
+        <v>4061</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
+          <t>Berichts-Motion der Fraktion Die Mitte betreffend Regelung für den Heimfall von Energiekraftwerken an den Kanton Zug – Umsetzung der Eigenversorgung gemäss Energiegesetz</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>4028</v>
+        <v>4060</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
+          <t>Motion von Alexander Haslimann betreffend befristete Überbrückungsmassnahmen des Kantons Zug bei bundesbedingten Verzögerungen der Auszahlung von Arbeitslosengeldern</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Fristverkürzung auf 2 Monate</t>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2026-04-26</t>
         </is>
       </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>4027</v>
+        <v>4059</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
+          <t>Interpellation der SP-Fraktion betreffend Auswirkungen bei einer allfälligen Annahme der SVP-Initiative «Keine 10-Millionen-Schweiz! (Nachhaltigkeits-Initiative)» auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>4026</v>
+        <v>4058</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
+          <t>Kleine Anfrage von Anne Hänel, Erich Grob, Fabienne Michel, Jill Nussbaumer, Michèle Schmid und Hans Jörg Villiger betreffend Umsetzung Autoarmes Zentrum Cham (AAZ)</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-03-07</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-07</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
-[...2 lines deleted...]
-      <c r="N7" s="0"/>
+          <t>Hänel Anne, Grob Erich, Michel Fabienne, Nussbaumer Jill, Schmid Michèle, Villiger Hans Jörg</t>
+        </is>
+      </c>
+      <c r="N7" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-03</t>
+        </is>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>4025</v>
+        <v>4057</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
+          <t>Interpellation von Philip C. Brunner und Oliver Wandfluh betreffend «Stopp dem Vorstoss-Wildwuchs» - Mehr Übersicht, Klarheit und Effizienz in der Zuger Wohn- und Baupolitik!</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Brunner Philip C., Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>4023</v>
+        <v>4056</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
+          <t>Kleine Anfrage von Michael Arnold betreffend Umsetzung Gesetz über Standortentwicklung</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-03-06</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-06</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
-[...2 lines deleted...]
-      <c r="N9" s="0"/>
+          <t>Arnold Michael</t>
+        </is>
+      </c>
+      <c r="N9" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-03</t>
+        </is>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>4022</v>
+        <v>4055</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
+          <t>Interpellation von Philip C. Brunner und neun Mitunterzeichnenden betreffend Sicherheit statt Unterwerfung – zieht der Kanton Zug beim «Tessiner Modell» zur Überprüfung straffälliger Zuwanderer nach?</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2026-02-03</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Brunner Philip C., Ehrbar Alessandro, Haslimann Alexander, Illi Jeffrey, Küng Hans, Nussbaumer Karl, Villiger Hans Jörg, Wandfluh Oliver, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>4021</v>
+        <v>4054</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
+          <t>Motion der SVP-Fraktion betreffend Zug soll sicherster Kanton der Schweiz werden</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>4020</v>
+        <v>4053</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
+          <t>Kleine Anfrage von Gregor Bruhin und Alessandro Ehrbar betreffend Einsatz des neuen Lehrmittels «Wie sicher sind wir?» zur Vermittlung von Armee- und Sicherheitswissen an Schulen im Kanton Zug</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>2026-12-18</t>
+          <t>2026-03-02</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-11-17</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
-[...2 lines deleted...]
-      <c r="N12" s="0"/>
+          <t>Bruhin Gregor, Ehrbar Alessandro</t>
+        </is>
+      </c>
+      <c r="N12" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>4019</v>
+        <v>4052</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
+          <t>Interpellation der SP-Fraktion betreffend die Frage: Ist die Pensionskasse Zug eine soziale Vermieterin?</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>2026-06-18</t>
+          <t>2026-08-26</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-11-12</t>
+          <t>2026-02-01</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>4018</v>
+        <v>4051</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
+          <t>Motion von Mirjam Arnold, Thomas Gwerder, Hans Küng, Michael Riboni, Adrian Rogger, Barbara Schmid-Häseli und Oliver Wandfluh betreffend Kostenübernahme für medizinische Notfälle für Personen ohne Wohnsitz in der Schweiz</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-11-11</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
+          <t>Arnold Mirjam, Gwerder Thomas , Küng Hans, Riboni Michael, Rogger Adrian, Schmid-Häseli Barbara, Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>4016</v>
+        <v>4050</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
+          <t>Motion der SVP-Fraktion betreffend gemeinnützige Arbeitseinsätze für Asylsuchende und vorläufig Aufgenommene im Kanton Zug</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-11-06</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>4015</v>
+        <v>4049</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Auswirkungen der kantonalen Übernahme von 99 % der stationären Spitalkosten auf Notfallbehandlungen im Ausland</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2026-01-26</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
-[...2 lines deleted...]
-      <c r="N16" s="0"/>
+          <t>ALG</t>
+        </is>
+      </c>
+      <c r="N16" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>4014</v>
+        <v>4048</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
+          <t>Interpellation der ALG-Fraktion betreffend Anpassung des Unterrichtsbeginns für Jugendliche</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J17" s="0"/>
+      <c r="J17" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-26</t>
+        </is>
+      </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2026-01-23</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>4013</v>
+        <v>4047</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
+          <t>Postulat der FDP-Fraktion betreffend Sicherung des Gewerbestandorts durch zeitgemässe Regelungen für betriebseigenen Wohnraum in Arbeitszonen</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2027-02-26</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-11-02</t>
+          <t>2026-01-14</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>4012</v>
+        <v>4046</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J19" s="0"/>
+      <c r="J19" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>4011</v>
+        <v>4045</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>4010</v>
+        <v>4044</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>4008</v>
+        <v>4043</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-10-24</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>4006</v>
+        <v>4042</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>4003</v>
+        <v>4041</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>4001</v>
+        <v>4039</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>4000</v>
+        <v>4038</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3999</v>
+        <v>4037</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3998</v>
+        <v>4036</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3996</v>
+        <v>4035</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J29" s="0"/>
+      <c r="J29" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3995</v>
+        <v>4034</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J30" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J30" s="0"/>
       <c r="K30" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3994</v>
+        <v>4033</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J31" s="0"/>
+      <c r="J31" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3993</v>
+        <v>4030</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3992</v>
+        <v>4029</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3990</v>
+        <v>4028</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3989</v>
+        <v>4027</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3988</v>
+        <v>4026</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3987</v>
+        <v>4025</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3985</v>
+        <v>4023</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3980</v>
+        <v>4022</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J39" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J39" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3978</v>
+        <v>4021</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
           <t>2025-12-18</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3977</v>
+        <v>4020</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
           <t>2025-12-18</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3975</v>
+        <v>4019</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
           <t>2025-12-18</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3974</v>
+        <v>4018</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J43" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3972</v>
+        <v>4016</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3971</v>
+        <v>4015</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3969</v>
+        <v>4014</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J46" s="0"/>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3968</v>
+        <v>4013</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3966</v>
+        <v>4012</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J48" s="0"/>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3965</v>
+        <v>4011</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3964</v>
+        <v>4010</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J50" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3963</v>
+        <v>4008</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3960</v>
+        <v>4006</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3958</v>
+        <v>4003</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J53" s="0"/>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J53" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3957</v>
+        <v>4001</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J54" s="0"/>
+      <c r="J54" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3956</v>
+        <v>4000</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J55" s="0"/>
+      <c r="J55" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3953</v>
+        <v>3999</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3950</v>
+        <v>3998</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J57" s="0"/>
+      <c r="J57" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-30</t>
+        </is>
+      </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3949</v>
+        <v>3996</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025-12-26</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am xx.xx.2025Aufnahme in GS 2025/xxx; BGS 711.31 / 711.32</t>
+          <t/>
         </is>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3948</v>
+        <v>3995</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025-11-14</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J59" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J59" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3943</v>
+        <v>3994</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J60" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J60" s="0"/>
       <c r="K60" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t/>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3942</v>
+        <v>3993</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3941</v>
+        <v>3990</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3939</v>
+        <v>3989</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J63" s="0"/>
+      <c r="J63" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3938</v>
+        <v>3988</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3934</v>
+        <v>3987</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-03-03</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3932</v>
+        <v>3985</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3930</v>
+        <v>3980</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J67" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J67" s="0"/>
       <c r="K67" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3929</v>
+        <v>3974</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3924</v>
+        <v>3972</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3923</v>
+        <v>3971</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J70" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J70" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3921</v>
+        <v>3969</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3917</v>
+        <v>3966</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3911</v>
+        <v>3965</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3910</v>
+        <v>3964</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3908</v>
+        <v>3963</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
-          <t>2026-05-01</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3905</v>
+        <v>3960</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J76" s="0"/>
+      <c r="J76" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3899</v>
+        <v>3958</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3896</v>
+        <v>3957</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J78" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J78" s="0"/>
       <c r="K78" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3893</v>
+        <v>3956</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J79" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J79" s="0"/>
       <c r="K79" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t/>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3891</v>
+        <v>3953</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3889</v>
+        <v>3950</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J81" s="0"/>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t/>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3888</v>
+        <v>3949</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3887</v>
+        <v>3948</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Ersatzbeschaffung und der Umrüstung der Fahrzeugflotte auf einen CO₂-neutralen Betrieb</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
         </is>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N83" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3885</v>
+        <v>3943</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3883</v>
+        <v>3942</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025-12-09</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3880</v>
+        <v>3941</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J86" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3877</v>
+        <v>3939</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J87" s="0"/>
       <c r="K87" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3872</v>
+        <v>3938</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3869</v>
+        <v>3932</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3867</v>
+        <v>3930</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J90" s="0"/>
+      <c r="J90" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+        </is>
+      </c>
+      <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3866</v>
+        <v>3929</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
-[...2 lines deleted...]
-      <c r="J91" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J91" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3864</v>
+        <v>3923</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Referendumsfrist am Laufen</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Ablauf der Referendumsfrist: 4. Mai 2026</t>
+        </is>
+      </c>
+      <c r="J92" s="0"/>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3861</v>
+        <v>3921</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3858</v>
+        <v>3911</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3844</v>
+        <v>3910</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3841</v>
+        <v>3905</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-01-15</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 30. April 2026</t>
+        </is>
+      </c>
+      <c r="J96" s="0"/>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3827</v>
+        <v>3896</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-04-10</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3826</v>
+        <v>3893</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
-          <t>2028-12-18</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3819</v>
+        <v>3891</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3816</v>
+        <v>3889</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3811</v>
+        <v>3888</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J101" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J101" s="0"/>
       <c r="K101" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3810</v>
+        <v>3887</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J102" s="0"/>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3808</v>
+        <v>3885</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J103" s="0"/>
+      <c r="J103" s="0" t="inlineStr">
+        <is>
+          <t>2029-02-26</t>
+        </is>
+      </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L103" s="0"/>
+      <c r="L103" s="0" t="inlineStr">
+        <is>
+          <t>2025-02-21</t>
+        </is>
+      </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3802</v>
+        <v>3880</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3799</v>
+        <v>3877</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
-[...2 lines deleted...]
-      <c r="J105" s="0"/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
+        </is>
+      </c>
+      <c r="J105" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3792</v>
+        <v>3872</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3791</v>
+        <v>3869</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J107" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3790</v>
+        <v>3867</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3785</v>
+        <v>3866</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="J109" s="0"/>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3778</v>
+        <v>3864</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3770</v>
+        <v>3861</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-12-10</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J111" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J111" s="0" t="inlineStr">
+        <is>
+          <t>2028-12-18</t>
+        </is>
+      </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3767</v>
+        <v>3858</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Postulat von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug (Motion umgewandelt in ein Postulat)</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J112" s="0"/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J112" s="0" t="inlineStr">
+        <is>
+          <t>2029-02-26</t>
+        </is>
+      </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3765</v>
+        <v>3827</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3759</v>
+        <v>3826</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3758</v>
+        <v>3819</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3755</v>
+        <v>3816</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3743</v>
+        <v>3811</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J117" s="0"/>
+      <c r="J117" s="0" t="inlineStr">
+        <is>
+          <t>2028-08-28</t>
+        </is>
+      </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>SVP</t>
+        </is>
+      </c>
+      <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3742</v>
+        <v>3808</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L118" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L118" s="0"/>
       <c r="M118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N118" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3736</v>
+        <v>3802</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3735</v>
+        <v>3799</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
+        </is>
+      </c>
+      <c r="J120" s="0"/>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3734</v>
+        <v>3792</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3733</v>
+        <v>3791</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3732</v>
+        <v>3790</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J123" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J123" s="0"/>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t/>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3727</v>
+        <v>3785</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3726</v>
+        <v>3778</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3725</v>
+        <v>3770</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J126" s="0"/>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3704</v>
+        <v>3767</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J127" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J127" s="0"/>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3685</v>
+        <v>3765</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J128" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J128" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3684</v>
+        <v>3759</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3683</v>
+        <v>3758</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3680</v>
+        <v>3755</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3676</v>
+        <v>3743</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J132" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J132" s="0"/>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t/>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3667</v>
+        <v>3742</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J133" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J133" s="0"/>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3656</v>
+        <v>3736</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J134" s="0"/>
+      <c r="J134" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3652</v>
+        <v>3735</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J135" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J135" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>SVP</t>
+        </is>
+      </c>
+      <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3646</v>
+        <v>3734</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J136" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3628</v>
+        <v>3733</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J137" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J137" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3625</v>
+        <v>3732</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3621</v>
+        <v>3727</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3617</v>
+        <v>3726</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3616</v>
+        <v>3725</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3613</v>
+        <v>3704</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J142" s="0"/>
+      <c r="J142" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3602</v>
+        <v>3685</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
-[...6 lines deleted...]
-      </c>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+        </is>
+      </c>
+      <c r="J143" s="0"/>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t/>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3595</v>
+        <v>3684</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J144" s="0"/>
+      <c r="J144" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-11</t>
+        </is>
+      </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3594</v>
+        <v>3683</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J145" s="0"/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J145" s="0" t="inlineStr">
+        <is>
+          <t>2027-04-11</t>
+        </is>
+      </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3592</v>
+        <v>3680</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J146" s="0"/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J146" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-21</t>
+        </is>
+      </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3591</v>
+        <v>3676</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3584</v>
+        <v>3667</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3579</v>
+        <v>3656</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J149" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J149" s="0"/>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t/>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3574</v>
+        <v>3646</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3569</v>
+        <v>3628</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
           <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3562</v>
+        <v>3625</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3546</v>
+        <v>3621</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3544</v>
+        <v>3617</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3541</v>
+        <v>3616</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3535</v>
+        <v>3613</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3534</v>
+        <v>3602</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J157" s="0"/>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J157" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-01</t>
+        </is>
+      </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
+        <v>3595</v>
+      </c>
+      <c r="B158" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C158" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D158" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E158" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+        </is>
+      </c>
+      <c r="F158" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G158" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-07</t>
+        </is>
+      </c>
+      <c r="H158" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I158" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J158" s="0"/>
+      <c r="K158" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L158" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-11</t>
+        </is>
+      </c>
+      <c r="M158" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N158" s="0"/>
+    </row>
+    <row r="159">
+      <c r="A159" s="0" t="n">
+        <v>3594</v>
+      </c>
+      <c r="B159" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C159" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D159" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E159" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+        </is>
+      </c>
+      <c r="F159" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G159" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-07</t>
+        </is>
+      </c>
+      <c r="H159" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I159" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J159" s="0"/>
+      <c r="K159" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L159" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-11</t>
+        </is>
+      </c>
+      <c r="M159" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N159" s="0"/>
+    </row>
+    <row r="160">
+      <c r="A160" s="0" t="n">
+        <v>3592</v>
+      </c>
+      <c r="B160" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C160" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D160" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E160" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+        </is>
+      </c>
+      <c r="F160" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G160" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-08</t>
+        </is>
+      </c>
+      <c r="H160" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I160" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J160" s="0"/>
+      <c r="K160" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L160" s="0" t="inlineStr">
+        <is>
+          <t>2023-07-04</t>
+        </is>
+      </c>
+      <c r="M160" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N160" s="0"/>
+    </row>
+    <row r="161">
+      <c r="A161" s="0" t="n">
+        <v>3591</v>
+      </c>
+      <c r="B161" s="0" t="inlineStr">
+        <is>
+          <t>Interpellation</t>
+        </is>
+      </c>
+      <c r="C161" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D161" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E161" s="0" t="inlineStr">
+        <is>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+        </is>
+      </c>
+      <c r="F161" s="0" t="inlineStr">
+        <is>
+          <t>Direktion für Bildung und Kultur</t>
+        </is>
+      </c>
+      <c r="G161" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-17</t>
+        </is>
+      </c>
+      <c r="H161" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert</t>
+        </is>
+      </c>
+      <c r="I161" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J161" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-30</t>
+        </is>
+      </c>
+      <c r="K161" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L161" s="0" t="inlineStr">
+        <is>
+          <t>2023-06-21</t>
+        </is>
+      </c>
+      <c r="M161" s="0" t="inlineStr">
+        <is>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+        </is>
+      </c>
+      <c r="N161" s="0"/>
+    </row>
+    <row r="162">
+      <c r="A162" s="0" t="n">
+        <v>3584</v>
+      </c>
+      <c r="B162" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C162" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D162" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E162" s="0" t="inlineStr">
+        <is>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+        </is>
+      </c>
+      <c r="F162" s="0" t="inlineStr">
+        <is>
+          <t>Direktion für Bildung und Kultur</t>
+        </is>
+      </c>
+      <c r="G162" s="0" t="inlineStr">
+        <is>
+          <t>2024-09-26</t>
+        </is>
+      </c>
+      <c r="H162" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I162" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J162" s="0" t="inlineStr">
+        <is>
+          <t>2027-09-26</t>
+        </is>
+      </c>
+      <c r="K162" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L162" s="0" t="inlineStr">
+        <is>
+          <t>2023-06-13</t>
+        </is>
+      </c>
+      <c r="M162" s="0" t="inlineStr">
+        <is>
+          <t>Die Mitte</t>
+        </is>
+      </c>
+      <c r="N162" s="0"/>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="n">
+        <v>3579</v>
+      </c>
+      <c r="B163" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C163" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D163" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E163" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+        </is>
+      </c>
+      <c r="F163" s="0" t="inlineStr">
+        <is>
+          <t>Direktion für Bildung und Kultur</t>
+        </is>
+      </c>
+      <c r="G163" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-04</t>
+        </is>
+      </c>
+      <c r="H163" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I163" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J163" s="0" t="inlineStr">
+        <is>
+          <t>2027-07-04</t>
+        </is>
+      </c>
+      <c r="K163" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L163" s="0" t="inlineStr">
+        <is>
+          <t>2023-06-06</t>
+        </is>
+      </c>
+      <c r="M163" s="0" t="inlineStr">
+        <is>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+        </is>
+      </c>
+      <c r="N163" s="0"/>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="n">
+        <v>3574</v>
+      </c>
+      <c r="B164" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C164" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D164" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E164" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+        </is>
+      </c>
+      <c r="F164" s="0" t="inlineStr">
+        <is>
+          <t>Sicherheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G164" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-23</t>
+        </is>
+      </c>
+      <c r="H164" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I164" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J164" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
+      <c r="K164" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L164" s="0" t="inlineStr">
+        <is>
+          <t>2023-05-13</t>
+        </is>
+      </c>
+      <c r="M164" s="0" t="inlineStr">
+        <is>
+          <t>Leuenberger Simon</t>
+        </is>
+      </c>
+      <c r="N164" s="0"/>
+    </row>
+    <row r="165">
+      <c r="A165" s="0" t="n">
+        <v>3569</v>
+      </c>
+      <c r="B165" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C165" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D165" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E165" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+        </is>
+      </c>
+      <c r="F165" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G165" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-06</t>
+        </is>
+      </c>
+      <c r="H165" s="0" t="inlineStr">
+        <is>
+          <t>Inkrafttreten</t>
+        </is>
+      </c>
+      <c r="I165" s="0" t="inlineStr">
+        <is>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J165" s="0"/>
+      <c r="K165" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L165" s="0" t="inlineStr">
+        <is>
+          <t>2023-05-02</t>
+        </is>
+      </c>
+      <c r="M165" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N165" s="0"/>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="n">
+        <v>3562</v>
+      </c>
+      <c r="B166" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C166" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D166" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E166" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+        </is>
+      </c>
+      <c r="F166" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G166" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-23</t>
+        </is>
+      </c>
+      <c r="H166" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I166" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J166" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
+      <c r="K166" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L166" s="0" t="inlineStr">
+        <is>
+          <t>2023-04-18</t>
+        </is>
+      </c>
+      <c r="M166" s="0" t="inlineStr">
+        <is>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+        </is>
+      </c>
+      <c r="N166" s="0"/>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="n">
+        <v>3546</v>
+      </c>
+      <c r="B167" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C167" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E167" s="0" t="inlineStr">
+        <is>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+        </is>
+      </c>
+      <c r="F167" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G167" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-04</t>
+        </is>
+      </c>
+      <c r="H167" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J167" s="0" t="inlineStr">
+        <is>
+          <t>2027-07-04</t>
+        </is>
+      </c>
+      <c r="K167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L167" s="0" t="inlineStr">
+        <is>
+          <t>2023-03-28</t>
+        </is>
+      </c>
+      <c r="M167" s="0" t="inlineStr">
+        <is>
+          <t>FDP</t>
+        </is>
+      </c>
+      <c r="N167" s="0"/>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="n">
+        <v>3544</v>
+      </c>
+      <c r="B168" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C168" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D168" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E168" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+        </is>
+      </c>
+      <c r="F168" s="0" t="inlineStr">
+        <is>
+          <t>Sicherheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G168" s="0" t="inlineStr">
+        <is>
+          <t>2024-03-01</t>
+        </is>
+      </c>
+      <c r="H168" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I168" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J168" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
+      <c r="K168" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L168" s="0" t="inlineStr">
+        <is>
+          <t>2023-03-27</t>
+        </is>
+      </c>
+      <c r="M168" s="0" t="inlineStr">
+        <is>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+        </is>
+      </c>
+      <c r="N168" s="0"/>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="n">
+        <v>3541</v>
+      </c>
+      <c r="B169" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C169" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D169" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E169" s="0" t="inlineStr">
+        <is>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+        </is>
+      </c>
+      <c r="F169" s="0" t="inlineStr">
+        <is>
+          <t>Justizprüfungskommission</t>
+        </is>
+      </c>
+      <c r="G169" s="0" t="inlineStr">
+        <is>
+          <t>2025-02-21</t>
+        </is>
+      </c>
+      <c r="H169" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I169" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J169" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-21</t>
+        </is>
+      </c>
+      <c r="K169" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L169" s="0" t="inlineStr">
+        <is>
+          <t>2023-03-21</t>
+        </is>
+      </c>
+      <c r="M169" s="0" t="inlineStr">
+        <is>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+        </is>
+      </c>
+      <c r="N169" s="0"/>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="n">
+        <v>3535</v>
+      </c>
+      <c r="B170" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C170" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D170" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E170" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
+        </is>
+      </c>
+      <c r="F170" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G170" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H170" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I170" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J170" s="0"/>
+      <c r="K170" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L170" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M170" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N170" s="0"/>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="n">
+        <v>3534</v>
+      </c>
+      <c r="B171" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C171" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D171" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E171" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+        </is>
+      </c>
+      <c r="F171" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G171" s="0" t="inlineStr">
+        <is>
+          <t>2023-10-07</t>
+        </is>
+      </c>
+      <c r="H171" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I171" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J171" s="0"/>
+      <c r="K171" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L171" s="0" t="inlineStr">
+        <is>
+          <t>2023-02-28</t>
+        </is>
+      </c>
+      <c r="M171" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N171" s="0"/>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="n">
         <v>3533</v>
       </c>
-      <c r="B158" s="0" t="inlineStr">
+      <c r="B172" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C158" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E158" s="0" t="inlineStr">
+      <c r="C172" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D172" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E172" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
 </t>
         </is>
       </c>
-      <c r="F158" s="0" t="inlineStr">
+      <c r="F172" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
-      <c r="G158" s="0" t="inlineStr">
+      <c r="G172" s="0" t="inlineStr">
         <is>
           <t>2024-06-21</t>
         </is>
       </c>
-      <c r="H158" s="0" t="inlineStr">
+      <c r="H172" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I158" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L158" s="0" t="inlineStr">
+      <c r="I172" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J172" s="0"/>
+      <c r="K172" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L172" s="0" t="inlineStr">
         <is>
           <t>2023-02-21</t>
         </is>
       </c>
-      <c r="M158" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A159" s="0" t="n">
+      <c r="M172" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N172" s="0"/>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="n">
         <v>3532</v>
       </c>
-      <c r="B159" s="0" t="inlineStr">
+      <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C159" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E159" s="0" t="inlineStr">
+      <c r="C173" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D173" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E173" s="0" t="inlineStr">
         <is>
           <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
-      <c r="F159" s="0" t="inlineStr">
+      <c r="F173" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
-      <c r="G159" s="0" t="inlineStr">
+      <c r="G173" s="0" t="inlineStr">
         <is>
           <t>2024-03-21</t>
         </is>
       </c>
-      <c r="H159" s="0" t="inlineStr">
+      <c r="H173" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I159" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J159" s="0" t="inlineStr">
+      <c r="I173" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J173" s="0" t="inlineStr">
         <is>
           <t>2027-03-21</t>
         </is>
       </c>
-      <c r="K159" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L159" s="0" t="inlineStr">
+      <c r="K173" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L173" s="0" t="inlineStr">
         <is>
           <t>2023-02-16</t>
         </is>
       </c>
-      <c r="M159" s="0" t="inlineStr">
+      <c r="M173" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
-      <c r="N159" s="0"/>
-[...2 lines deleted...]
-      <c r="A160" s="0" t="n">
+      <c r="N173" s="0"/>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="n">
         <v>3525</v>
       </c>
-      <c r="B160" s="0" t="inlineStr">
+      <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
-      <c r="C160" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E160" s="0" t="inlineStr">
+      <c r="C174" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D174" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E174" s="0" t="inlineStr">
         <is>
           <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
-      <c r="F160" s="0" t="inlineStr">
+      <c r="F174" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
-      <c r="G160" s="0" t="inlineStr">
+      <c r="G174" s="0" t="inlineStr">
         <is>
           <t>2024-03-01</t>
         </is>
       </c>
-      <c r="H160" s="0" t="inlineStr">
+      <c r="H174" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I160" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J160" s="0" t="inlineStr">
+      <c r="I174" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J174" s="0" t="inlineStr">
         <is>
           <t>2027-03-01</t>
         </is>
       </c>
-      <c r="K160" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L160" s="0" t="inlineStr">
+      <c r="K174" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L174" s="0" t="inlineStr">
         <is>
           <t>2023-02-03</t>
         </is>
       </c>
-      <c r="M160" s="0" t="inlineStr">
+      <c r="M174" s="0" t="inlineStr">
         <is>
           <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
-      <c r="N160" s="0"/>
-[...2 lines deleted...]
-      <c r="A161" s="0" t="n">
+      <c r="N174" s="0"/>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="n">
         <v>3512</v>
       </c>
-      <c r="B161" s="0" t="inlineStr">
+      <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C161" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E161" s="0" t="inlineStr">
+      <c r="C175" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D175" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E175" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
-      <c r="F161" s="0" t="inlineStr">
+      <c r="F175" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G161" s="0" t="inlineStr">
+      <c r="G175" s="0" t="inlineStr">
         <is>
           <t>2024-01-12</t>
         </is>
       </c>
-      <c r="H161" s="0" t="inlineStr">
+      <c r="H175" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I161" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L161" s="0" t="inlineStr">
+      <c r="I175" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J175" s="0"/>
+      <c r="K175" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L175" s="0" t="inlineStr">
         <is>
           <t>2022-12-20</t>
         </is>
       </c>
-      <c r="M161" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A162" s="0" t="n">
+      <c r="M175" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N175" s="0"/>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="n">
         <v>3507</v>
       </c>
-      <c r="B162" s="0" t="inlineStr">
+      <c r="B176" s="0" t="inlineStr">
         <is>
           <t>Verschiedenes</t>
         </is>
       </c>
-      <c r="C162" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E162" s="0" t="inlineStr">
+      <c r="C176" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D176" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E176" s="0" t="inlineStr">
         <is>
           <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
-      <c r="F162" s="0" t="inlineStr">
+      <c r="F176" s="0" t="inlineStr">
         <is>
           <t>Staatskanzlei</t>
         </is>
       </c>
-      <c r="G162" s="0" t="inlineStr">
+      <c r="G176" s="0" t="inlineStr">
         <is>
           <t>2025-10-28</t>
         </is>
       </c>
-      <c r="H162" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I162" s="0" t="inlineStr">
+      <c r="H176" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I176" s="0" t="inlineStr">
         <is>
           <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
         </is>
       </c>
-      <c r="J162" s="0"/>
-[...5 lines deleted...]
-      <c r="L162" s="0" t="inlineStr">
+      <c r="J176" s="0"/>
+      <c r="K176" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L176" s="0" t="inlineStr">
         <is>
           <t>2022-11-24</t>
         </is>
       </c>
-      <c r="M162" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A163" s="0" t="n">
+      <c r="M176" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N176" s="0"/>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="n">
         <v>3502</v>
       </c>
-      <c r="B163" s="0" t="inlineStr">
+      <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C163" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E163" s="0" t="inlineStr">
+      <c r="C177" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D177" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E177" s="0" t="inlineStr">
         <is>
           <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
-      <c r="F163" s="0" t="inlineStr">
+      <c r="F177" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
-      <c r="G163" s="0" t="inlineStr">
+      <c r="G177" s="0" t="inlineStr">
         <is>
           <t>2024-03-01</t>
         </is>
       </c>
-      <c r="H163" s="0" t="inlineStr">
+      <c r="H177" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I163" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J163" s="0" t="inlineStr">
+      <c r="I177" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J177" s="0" t="inlineStr">
         <is>
           <t>2027-03-01</t>
         </is>
       </c>
-      <c r="K163" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L163" s="0" t="inlineStr">
+      <c r="K177" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L177" s="0" t="inlineStr">
         <is>
           <t>2022-11-20</t>
         </is>
       </c>
-      <c r="M163" s="0" t="inlineStr">
+      <c r="M177" s="0" t="inlineStr">
         <is>
           <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
-      <c r="N163" s="0"/>
-[...2 lines deleted...]
-      <c r="A164" s="0" t="n">
+      <c r="N177" s="0"/>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="n">
         <v>3495</v>
       </c>
-      <c r="B164" s="0" t="inlineStr">
+      <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
-      <c r="C164" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E164" s="0" t="inlineStr">
+      <c r="C178" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E178" s="0" t="inlineStr">
         <is>
           <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
-      <c r="F164" s="0" t="inlineStr">
+      <c r="F178" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
-      <c r="G164" s="0" t="inlineStr">
+      <c r="G178" s="0" t="inlineStr">
         <is>
           <t>2025-06-05</t>
         </is>
       </c>
-      <c r="H164" s="0" t="inlineStr">
+      <c r="H178" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I164" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J164" s="0" t="inlineStr">
+      <c r="I178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J178" s="0" t="inlineStr">
         <is>
           <t>2028-06-05</t>
         </is>
       </c>
-      <c r="K164" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L164" s="0" t="inlineStr">
+      <c r="K178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L178" s="0" t="inlineStr">
         <is>
           <t>2022-11-08</t>
         </is>
       </c>
-      <c r="M164" s="0" t="inlineStr">
+      <c r="M178" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
-      <c r="N164" s="0"/>
-[...2 lines deleted...]
-      <c r="A165" s="0" t="n">
+      <c r="N178" s="0"/>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="n">
         <v>3488</v>
       </c>
-      <c r="B165" s="0" t="inlineStr">
+      <c r="B179" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C165" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="F165" s="0" t="inlineStr">
+      <c r="C179" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E179" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
+        </is>
+      </c>
+      <c r="F179" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G165" s="0" t="inlineStr">
+      <c r="G179" s="0" t="inlineStr">
         <is>
           <t>2024-02-29</t>
         </is>
       </c>
-      <c r="H165" s="0" t="inlineStr">
+      <c r="H179" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I165" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J165" s="0" t="inlineStr">
+      <c r="I179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J179" s="0" t="inlineStr">
         <is>
           <t>2027-02-28</t>
         </is>
       </c>
-      <c r="K165" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L165" s="0" t="inlineStr">
+      <c r="K179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L179" s="0" t="inlineStr">
         <is>
           <t>2022-10-25</t>
         </is>
       </c>
-      <c r="M165" s="0" t="inlineStr">
+      <c r="M179" s="0" t="inlineStr">
         <is>
           <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
-      <c r="N165" s="0"/>
-[...2 lines deleted...]
-      <c r="A166" s="0" t="n">
+      <c r="N179" s="0"/>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="n">
         <v>3480</v>
       </c>
-      <c r="B166" s="0" t="inlineStr">
+      <c r="B180" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C166" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E166" s="0" t="inlineStr">
+      <c r="C180" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E180" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
-      <c r="F166" s="0" t="inlineStr">
+      <c r="F180" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G166" s="0" t="inlineStr">
+      <c r="G180" s="0" t="inlineStr">
         <is>
           <t>2023-08-18</t>
         </is>
       </c>
-      <c r="H166" s="0" t="inlineStr">
+      <c r="H180" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I166" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L166" s="0" t="inlineStr">
+      <c r="I180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J180" s="0"/>
+      <c r="K180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L180" s="0" t="inlineStr">
         <is>
           <t>2022-09-20</t>
         </is>
       </c>
-      <c r="M166" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A167" s="0" t="n">
+      <c r="M180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N180" s="0"/>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="n">
         <v>3479</v>
       </c>
-      <c r="B167" s="0" t="inlineStr">
+      <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C167" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E167" s="0" t="inlineStr">
+      <c r="C181" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D181" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E181" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
 </t>
         </is>
       </c>
-      <c r="F167" s="0" t="inlineStr">
+      <c r="F181" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G167" s="0" t="inlineStr">
+      <c r="G181" s="0" t="inlineStr">
         <is>
           <t>2023-06-06</t>
         </is>
       </c>
-      <c r="H167" s="0" t="inlineStr">
+      <c r="H181" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I167" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L167" s="0" t="inlineStr">
+      <c r="I181" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J181" s="0"/>
+      <c r="K181" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L181" s="0" t="inlineStr">
         <is>
           <t>2022-09-13</t>
         </is>
       </c>
-      <c r="M167" s="0" t="inlineStr">
-[...902 lines deleted...]
-      </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3281</v>
+        <v>3471</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3268</v>
+        <v>3453</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J183" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J183" s="0"/>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3262</v>
+        <v>3443</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3260</v>
+        <v>3439</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J185" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J185" s="0"/>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3248</v>
+        <v>3433</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J186" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
+        <v>3364</v>
+      </c>
+      <c r="B187" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C187" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D187" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E187" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+        </is>
+      </c>
+      <c r="F187" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G187" s="0" t="inlineStr">
+        <is>
+          <t>2023-09-28</t>
+        </is>
+      </c>
+      <c r="H187" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I187" s="0" t="inlineStr">
+        <is>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J187" s="0" t="inlineStr">
+        <is>
+          <t>2026-09-27</t>
+        </is>
+      </c>
+      <c r="K187" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L187" s="0" t="inlineStr">
+        <is>
+          <t>2022-01-26</t>
+        </is>
+      </c>
+      <c r="M187" s="0" t="inlineStr">
+        <is>
+          <t>Röösli Patrick, Meierhans Thomas</t>
+        </is>
+      </c>
+      <c r="N187" s="0"/>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="n">
+        <v>3354</v>
+      </c>
+      <c r="B188" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C188" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D188" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E188" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+        </is>
+      </c>
+      <c r="F188" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G188" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H188" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I188" s="0" t="inlineStr">
+        <is>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J188" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-28</t>
+        </is>
+      </c>
+      <c r="K188" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L188" s="0" t="inlineStr">
+        <is>
+          <t>2021-12-20</t>
+        </is>
+      </c>
+      <c r="M188" s="0" t="inlineStr">
+        <is>
+          <t>Spörri Markus, Letter Peter</t>
+        </is>
+      </c>
+      <c r="N188" s="0"/>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="n">
+        <v>3351</v>
+      </c>
+      <c r="B189" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C189" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D189" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E189" s="0" t="inlineStr">
+        <is>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+        </is>
+      </c>
+      <c r="F189" s="0" t="inlineStr">
+        <is>
+          <t>Sicherheitsdirektion</t>
+        </is>
+      </c>
+      <c r="G189" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-03</t>
+        </is>
+      </c>
+      <c r="H189" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert</t>
+        </is>
+      </c>
+      <c r="I189" s="0" t="inlineStr">
+        <is>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J189" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
+      <c r="K189" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L189" s="0" t="inlineStr">
+        <is>
+          <t>2021-12-17</t>
+        </is>
+      </c>
+      <c r="M189" s="0" t="inlineStr">
+        <is>
+          <t>SVP</t>
+        </is>
+      </c>
+      <c r="N189" s="0"/>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="n">
+        <v>3350</v>
+      </c>
+      <c r="B190" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C190" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D190" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E190" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+        </is>
+      </c>
+      <c r="F190" s="0" t="inlineStr">
+        <is>
+          <t>Büro des Kantonsrats</t>
+        </is>
+      </c>
+      <c r="G190" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H190" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I190" s="0" t="inlineStr">
+        <is>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J190" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="K190" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L190" s="0" t="inlineStr">
+        <is>
+          <t>2021-12-16</t>
+        </is>
+      </c>
+      <c r="M190" s="0" t="inlineStr">
+        <is>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
+        </is>
+      </c>
+      <c r="N190" s="0"/>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="n">
+        <v>3320</v>
+      </c>
+      <c r="B191" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C191" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D191" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E191" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+        </is>
+      </c>
+      <c r="F191" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G191" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+      <c r="H191" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I191" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J191" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
+      <c r="K191" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L191" s="0" t="inlineStr">
+        <is>
+          <t>2021-11-02</t>
+        </is>
+      </c>
+      <c r="M191" s="0" t="inlineStr">
+        <is>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+        </is>
+      </c>
+      <c r="N191" s="0"/>
+    </row>
+    <row r="192">
+      <c r="A192" s="0" t="n">
+        <v>3286</v>
+      </c>
+      <c r="B192" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C192" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D192" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E192" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+        </is>
+      </c>
+      <c r="F192" s="0" t="inlineStr">
+        <is>
+          <t>Finanzdirektion</t>
+        </is>
+      </c>
+      <c r="G192" s="0" t="inlineStr">
+        <is>
+          <t>2022-06-08</t>
+        </is>
+      </c>
+      <c r="H192" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I192" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J192" s="0"/>
+      <c r="K192" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L192" s="0" t="inlineStr">
+        <is>
+          <t>2021-08-24</t>
+        </is>
+      </c>
+      <c r="M192" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N192" s="0"/>
+    </row>
+    <row r="193">
+      <c r="A193" s="0" t="n">
+        <v>3285</v>
+      </c>
+      <c r="B193" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C193" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D193" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E193" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+        </is>
+      </c>
+      <c r="F193" s="0" t="inlineStr">
+        <is>
+          <t>Finanzdirektion</t>
+        </is>
+      </c>
+      <c r="G193" s="0" t="inlineStr">
+        <is>
+          <t>2022-06-08</t>
+        </is>
+      </c>
+      <c r="H193" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I193" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J193" s="0"/>
+      <c r="K193" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L193" s="0" t="inlineStr">
+        <is>
+          <t>2021-08-24</t>
+        </is>
+      </c>
+      <c r="M193" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N193" s="0"/>
+    </row>
+    <row r="194">
+      <c r="A194" s="0" t="n">
+        <v>3283</v>
+      </c>
+      <c r="B194" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C194" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D194" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E194" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+        </is>
+      </c>
+      <c r="F194" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G194" s="0" t="inlineStr">
+        <is>
+          <t>2022-09-29</t>
+        </is>
+      </c>
+      <c r="H194" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I194" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J194" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-28</t>
+        </is>
+      </c>
+      <c r="K194" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L194" s="0" t="inlineStr">
+        <is>
+          <t>2021-08-23</t>
+        </is>
+      </c>
+      <c r="M194" s="0" t="inlineStr">
+        <is>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+        </is>
+      </c>
+      <c r="N194" s="0"/>
+    </row>
+    <row r="195">
+      <c r="A195" s="0" t="n">
+        <v>3281</v>
+      </c>
+      <c r="B195" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C195" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D195" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E195" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+        </is>
+      </c>
+      <c r="F195" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G195" s="0" t="inlineStr">
+        <is>
+          <t>2022-02-05</t>
+        </is>
+      </c>
+      <c r="H195" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I195" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J195" s="0"/>
+      <c r="K195" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L195" s="0" t="inlineStr">
+        <is>
+          <t>2021-08-17</t>
+        </is>
+      </c>
+      <c r="M195" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N195" s="0"/>
+    </row>
+    <row r="196">
+      <c r="A196" s="0" t="n">
+        <v>3268</v>
+      </c>
+      <c r="B196" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C196" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D196" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E196" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+        </is>
+      </c>
+      <c r="F196" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G196" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-10</t>
+        </is>
+      </c>
+      <c r="H196" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I196" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J196" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
+      <c r="K196" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L196" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-24</t>
+        </is>
+      </c>
+      <c r="M196" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N196" s="0"/>
+    </row>
+    <row r="197">
+      <c r="A197" s="0" t="n">
+        <v>3262</v>
+      </c>
+      <c r="B197" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C197" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D197" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E197" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+        </is>
+      </c>
+      <c r="F197" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G197" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-10</t>
+        </is>
+      </c>
+      <c r="H197" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I197" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J197" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
+      <c r="K197" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L197" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-09</t>
+        </is>
+      </c>
+      <c r="M197" s="0" t="inlineStr">
+        <is>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+        </is>
+      </c>
+      <c r="N197" s="0"/>
+    </row>
+    <row r="198">
+      <c r="A198" s="0" t="n">
+        <v>3260</v>
+      </c>
+      <c r="B198" s="0" t="inlineStr">
+        <is>
+          <t>Postulat</t>
+        </is>
+      </c>
+      <c r="C198" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D198" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E198" s="0" t="inlineStr">
+        <is>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+        </is>
+      </c>
+      <c r="F198" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G198" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-10</t>
+        </is>
+      </c>
+      <c r="H198" s="0" t="inlineStr">
+        <is>
+          <t>Teil-Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I198" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J198" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
+      <c r="K198" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L198" s="0" t="inlineStr">
+        <is>
+          <t>2021-06-08</t>
+        </is>
+      </c>
+      <c r="M198" s="0" t="inlineStr">
+        <is>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+        </is>
+      </c>
+      <c r="N198" s="0"/>
+    </row>
+    <row r="199">
+      <c r="A199" s="0" t="n">
+        <v>3248</v>
+      </c>
+      <c r="B199" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C199" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D199" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E199" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+        </is>
+      </c>
+      <c r="F199" s="0" t="inlineStr">
+        <is>
+          <t>Direktion des Innern</t>
+        </is>
+      </c>
+      <c r="G199" s="0" t="inlineStr">
+        <is>
+          <t>2022-09-29</t>
+        </is>
+      </c>
+      <c r="H199" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I199" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J199" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-28</t>
+        </is>
+      </c>
+      <c r="K199" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L199" s="0" t="inlineStr">
+        <is>
+          <t>2021-05-11</t>
+        </is>
+      </c>
+      <c r="M199" s="0" t="inlineStr">
+        <is>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+        </is>
+      </c>
+      <c r="N199" s="0"/>
+    </row>
+    <row r="200">
+      <c r="A200" s="0" t="n">
         <v>3227</v>
       </c>
-      <c r="B187" s="0" t="inlineStr">
+      <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C187" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E187" s="0" t="inlineStr">
+      <c r="C200" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D200" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E200" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
 </t>
         </is>
       </c>
-      <c r="F187" s="0" t="inlineStr">
+      <c r="F200" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G187" s="0" t="inlineStr">
+      <c r="G200" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
-      <c r="H187" s="0" t="inlineStr">
+      <c r="H200" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I187" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L187" s="0" t="inlineStr">
+      <c r="I200" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J200" s="0"/>
+      <c r="K200" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L200" s="0" t="inlineStr">
         <is>
           <t>2021-04-13</t>
         </is>
       </c>
-      <c r="M187" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A188" s="0" t="n">
+      <c r="M200" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N200" s="0"/>
+    </row>
+    <row r="201">
+      <c r="A201" s="0" t="n">
         <v>3218</v>
       </c>
-      <c r="B188" s="0" t="inlineStr">
+      <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C188" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="F188" s="0" t="inlineStr">
+      <c r="C201" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D201" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E201" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+        </is>
+      </c>
+      <c r="F201" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G188" s="0" t="inlineStr">
+      <c r="G201" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
         </is>
       </c>
-      <c r="H188" s="0" t="inlineStr">
+      <c r="H201" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I188" s="0" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L188" s="0" t="inlineStr">
+      <c r="I201" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J201" s="0"/>
+      <c r="K201" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L201" s="0" t="inlineStr">
         <is>
           <t>2021-03-23</t>
         </is>
       </c>
-      <c r="M188" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A189" s="0" t="n">
+      <c r="M201" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N201" s="0"/>
+    </row>
+    <row r="202">
+      <c r="A202" s="0" t="n">
         <v>3208</v>
       </c>
-      <c r="B189" s="0" t="inlineStr">
+      <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C189" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E189" s="0" t="inlineStr">
+      <c r="C202" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D202" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E202" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
 </t>
         </is>
       </c>
-      <c r="F189" s="0" t="inlineStr">
+      <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G189" s="0" t="inlineStr">
+      <c r="G202" s="0" t="inlineStr">
         <is>
           <t>2021-10-28</t>
-        </is>
-[...812 lines deleted...]
-          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2017-07-11</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>2655</v>
+        <v>3185</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2018-01-20</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2016-08-23</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>2640</v>
+        <v>3165</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2017-03-30</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2016-06-21</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>2635</v>
+        <v>3151</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2017-03-10</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2016-06-07</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>2501</v>
+        <v>3148</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2016-04-09</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2015-03-31</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>2336</v>
+        <v>3129</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2014-11-08</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2013-12-17</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N207" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>2310</v>
+        <v>3102</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2014-11-04</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
-[...2 lines deleted...]
-      <c r="J208" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
+        </is>
+      </c>
+      <c r="J208" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-31</t>
+        </is>
+      </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2013-10-22</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>2291</v>
+        <v>2940</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2013-09-26</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2013-09-10</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>2212</v>
+        <v>2897</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2013-08-29</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L210" s="0"/>
+      <c r="L210" s="0" t="inlineStr">
+        <is>
+          <t>2018-09-18</t>
+        </is>
+      </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>2050</v>
+        <v>2885</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2012-05-03</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L211" s="0"/>
+      <c r="L211" s="0" t="inlineStr">
+        <is>
+          <t>2018-07-03</t>
+        </is>
+      </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>2024</v>
+        <v>2855</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2011-07-07</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L212" s="0"/>
+      <c r="L212" s="0" t="inlineStr">
+        <is>
+          <t>2018-03-27</t>
+        </is>
+      </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>1977</v>
+        <v>2850</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L213" s="0"/>
+      <c r="L213" s="0" t="inlineStr">
+        <is>
+          <t>2018-03-20</t>
+        </is>
+      </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>1901</v>
+        <v>2766</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2010-09-30</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L214" s="0"/>
+      <c r="L214" s="0" t="inlineStr">
+        <is>
+          <t>2017-07-11</t>
+        </is>
+      </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>1775</v>
+        <v>2655</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2010-05-06</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L215" s="0"/>
+      <c r="L215" s="0" t="inlineStr">
+        <is>
+          <t>2016-08-23</t>
+        </is>
+      </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>1693</v>
+        <v>2640</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J216" s="0"/>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2008-06-13</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
+        <v>2635</v>
+      </c>
+      <c r="B217" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C217" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D217" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E217" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+        </is>
+      </c>
+      <c r="F217" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G217" s="0" t="inlineStr">
+        <is>
+          <t>2017-03-10</t>
+        </is>
+      </c>
+      <c r="H217" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I217" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J217" s="0"/>
+      <c r="K217" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L217" s="0" t="inlineStr">
+        <is>
+          <t>2016-06-07</t>
+        </is>
+      </c>
+      <c r="M217" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N217" s="0"/>
+    </row>
+    <row r="218">
+      <c r="A218" s="0" t="n">
+        <v>2501</v>
+      </c>
+      <c r="B218" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C218" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D218" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E218" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+        </is>
+      </c>
+      <c r="F218" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G218" s="0" t="inlineStr">
+        <is>
+          <t>2016-04-09</t>
+        </is>
+      </c>
+      <c r="H218" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I218" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J218" s="0"/>
+      <c r="K218" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L218" s="0" t="inlineStr">
+        <is>
+          <t>2015-03-31</t>
+        </is>
+      </c>
+      <c r="M218" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N218" s="0"/>
+    </row>
+    <row r="219">
+      <c r="A219" s="0" t="n">
+        <v>2336</v>
+      </c>
+      <c r="B219" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C219" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D219" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E219" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
+        </is>
+      </c>
+      <c r="F219" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G219" s="0" t="inlineStr">
+        <is>
+          <t>2014-11-08</t>
+        </is>
+      </c>
+      <c r="H219" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I219" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J219" s="0"/>
+      <c r="K219" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L219" s="0" t="inlineStr">
+        <is>
+          <t>2013-12-17</t>
+        </is>
+      </c>
+      <c r="M219" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N219" s="0"/>
+    </row>
+    <row r="220">
+      <c r="A220" s="0" t="n">
+        <v>2310</v>
+      </c>
+      <c r="B220" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C220" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E220" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+        </is>
+      </c>
+      <c r="F220" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G220" s="0" t="inlineStr">
+        <is>
+          <t>2014-11-04</t>
+        </is>
+      </c>
+      <c r="H220" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I220" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J220" s="0"/>
+      <c r="K220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L220" s="0" t="inlineStr">
+        <is>
+          <t>2013-10-22</t>
+        </is>
+      </c>
+      <c r="M220" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N220" s="0"/>
+    </row>
+    <row r="221">
+      <c r="A221" s="0" t="n">
+        <v>2291</v>
+      </c>
+      <c r="B221" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C221" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E221" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+        </is>
+      </c>
+      <c r="F221" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G221" s="0" t="inlineStr">
+        <is>
+          <t>2013-09-26</t>
+        </is>
+      </c>
+      <c r="H221" s="0" t="inlineStr">
+        <is>
+          <t>Kommission bestellt</t>
+        </is>
+      </c>
+      <c r="I221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J221" s="0"/>
+      <c r="K221" s="0" t="inlineStr">
+        <is>
+          <t>Kommission Tiefbau und Gewässer</t>
+        </is>
+      </c>
+      <c r="L221" s="0" t="inlineStr">
+        <is>
+          <t>2013-09-10</t>
+        </is>
+      </c>
+      <c r="M221" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N221" s="0"/>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="n">
+        <v>2212</v>
+      </c>
+      <c r="B222" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C222" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E222" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+        </is>
+      </c>
+      <c r="F222" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G222" s="0" t="inlineStr">
+        <is>
+          <t>2013-08-29</t>
+        </is>
+      </c>
+      <c r="H222" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J222" s="0"/>
+      <c r="K222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L222" s="0"/>
+      <c r="M222" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N222" s="0"/>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="n">
+        <v>2050</v>
+      </c>
+      <c r="B223" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C223" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E223" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+        </is>
+      </c>
+      <c r="F223" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G223" s="0" t="inlineStr">
+        <is>
+          <t>2012-05-03</t>
+        </is>
+      </c>
+      <c r="H223" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J223" s="0"/>
+      <c r="K223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L223" s="0"/>
+      <c r="M223" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N223" s="0"/>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="n">
+        <v>2024</v>
+      </c>
+      <c r="B224" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C224" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E224" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+        </is>
+      </c>
+      <c r="F224" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G224" s="0" t="inlineStr">
+        <is>
+          <t>2011-07-07</t>
+        </is>
+      </c>
+      <c r="H224" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J224" s="0"/>
+      <c r="K224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L224" s="0"/>
+      <c r="M224" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N224" s="0"/>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="n">
+        <v>1977</v>
+      </c>
+      <c r="B225" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C225" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E225" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+        </is>
+      </c>
+      <c r="F225" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G225" s="0" t="inlineStr">
+        <is>
+          <t>2011-03-31</t>
+        </is>
+      </c>
+      <c r="H225" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J225" s="0"/>
+      <c r="K225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L225" s="0"/>
+      <c r="M225" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N225" s="0"/>
+    </row>
+    <row r="226">
+      <c r="A226" s="0" t="n">
+        <v>1901</v>
+      </c>
+      <c r="B226" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+        </is>
+      </c>
+      <c r="C226" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E226" s="0" t="inlineStr">
+        <is>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+        </is>
+      </c>
+      <c r="F226" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G226" s="0" t="inlineStr">
+        <is>
+          <t>2010-09-30</t>
+        </is>
+      </c>
+      <c r="H226" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J226" s="0"/>
+      <c r="K226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L226" s="0"/>
+      <c r="M226" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N226" s="0"/>
+    </row>
+    <row r="227">
+      <c r="A227" s="0" t="n">
+        <v>1775</v>
+      </c>
+      <c r="B227" s="0" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="C227" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E227" s="0" t="inlineStr">
+        <is>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
+        </is>
+      </c>
+      <c r="F227" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G227" s="0" t="inlineStr">
+        <is>
+          <t>2010-05-06</t>
+        </is>
+      </c>
+      <c r="H227" s="0" t="inlineStr">
+        <is>
+          <t>Genehmigung Schlussabrechnung pendent</t>
+        </is>
+      </c>
+      <c r="I227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J227" s="0"/>
+      <c r="K227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L227" s="0"/>
+      <c r="M227" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N227" s="0"/>
+    </row>
+    <row r="228">
+      <c r="A228" s="0" t="n">
+        <v>1693</v>
+      </c>
+      <c r="B228" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C228" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E228" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+        </is>
+      </c>
+      <c r="F228" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G228" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
+      <c r="H228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I228" s="0" t="inlineStr">
+        <is>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J228" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-30</t>
+        </is>
+      </c>
+      <c r="K228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L228" s="0" t="inlineStr">
+        <is>
+          <t>2008-06-13</t>
+        </is>
+      </c>
+      <c r="M228" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N228" s="0"/>
+    </row>
+    <row r="229">
+      <c r="A229" s="0" t="n">
         <v>1646</v>
       </c>
-      <c r="B217" s="0" t="inlineStr">
+      <c r="B229" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C217" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E217" s="0" t="inlineStr">
+      <c r="C229" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E229" s="0" t="inlineStr">
         <is>
           <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
 2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
-      <c r="F217" s="0" t="inlineStr">
+      <c r="F229" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G217" s="0" t="inlineStr">
+      <c r="G229" s="0" t="inlineStr">
         <is>
           <t>2009-05-28</t>
         </is>
       </c>
-      <c r="H217" s="0" t="inlineStr">
+      <c r="H229" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I217" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="A218" s="0" t="n">
+      <c r="I229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J229" s="0"/>
+      <c r="K229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L229" s="0"/>
+      <c r="M229" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N229" s="0"/>
+    </row>
+    <row r="230">
+      <c r="A230" s="0" t="n">
         <v>1393</v>
       </c>
-      <c r="B218" s="0" t="inlineStr">
+      <c r="B230" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
-      <c r="C218" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="F218" s="0" t="inlineStr">
+      <c r="C230" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E230" s="0" t="inlineStr">
+        <is>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
+        </is>
+      </c>
+      <c r="F230" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G218" s="0" t="inlineStr">
+      <c r="G230" s="0" t="inlineStr">
         <is>
           <t>2006-06-01</t>
         </is>
       </c>
-      <c r="H218" s="0" t="inlineStr">
+      <c r="H230" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I218" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="A219" s="0" t="n">
+      <c r="I230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J230" s="0"/>
+      <c r="K230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L230" s="0"/>
+      <c r="M230" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N230" s="0"/>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="n">
         <v>1251</v>
       </c>
-      <c r="B219" s="0" t="inlineStr">
+      <c r="B231" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
-      <c r="C219" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E219" s="0" t="inlineStr">
+      <c r="C231" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E231" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
-      <c r="F219" s="0" t="inlineStr">
+      <c r="F231" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G219" s="0" t="inlineStr">
+      <c r="G231" s="0" t="inlineStr">
         <is>
           <t>2005-02-24</t>
         </is>
       </c>
-      <c r="H219" s="0" t="inlineStr">
+      <c r="H231" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I219" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="A220" s="0" t="n">
+      <c r="I231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J231" s="0"/>
+      <c r="K231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L231" s="0"/>
+      <c r="M231" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N231" s="0"/>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="n">
         <v>1000</v>
       </c>
-      <c r="B220" s="0" t="inlineStr">
+      <c r="B232" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
-      <c r="C220" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E220" s="0" t="inlineStr">
+      <c r="C232" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E232" s="0" t="inlineStr">
         <is>
           <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
-      <c r="F220" s="0" t="inlineStr">
+      <c r="F232" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G220" s="0" t="inlineStr">
+      <c r="G232" s="0" t="inlineStr">
         <is>
           <t>2003-01-30</t>
         </is>
       </c>
-      <c r="H220" s="0" t="inlineStr">
+      <c r="H232" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
-      <c r="I220" s="0" t="inlineStr">
-[...19 lines deleted...]
-      <c r="A221" s="0" t="n">
+      <c r="I232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J232" s="0"/>
+      <c r="K232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L232" s="0"/>
+      <c r="M232" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N232" s="0"/>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="n">
         <v>282</v>
       </c>
-      <c r="B221" s="0" t="inlineStr">
+      <c r="B233" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
-      <c r="C221" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E221" s="0" t="inlineStr">
+      <c r="C233" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E233" s="0" t="inlineStr">
         <is>
           <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
-      <c r="F221" s="0" t="inlineStr">
+      <c r="F233" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G221" s="0" t="inlineStr">
+      <c r="G233" s="0" t="inlineStr">
         <is>
           <t>2024-07-03</t>
         </is>
       </c>
-      <c r="H221" s="0" t="inlineStr">
+      <c r="H233" s="0" t="inlineStr">
         <is>
           <t>Frist erstreckt</t>
         </is>
       </c>
-      <c r="I221" s="0" t="inlineStr">
+      <c r="I233" s="0" t="inlineStr">
         <is>
           <t>Frist erstreckt bis 31. Dezember 2030</t>
         </is>
       </c>
-      <c r="J221" s="0" t="inlineStr">
+      <c r="J233" s="0" t="inlineStr">
         <is>
           <t>2030-12-31</t>
         </is>
       </c>
-      <c r="K221" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L221" s="0" t="inlineStr">
+      <c r="K233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L233" s="0" t="inlineStr">
         <is>
           <t>1995-08-07</t>
         </is>
       </c>
-      <c r="M221" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N221" s="0"/>
+      <c r="M233" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N233" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>