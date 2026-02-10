--- v0 (2025-10-29)
+++ v1 (2026-02-10)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N255" totalsRowShown="0">
-  <autoFilter ref="A1:N255"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N220" totalsRowShown="0">
+  <autoFilter ref="A1:N220"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N255"/>
+  <dimension ref="A1:N220"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="216.48988764044944"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -189,5934 +189,5982 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>4006</v>
+        <v>4046</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J2" s="0"/>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>4005</v>
+        <v>4045</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Tabea Estermann und Jill Nussbaumer betreffend Einkommensaufteilung der Zuger Ehepaare</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J3" s="0"/>
+      <c r="J3" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Nussbaumer Jill</t>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>4004</v>
+        <v>4044</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Beitrag an die humanitäre Hilfe im Gazastreifen</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J4" s="0"/>
+      <c r="J4" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>4003</v>
+        <v>4043</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J5" s="0"/>
+      <c r="J5" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>4002</v>
+        <v>4042</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend humanitäre Hilfe für Gaza</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J6" s="0"/>
+      <c r="J6" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>4001</v>
+        <v>4041</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J7" s="0"/>
+      <c r="J7" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>4000</v>
+        <v>4039</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J8" s="0"/>
+      <c r="J8" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3999</v>
+        <v>4038</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J9" s="0"/>
+      <c r="J9" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3998</v>
+        <v>4037</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J10" s="0"/>
+      <c r="J10" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>3996</v>
+        <v>4036</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J11" s="0"/>
+      <c r="J11" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3995</v>
+        <v>4035</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>3994</v>
+        <v>4034</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3993</v>
+        <v>4033</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>3992</v>
+        <v>4030</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>3990</v>
+        <v>4029</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3989</v>
+        <v>4028</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3988</v>
+        <v>4027</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3987</v>
+        <v>4026</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3985</v>
+        <v>4025</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3982</v>
+        <v>4023</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>Wahlen</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Feststellung der Gültigkeit der Wahl von Andreas Hausheer als Mitglied des Regierungsrats für den Rest der Amtsperiode 2023–2026</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>Wahl: Feststellung Gültigkeit</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung der Wahl von Andreas Hausheer, Steinhausen</t>
-[...2 lines deleted...]
-      <c r="J21" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J21" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3980</v>
+        <v>4022</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J22" s="0"/>
+          <t>Traktandiert für 26./27. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J22" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3978</v>
+        <v>4021</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3977</v>
+        <v>4020</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3975</v>
+        <v>4019</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3974</v>
+        <v>4018</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3972</v>
+        <v>4016</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3971</v>
+        <v>4015</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3969</v>
+        <v>4014</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J29" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J29" s="0"/>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3968</v>
+        <v>4013</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3967</v>
+        <v>4012</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend TARDOC – die Quittung zahlen die Frauen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J31" s="0"/>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3966</v>
+        <v>4011</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3965</v>
+        <v>4010</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3964</v>
+        <v>4008</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3963</v>
+        <v>4006</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3962</v>
+        <v>4003</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Genehmigung der Änderung der Geschäftsordnung des Verwaltungsgerichts (GO VG)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Verwaltungsgericht</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J36" s="0"/>
+      <c r="J36" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission erweitert</t>
+          <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3961</v>
+        <v>4001</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Budget 2026 und Finanzplan 2026–2029</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
-          <t>Direktüberweisung an die erweiterte Staatswirtschaftskommission (§ 17 GO KR).</t>
-[...2 lines deleted...]
-      <c r="J37" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J37" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskom. erweitert</t>
-[...2 lines deleted...]
-      <c r="L37" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="L37" s="0" t="inlineStr">
+        <is>
+          <t>2025-10-08</t>
+        </is>
+      </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3960</v>
+        <v>4000</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3958</v>
+        <v>3999</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J39" s="0"/>
+      <c r="J39" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-30</t>
+        </is>
+      </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3957</v>
+        <v>3998</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J40" s="0"/>
+      <c r="J40" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-30</t>
+        </is>
+      </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3956</v>
+        <v>3996</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3953</v>
+        <v>3995</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3951</v>
+        <v>3994</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J43" s="0"/>
       <c r="K43" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3950</v>
+        <v>3993</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J44" s="0"/>
+      <c r="J44" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3949</v>
+        <v>3990</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J45" s="0"/>
+      <c r="J45" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
-          <t>Kommission Raum Umwelt Verkehr</t>
+          <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3948</v>
+        <v>3989</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J46" s="0"/>
+      <c r="J46" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ZVB, 3948</t>
+          <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3947</v>
+        <v>3988</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Lustenberger, Carina Brüngger und Hans Jörg Villiger betreffend Kürzungen bei J+S durch kantonale Beiträge auffangen</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>2025-10-27</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2025-06-24</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Brüngger Carina, Villiger Hans Jörg</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3943</v>
+        <v>3987</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3942</v>
+        <v>3985</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3941</v>
+        <v>3980</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J50" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J50" s="0"/>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3940</v>
+        <v>3974</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3939</v>
+        <v>3972</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J52" s="0"/>
+      <c r="J52" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3938</v>
+        <v>3971</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3936</v>
+        <v>3969</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3934</v>
+        <v>3968</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-02-28</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3932</v>
+        <v>3966</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3931</v>
+        <v>3965</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3930</v>
+        <v>3964</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3929</v>
+        <v>3963</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3924</v>
+        <v>3960</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3923</v>
+        <v>3958</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3921</v>
+        <v>3957</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J62" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J62" s="0"/>
       <c r="K62" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t/>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3920</v>
+        <v>3956</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend barrierefreien Zugang dank kantonaler digitaler Assistenz</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J63" s="0"/>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2025-05-03</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3918</v>
+        <v>3953</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Zwischenbericht zu den per Ende März 2025 zur Berichterstattung fälligen parlamentarischen Vorstössen</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-05-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...2 lines deleted...]
-      <c r="J64" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J64" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3917</v>
+        <v>3950</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J65" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J65" s="0"/>
       <c r="K65" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3916</v>
+        <v>3949</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Fristverlängerung bei Volksinitiativen</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J66" s="0"/>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-04-28</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3913</v>
+        <v>3948</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J67" s="0"/>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-04-24</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t/>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3911</v>
+        <v>3943</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3910</v>
+        <v>3942</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3908</v>
+        <v>3941</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
-          <t>2026-05-01</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3907</v>
+        <v>3939</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J71" s="0"/>
       <c r="K71" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3905</v>
+        <v>3938</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J72" s="0"/>
+      <c r="J72" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3899</v>
+        <v>3932</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 2. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...2 lines deleted...]
-      <c r="J73" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J73" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3897</v>
+        <v>3930</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Esther Monney, Patrik Kretz, Adrian Rogger und Brigitte Wenzin Widmer betreffend die Frage: Wie wird «lautgetreues Schreiben» an den Zuger Volksschulen umgesetzt?</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2025-03-21</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Kretz Patrik, Rogger Adrian, Wenzin Widmer Brigitte</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3896</v>
+        <v>3929</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3895</v>
+        <v>3923</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der Fraktion Alternative - die Grünen betreffend extremes Papier der Zentralschweizer Finanzdirektoren:innen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J76" s="0"/>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-03-11</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3893</v>
+        <v>3921</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3891</v>
+        <v>3911</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3889</v>
+        <v>3910</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t/>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3888</v>
+        <v>3908</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J80" s="0"/>
+          <t>Traktandiert für 26./27. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J80" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-01</t>
+        </is>
+      </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3887</v>
+        <v>3905</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2026-01-15</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N81" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3886</v>
+        <v>3896</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J82" s="0"/>
+      <c r="J82" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-10</t>
+        </is>
+      </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3885</v>
+        <v>3893</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3884</v>
+        <v>3891</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Michael Riboni, Adrian Rogger und Karl Bürgler betreffend Zivilstandsämter des Kantons Zug</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>2025-09-27</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Riboni Michael, Rogger Adrian, Bürgler Karl</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3883</v>
+        <v>3889</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3880</v>
+        <v>3888</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J86" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J86" s="0"/>
       <c r="K86" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3877</v>
+        <v>3887</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J87" s="0"/>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3876</v>
+        <v>3885</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Motion von Alois Gössi, Philip C. Brunner, Tabea Estermann und Christian Hegglin betreffend Zuger Finanzausgleich Phase II</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>Gössi Alois, Brunner Philip C., Estermann Tabea, Hegglin Christian</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3874</v>
+        <v>3883</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3872</v>
+        <v>3880</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J90" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3871</v>
+        <v>3877</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3870</v>
+        <v>3872</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
         <v>3869</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
@@ -6164,94 +6212,90 @@
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
         <v>3867</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
           <t>2025-09-04</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N94" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
         <v>3866</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
@@ -6339,10254 +6383,7955 @@
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
           <t>FDP</t>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3862</v>
+        <v>3861</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Barbara Gysel betreffend die Frage: Sind wir genügend vorbereitet auf Naturgefahren?</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
           <t>2025-01-22</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>Gysel Barbara</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3861</v>
+        <v>3858</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-01-30</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3859</v>
+        <v>3841</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3858</v>
+        <v>3827</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t/>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3856</v>
+        <v>3826</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend  CO2 Bilanz des Kantons Zug als Verwaltungseinheit</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
           <t>GLP</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3855</v>
+        <v>3819</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3851</v>
+        <v>3816</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Tabea Estermann betreffend Meldungen aus der Bevölkerung zu Geldwäscherei im Kanton Zug</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J103" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2025-01-03</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3846</v>
+        <v>3811</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Motion von Julia Küng, Klemens Iten, Simon Leuenberger, Ronahi Yener und Katharina Jans betreffend Schaffung eines öffentlich-rechtlichen Jugendparlaments im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-12-03</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Iten Klemens, Leuenberger Simon, Yener Ronahi, Jans Katharina</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3845</v>
+        <v>3808</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Petition</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Petition «Endlich bezahlbarer Wohnraum für Zug!»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L105" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L105" s="0"/>
       <c r="M105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3844</v>
+        <v>3802</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend einer gesetzlichen Frist für Bauanfragen</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3842</v>
+        <v>3799</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Motion der Stadtzuger Kantonsrätinnen und Kantonsräte (Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni) betreffend Dämpfung der finanziellen Belastung des Zuger Finanzausgleichs (ZFA) für die Stadt Zug </t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
+        </is>
+      </c>
+      <c r="J107" s="0"/>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-11-08</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni</t>
+          <t/>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3841</v>
+        <v>3792</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3840</v>
+        <v>3791</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend flächendeckende Ladestationen für Elektrofahrzeuge auf Parkieranlagen von kantonalen Immobilien</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3837</v>
+        <v>3790</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes betreffend die Einführung des Schweizerischen Zivilgesetzbuches für den Kanton Zug (EG ZGB) sowie des Gesetzes über das Gesundheitswesen im Kanton Zug (Gesundheitsgesetz; GesG)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Obergericht, Verwaltungsgericht</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-07-09</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am 11. Juli 2025Aufnahme in GS 2025/025; BGS 211.1 / 821.1</t>
+          <t/>
         </is>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-10-23</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3835</v>
+        <v>3785</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Steuergesetzes - neuntes Revisionspaket</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J111" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J111" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-20</t>
+        </is>
+      </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3834</v>
+        <v>3778</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über Standortentwicklung (GSE) - Umsetzung der OECD-Mindeststeuer</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J112" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J112" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-26</t>
+        </is>
+      </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3833</v>
+        <v>3770</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Zuger Pensionskasse (PKG)</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 3. November 2025</t>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3832</v>
+        <v>3767</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Entschädigung der nebenamtlichen Behördenmitglieder (Nebenamtsgesetz) sowie Teilrevision des Kantonsratsbeschlusses über die Entschädigung der Fraktionen des Kantonsrats 
-</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 3. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3829</v>
+        <v>3765</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Alternative - die Grünen betreffend Schaffung einer gesetzlichen Grundlage für Entwicklungszusammenarbeit</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-10-15</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3827</v>
+        <v>3759</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3826</v>
+        <v>3758</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 27. November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3825</v>
+        <v>3755</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Haas betreffend Teilhabe der Menschen mit Beeinträchtigungen am finanziellen Erfolg des Kantons Zug</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2024-10-12</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>Haas Esther</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3823</v>
+        <v>3743</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion und von Patrick Röösli betreffend CO2-Abscheidung und Recyclingbeton</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J119" s="0"/>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2024-10-10</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>GLP, Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3819</v>
+        <v>3742</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J120" s="0"/>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3816</v>
+        <v>3736</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3814</v>
+        <v>3735</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Einführung eines Zuger bezahlten Elternurlaubs von 8 Wochen</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3811</v>
+        <v>3734</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3810</v>
+        <v>3733</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3808</v>
+        <v>3732</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J125" s="0"/>
+      <c r="J125" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-02</t>
+        </is>
+      </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L125" s="0"/>
+      <c r="L125" s="0" t="inlineStr">
+        <is>
+          <t>2024-05-13</t>
+        </is>
+      </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3806</v>
+        <v>3727</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Sicherheit bei Asylunterkünften</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2024-09-15</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3804</v>
+        <v>3726</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Mirjam Arnold, Klemens Iten, Christian Hegglin und Carina Brüngger betreffend Anspruch auf Prämienverbilligung automatisch prüfen und Beiträge direkt ausbezahlen</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Arnold Mirjam, Iten Klemens, Hegglin Christian, Brüngger Carina</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3802</v>
+        <v>3725</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3799</v>
+        <v>3704</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) Volksabstimmung am 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J129" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J129" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3793</v>
+        <v>3685</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Massnahmen gegen die mentale Gesundheitskrise bei Kindern und Jugendlichen im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+        </is>
+      </c>
+      <c r="J130" s="0"/>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3792</v>
+        <v>3684</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3791</v>
+        <v>3683</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3790</v>
+        <v>3680</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J133" s="0"/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J133" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-21</t>
+        </is>
+      </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3785</v>
+        <v>3676</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3779</v>
+        <v>3667</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Förderung der ambulanten Pflege</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2024-08-09</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t/>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3778</v>
+        <v>3656</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J136" s="0"/>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t/>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3770</v>
+        <v>3646</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
-[...2 lines deleted...]
-      <c r="J137" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J137" s="0" t="inlineStr">
+        <is>
+          <t>2028-04-10</t>
+        </is>
+      </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3767</v>
+        <v>3628</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3765</v>
+        <v>3625</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3762</v>
+        <v>3621</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t> Motion von Drin Alaj, Alois Gössi, Barbara Gysel, Tabea Estermann, Christian Hegglin, Beat Iten, Julia Küng, Andreas Lustenberger, Thomas Meierhans, Jean Luc Mösch, Michèle Schuler, Rupan Sivaganesan und Ronahi Yener betreffend finanzielle Unterstützung für Unwettergeschädigte in Tessin, Wallis und Graubünden</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gössi Alois, Gysel Barbara, Estermann Tabea, Hegglin Christian, Iten Beat, Küng Julia, Lustenberger Andreas, Meierhans Thomas, Mösch Jean Luc, Schmid Michèle, Sivaganesan Rupan, Yener Ronahi</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3761</v>
+        <v>3617</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Philip C. Brunner, Tabea Estermann, Thomas Gander, Alois Gössi, Barbara Gysel, Christian Hegglin, Beat Iten, Julia Küng, Andreas Lustenberger, Thomas Meierhans, Esther Monney, Jean Luc Mösch, Emil Schweizer, Michèle Schuler, Rupan Sivaganesan, Thomas Werner, Raphael Wiser und Ronahi Yener betreffend Soforthilfe für Unwettergeschädigte im Tessin, Wallis und in Graubünden</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Brunner Philip C., Estermann Tabea, Gander Thomas, Gössi Alois, Gysel Barbara, Hegglin Christian, Iten Beat, Küng Julia, Lustenberger Andreas, Meierhans Thomas, Monney Esther, Mösch Jean Luc, Schweizer Emil, Schmid Michèle, Sivaganesan Rupan, Werner Thomas, Wiser  Raphael, Yener Ronahi</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3760</v>
+        <v>3616</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Phosphorrückgewinnung aus dem Zugersee</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3759</v>
+        <v>3613</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J143" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J143" s="0"/>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3758</v>
+        <v>3602</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
           <t>2024-08-29</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J144" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3755</v>
+        <v>3595</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J145" s="0"/>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t/>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3752</v>
+        <v>3594</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Motion von Drin Alaj betreffend Verbilligung ÖV-Tarife im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J146" s="0"/>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2024-06-19</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin</t>
+          <t/>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3748</v>
+        <v>3592</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Keine Subventionierung der Work-Life-Balance Einzelner</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J147" s="0"/>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2024-06-16</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3743</v>
+        <v>3591</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J148" s="0"/>
+          <t>Frist erstreckt bis 30. September 2025</t>
+        </is>
+      </c>
+      <c r="J148" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-30</t>
+        </is>
+      </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+        </is>
+      </c>
+      <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3742</v>
+        <v>3584</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J149" s="0"/>
+      <c r="J149" s="0" t="inlineStr">
+        <is>
+          <t>2027-09-26</t>
+        </is>
+      </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Die Mitte</t>
+        </is>
+      </c>
+      <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3736</v>
+        <v>3579</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3735</v>
+        <v>3574</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3734</v>
+        <v>3569</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J152" s="0"/>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3733</v>
+        <v>3562</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3732</v>
+        <v>3546</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3727</v>
+        <v>3544</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3726</v>
+        <v>3541</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J156" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3725</v>
+        <v>3535</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J157" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J157" s="0"/>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3704</v>
+        <v>3534</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J158" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J158" s="0"/>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3700</v>
+        <v>3533</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J159" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J159" s="0"/>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t/>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3685</v>
+        <v>3532</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J160" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J160" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-21</t>
+        </is>
+      </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3684</v>
+        <v>3525</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J161" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3683</v>
+        <v>3512</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J162" s="0"/>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3680</v>
+        <v>3507</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+        </is>
+      </c>
+      <c r="J163" s="0"/>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3676</v>
+        <v>3502</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J164" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3667</v>
+        <v>3495</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3656</v>
+        <v>3488</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J166" s="0"/>
+      <c r="J166" s="0" t="inlineStr">
+        <is>
+          <t>2027-02-28</t>
+        </is>
+      </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3652</v>
+        <v>3480</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2022-09-20</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N167" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3646</v>
+        <v>3479</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
+</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J168" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J168" s="0"/>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3628</v>
+        <v>3471</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3625</v>
+        <v>3453</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J170" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J170" s="0"/>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3621</v>
+        <v>3443</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J171" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3617</v>
+        <v>3439</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J172" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J172" s="0"/>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t/>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3616</v>
+        <v>3433</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3613</v>
+        <v>3364</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J174" s="0"/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J174" s="0" t="inlineStr">
+        <is>
+          <t>2026-09-27</t>
+        </is>
+      </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3602</v>
+        <v>3354</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J175" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2026-06-28</t>
         </is>
       </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3595</v>
+        <v>3351</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J176" s="0"/>
+      <c r="J176" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3594</v>
+        <v>3350</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J177" s="0"/>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J177" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3592</v>
+        <v>3320</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J178" s="0"/>
+      <c r="J178" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3591</v>
+        <v>3286</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31.08.2024</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J179" s="0"/>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3584</v>
+        <v>3285</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J180" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J180" s="0"/>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3579</v>
+        <v>3283</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3574</v>
+        <v>3281</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J182" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J182" s="0"/>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3569</v>
+        <v>3268</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J183" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J183" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-09</t>
+        </is>
+      </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3562</v>
+        <v>3262</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3546</v>
+        <v>3260</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J185" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3544</v>
+        <v>3248</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J186" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3541</v>
+        <v>3227</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
+</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J187" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J187" s="0"/>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3535</v>
+        <v>3218</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3534</v>
+        <v>3208</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
+</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3533</v>
+        <v>3185</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3532</v>
+        <v>3165</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J191" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J191" s="0"/>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3525</v>
+        <v>3151</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J192" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J192" s="0"/>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t/>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3512</v>
+        <v>3148</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3507</v>
+        <v>3129</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3502</v>
+        <v>3102</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3495</v>
+        <v>2940</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J196" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J196" s="0"/>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3488</v>
+        <v>2897</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J197" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J197" s="0"/>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3480</v>
+        <v>2885</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3479</v>
+        <v>2855</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
-</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2022-09-13</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3471</v>
+        <v>2850</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3453</v>
+        <v>2766</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2022-06-28</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3443</v>
+        <v>2655</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J202" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J202" s="0"/>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t/>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3439</v>
+        <v>2640</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3433</v>
+        <v>2635</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J204" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J204" s="0"/>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3421</v>
+        <v>2501</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J205" s="0"/>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2015-03-31</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t/>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3382</v>
+        <v>2336</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J206" s="0"/>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Arnold Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3364</v>
+        <v>2310</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J207" s="0"/>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2013-10-22</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3354</v>
+        <v>2291</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J208" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J208" s="0"/>
       <c r="K208" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3351</v>
+        <v>2212</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J209" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J209" s="0"/>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L209" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L209" s="0"/>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3350</v>
+        <v>2050</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J210" s="0"/>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L210" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L210" s="0"/>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3345</v>
+        <v>2024</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J211" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L211" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L211" s="0"/>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3320</v>
+        <v>1977</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J212" s="0"/>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L212" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L212" s="0"/>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t/>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3286</v>
+        <v>1901</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2010-09-30</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L213" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L213" s="0"/>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3285</v>
+        <v>1775</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L214" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L214" s="0"/>
       <c r="M214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3283</v>
+        <v>1693</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-06-30</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3281</v>
+        <v>1646</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
+2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2009-05-28</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L216" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L216" s="0"/>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3273</v>
+        <v>1393</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J217" s="0"/>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L217" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L217" s="0"/>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>3268</v>
+        <v>1251</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J218" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J218" s="0"/>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L218" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L218" s="0"/>
       <c r="M218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>3262</v>
+        <v>1000</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J219" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J219" s="0"/>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L219" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L219" s="0"/>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t/>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>3260</v>
+        <v>282</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
         </is>
       </c>
       <c r="J220" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2030-12-31</t>
         </is>
       </c>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N220" s="0"/>
-    </row>
-[...2151 lines deleted...]
-      <c r="N255" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>