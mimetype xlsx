--- v0 (2025-11-29)
+++ v1 (2026-01-30)
@@ -62,82 +62,82 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N231" totalsRowShown="0">
-  <autoFilter ref="A1:N231"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N220" totalsRowShown="0">
+  <autoFilter ref="A1:N220"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N231"/>
+  <dimension ref="A1:N220"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
@@ -189,14871 +189,14149 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>4018</v>
+        <v>4046</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2025-11-11</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>4016</v>
+        <v>4045</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-11-06</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>4015</v>
+        <v>4044</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>4014</v>
+        <v>4043</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J5" s="0"/>
+      <c r="J5" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>4013</v>
+        <v>4042</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-11-02</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>4012</v>
+        <v>4041</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J7" s="0"/>
+      <c r="J7" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>4011</v>
+        <v>4039</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
+          <t/>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>4010</v>
+        <v>4038</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>4009</v>
+        <v>4037</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage der ALG-Fraktion betreffend Umsetzung der ersten Etappe der Pflegeinitiative</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-10-25</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
-[...6 lines deleted...]
-      </c>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
+        </is>
+      </c>
+      <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>4008</v>
+        <v>4036</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-10-24</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>4007</v>
+        <v>4035</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anzahl Kantonsratsmandate für die einzelnen Einwohnergemeinden (Wahlen 2026)</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am xx. Dezember 2025Aufnahme in GS 2025/0xx; BGS 131.11</t>
-[...2 lines deleted...]
-      <c r="J12" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J12" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-10-21</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>4006</v>
+        <v>4034</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J13" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J13" s="0"/>
       <c r="K13" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t/>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>4003</v>
+        <v>4033</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>4001</v>
+        <v>4030</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>4000</v>
+        <v>4029</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3999</v>
+        <v>4028</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3998</v>
+        <v>4027</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3996</v>
+        <v>4026</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J19" s="0"/>
+      <c r="J19" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3995</v>
+        <v>4025</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3994</v>
+        <v>4023</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J21" s="0"/>
+      <c r="J21" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3993</v>
+        <v>4022</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26./27. Februar 2026</t>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3992</v>
+        <v>4021</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3990</v>
+        <v>4020</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3989</v>
+        <v>4019</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3988</v>
+        <v>4018</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3987</v>
+        <v>4016</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3985</v>
+        <v>4015</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3980</v>
+        <v>4014</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3978</v>
+        <v>4013</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3977</v>
+        <v>4012</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J31" s="0"/>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3975</v>
+        <v>4011</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3974</v>
+        <v>4010</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3972</v>
+        <v>4008</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3971</v>
+        <v>4006</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3969</v>
+        <v>4003</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3968</v>
+        <v>4001</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3966</v>
+        <v>4000</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3965</v>
+        <v>3999</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3964</v>
+        <v>3998</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3963</v>
+        <v>3996</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J41" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J41" s="0"/>
       <c r="K41" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t/>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3962</v>
+        <v>3995</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Genehmigung der Änderung der Geschäftsordnung des Verwaltungsgerichts (GO VG)</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Verwaltungsgericht</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am xx. Dezember 2025</t>
-[...2 lines deleted...]
-      <c r="J42" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J42" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-02</t>
+        </is>
+      </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3961</v>
+        <v>3994</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Budget 2026 und Finanzplan 2026–2029</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Schlussabstimmung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
-          <t>Kenntnisnahme der Finanzierungsprognose bis 2033 zu kantonalen Investionsprojekten.</t>
+          <t/>
         </is>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="L43" s="0"/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
+        </is>
+      </c>
+      <c r="L43" s="0" t="inlineStr">
+        <is>
+          <t>2025-09-09</t>
+        </is>
+      </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3960</v>
+        <v>3993</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3958</v>
+        <v>3990</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J45" s="0"/>
+      <c r="J45" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3957</v>
+        <v>3989</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J46" s="0"/>
+      <c r="J46" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3956</v>
+        <v>3988</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J47" s="0"/>
+      <c r="J47" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3953</v>
+        <v>3987</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3951</v>
+        <v>3985</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3950</v>
+        <v>3980</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3949</v>
+        <v>3974</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025-11-20</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
-[...2 lines deleted...]
-      <c r="J51" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J51" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3948</v>
+        <v>3972</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025-11-14</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J52" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J52" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3943</v>
+        <v>3971</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3942</v>
+        <v>3969</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3941</v>
+        <v>3968</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-02-28</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3940</v>
+        <v>3966</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3939</v>
+        <v>3965</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J57" s="0"/>
+      <c r="J57" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3938</v>
+        <v>3964</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3936</v>
+        <v>3963</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3934</v>
+        <v>3960</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3932</v>
+        <v>3958</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J61" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J61" s="0"/>
       <c r="K61" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3931</v>
+        <v>3957</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J62" s="0"/>
       <c r="K62" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t/>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3930</v>
+        <v>3956</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J63" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J63" s="0"/>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t/>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3929</v>
+        <v>3953</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3924</v>
+        <v>3950</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J65" s="0"/>
       <c r="K65" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3923</v>
+        <v>3949</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3921</v>
+        <v>3948</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J67" s="0"/>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t/>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3917</v>
+        <v>3943</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3913</v>
+        <v>3942</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2025-04-24</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3911</v>
+        <v>3941</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3910</v>
+        <v>3939</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J71" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J71" s="0"/>
       <c r="K71" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3908</v>
+        <v>3938</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>2026-05-01</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3907</v>
+        <v>3932</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
-          <t>2025-11-01</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3905</v>
+        <v>3930</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J74" s="0"/>
+      <c r="J74" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3899</v>
+        <v>3929</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
-[...2 lines deleted...]
-      <c r="J75" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J75" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3896</v>
+        <v>3923</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J76" s="0"/>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3893</v>
+        <v>3921</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3891</v>
+        <v>3911</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3889</v>
+        <v>3910</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t/>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3888</v>
+        <v>3908</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J80" s="0"/>
+          <t>Traktandiert für 26./27. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J80" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-01</t>
+        </is>
+      </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3887</v>
+        <v>3905</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2026-01-15</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N81" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3886</v>
+        <v>3896</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J82" s="0"/>
+      <c r="J82" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-10</t>
+        </is>
+      </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3885</v>
+        <v>3893</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3883</v>
+        <v>3891</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3880</v>
+        <v>3889</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
           <t>2025-03-27</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
           <t>2026-03-27</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3877</v>
+        <v>3888</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J86" s="0"/>
       <c r="K86" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3874</v>
+        <v>3887</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J87" s="0"/>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t/>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3872</v>
+        <v>3885</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3871</v>
+        <v>3883</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3870</v>
+        <v>3880</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J90" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3869</v>
+        <v>3877</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3867</v>
+        <v>3872</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J92" s="0"/>
+      <c r="J92" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Werner Thomas, Monney Esther</t>
+        </is>
+      </c>
+      <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3866</v>
+        <v>3869</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
-[...2 lines deleted...]
-      <c r="J93" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J93" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-02</t>
+        </is>
+      </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3864</v>
+        <v>3867</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J94" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J94" s="0"/>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
           <t>2025-01-28</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3861</v>
+        <v>3866</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="J95" s="0"/>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3859</v>
+        <v>3864</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3858</v>
+        <v>3861</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3855</v>
+        <v>3858</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
           <t>2026-01-30</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3844</v>
+        <v>3841</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3841</v>
+        <v>3827</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3835</v>
+        <v>3826</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Steuergesetzes - neuntes Revisionspaket</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J101" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J101" s="0" t="inlineStr">
+        <is>
+          <t>2028-12-18</t>
+        </is>
+      </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3834</v>
+        <v>3819</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über Standortentwicklung (GSE) - Umsetzung der OECD-Mindeststeuer</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J102" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J102" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3827</v>
+        <v>3816</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J103" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3826</v>
+        <v>3811</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3819</v>
+        <v>3808</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J105" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J105" s="0"/>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L105" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L105" s="0"/>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3816</v>
+        <v>3802</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3811</v>
+        <v>3799</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
+        </is>
+      </c>
+      <c r="J107" s="0"/>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3810</v>
+        <v>3792</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3808</v>
+        <v>3791</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J109" s="0"/>
+      <c r="J109" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-26</t>
+        </is>
+      </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L109" s="0"/>
+      <c r="L109" s="0" t="inlineStr">
+        <is>
+          <t>2024-08-29</t>
+        </is>
+      </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3802</v>
+        <v>3790</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J110" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J110" s="0"/>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3799</v>
+        <v>3785</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) Volksabstimmung am 30. November 2025Gewährleistung des Bundes pendent</t>
-[...2 lines deleted...]
-      <c r="J111" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J111" s="0" t="inlineStr">
+        <is>
+          <t>2028-02-20</t>
+        </is>
+      </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3792</v>
+        <v>3778</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3791</v>
+        <v>3770</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J113" s="0"/>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3790</v>
+        <v>3767</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3785</v>
+        <v>3765</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3778</v>
+        <v>3759</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3770</v>
+        <v>3758</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
-[...2 lines deleted...]
-      <c r="J117" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J117" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-29</t>
+        </is>
+      </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3767</v>
+        <v>3755</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J118" s="0"/>
+      <c r="J118" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3765</v>
+        <v>3743</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J119" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J119" s="0"/>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t/>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3759</v>
+        <v>3742</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J120" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J120" s="0"/>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3758</v>
+        <v>3736</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3755</v>
+        <v>3735</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
           <t>2025-10-30</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
           <t>2028-10-30</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3743</v>
+        <v>3734</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J123" s="0"/>
+      <c r="J123" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Röösli Patrick</t>
+        </is>
+      </c>
+      <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3742</v>
+        <v>3733</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J124" s="0"/>
+      <c r="J124" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+        </is>
+      </c>
+      <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3736</v>
+        <v>3732</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3735</v>
+        <v>3727</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3734</v>
+        <v>3726</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>3733</v>
+        <v>3725</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3732</v>
+        <v>3704</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3727</v>
+        <v>3685</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+        </is>
+      </c>
+      <c r="J130" s="0"/>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3726</v>
+        <v>3684</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3725</v>
+        <v>3683</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>2025-05-23</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3704</v>
+        <v>3680</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3700</v>
+        <v>3676</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3685</v>
+        <v>3667</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J135" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J135" s="0" t="inlineStr">
+        <is>
+          <t>2027-12-19</t>
+        </is>
+      </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3684</v>
+        <v>3656</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J136" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J136" s="0"/>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3683</v>
+        <v>3646</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3680</v>
+        <v>3628</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J138" s="0"/>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3676</v>
+        <v>3625</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t/>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3667</v>
+        <v>3621</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3656</v>
+        <v>3617</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J141" s="0"/>
+      <c r="J141" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3652</v>
+        <v>3616</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J142" s="0"/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+        </is>
+      </c>
+      <c r="J142" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+        </is>
+      </c>
+      <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3646</v>
+        <v>3613</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J143" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J143" s="0"/>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3628</v>
+        <v>3602</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t/>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J144" s="0"/>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J144" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-01</t>
+        </is>
+      </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3625</v>
+        <v>3595</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J145" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J145" s="0"/>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3621</v>
+        <v>3594</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J146" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J146" s="0"/>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3617</v>
+        <v>3592</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J147" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J147" s="0"/>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t/>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3616</v>
+        <v>3591</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t>Frist erstreckt bis 30. September 2025</t>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3613</v>
+        <v>3584</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J149" s="0"/>
+      <c r="J149" s="0" t="inlineStr">
+        <is>
+          <t>2027-09-26</t>
+        </is>
+      </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3602</v>
+        <v>3579</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3595</v>
+        <v>3574</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J151" s="0"/>
+      <c r="J151" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3594</v>
+        <v>3569</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3592</v>
+        <v>3562</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J153" s="0"/>
+      <c r="J153" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3591</v>
+        <v>3546</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3584</v>
+        <v>3544</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3579</v>
+        <v>3541</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J156" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3574</v>
+        <v>3535</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J157" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J157" s="0"/>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3569</v>
+        <v>3534</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3562</v>
+        <v>3533</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J159" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J159" s="0"/>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3546</v>
+        <v>3532</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J160" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3544</v>
+        <v>3525</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
           <t>2024-03-01</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J161" s="0" t="inlineStr">
         <is>
           <t>2027-03-01</t>
         </is>
       </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3541</v>
+        <v>3512</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J162" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J162" s="0"/>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t/>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3535</v>
+        <v>3507</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
         </is>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3534</v>
+        <v>3502</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J164" s="0"/>
+      <c r="J164" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3533</v>
+        <v>3495</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J165" s="0"/>
+      <c r="J165" s="0" t="inlineStr">
+        <is>
+          <t>2028-06-05</t>
+        </is>
+      </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3532</v>
+        <v>3488</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2027-02-28</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3525</v>
+        <v>3480</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J167" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J167" s="0"/>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2022-09-20</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t/>
         </is>
       </c>
       <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3512</v>
+        <v>3479</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
+</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3507</v>
+        <v>3471</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3502</v>
+        <v>3453</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J170" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J170" s="0"/>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t/>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3495</v>
+        <v>3443</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J171" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3488</v>
+        <v>3439</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J172" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J172" s="0"/>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3480</v>
+        <v>3433</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J173" s="0"/>
+      <c r="J173" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-14</t>
+        </is>
+      </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3479</v>
+        <v>3364</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
-</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J174" s="0"/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+        </is>
+      </c>
+      <c r="J174" s="0" t="inlineStr">
+        <is>
+          <t>2026-09-27</t>
+        </is>
+      </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2022-09-13</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3471</v>
+        <v>3354</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J175" s="0"/>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J175" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-28</t>
+        </is>
+      </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3453</v>
+        <v>3351</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J176" s="0"/>
+      <c r="J176" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2022-06-28</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3443</v>
+        <v>3350</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J177" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3439</v>
+        <v>3320</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J178" s="0"/>
+      <c r="J178" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3433</v>
+        <v>3286</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J179" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J179" s="0"/>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3421</v>
+        <v>3285</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J180" s="0"/>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t/>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3382</v>
+        <v>3283</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Felber Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3364</v>
+        <v>3281</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J182" s="0"/>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t/>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3354</v>
+        <v>3268</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3351</v>
+        <v>3262</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>2026-03-29</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3350</v>
+        <v>3260</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J185" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2021-12-16</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3345</v>
+        <v>3248</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J186" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2021-12-09</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3320</v>
+        <v>3227</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
+</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J187" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J187" s="0"/>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t/>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3286</v>
+        <v>3218</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3285</v>
+        <v>3208</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
+</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3283</v>
+        <v>3185</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J190" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J190" s="0"/>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3281</v>
+        <v>3165</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3273</v>
+        <v>3151</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J192" s="0"/>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2021-08-03</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3268</v>
+        <v>3148</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J193" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J193" s="0"/>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3262</v>
+        <v>3129</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J194" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J194" s="0"/>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t/>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3260</v>
+        <v>3102</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3248</v>
+        <v>2940</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J196" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J196" s="0"/>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3227</v>
+        <v>2897</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
-</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2021-04-13</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3218</v>
+        <v>2885</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3208</v>
+        <v>2855</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
-</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2021-03-09</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3185</v>
+        <v>2850</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2024-01-26</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2020-12-15</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3173</v>
+        <v>2766</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J201" s="0"/>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2020-11-13</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t/>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3165</v>
+        <v>2655</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2021-08-21</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2020-11-03</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3151</v>
+        <v>2640</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2020-10-27</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3148</v>
+        <v>2635</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2020-10-20</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3129</v>
+        <v>2501</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2021-06-05</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2020-08-18</t>
+          <t>2015-03-31</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3102</v>
+        <v>2336</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+        </is>
+      </c>
+      <c r="J206" s="0"/>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2020-05-12</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>2940</v>
+        <v>2310</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2019-02-19</t>
+          <t>2013-10-22</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>2897</v>
+        <v>2291</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2019-05-18</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2018-09-18</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>2885</v>
+        <v>2212</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2019-02-20</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L209" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L209" s="0"/>
       <c r="M209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>2855</v>
+        <v>2050</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L210" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L210" s="0"/>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>2850</v>
+        <v>2024</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2018-11-06</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L211" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L211" s="0"/>
       <c r="M211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>2766</v>
+        <v>1977</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2018-01-25</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L212" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L212" s="0"/>
       <c r="M212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>2655</v>
+        <v>1901</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2018-01-20</t>
+          <t>2010-09-30</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L213" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L213" s="0"/>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>2640</v>
+        <v>1775</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2017-03-30</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L214" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L214" s="0"/>
       <c r="M214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>2635</v>
+        <v>1693</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2017-03-10</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J215" s="0"/>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J215" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-30</t>
+        </is>
+      </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2016-06-07</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>2501</v>
+        <v>1646</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
+2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2016-04-09</t>
+          <t>2009-05-28</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L216" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L216" s="0"/>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>2336</v>
+        <v>1393</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2014-11-08</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L217" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L217" s="0"/>
       <c r="M217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N217" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>2310</v>
+        <v>1251</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2014-11-04</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L218" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L218" s="0"/>
       <c r="M218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>2291</v>
+        <v>1000</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2013-09-26</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="L219" s="0"/>
       <c r="M219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>2212</v>
+        <v>282</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2013-08-29</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J220" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
+        </is>
+      </c>
+      <c r="J220" s="0" t="inlineStr">
+        <is>
+          <t>2030-12-31</t>
+        </is>
+      </c>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L220" s="0"/>
+      <c r="L220" s="0" t="inlineStr">
+        <is>
+          <t>1995-08-07</t>
+        </is>
+      </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N220" s="0"/>
-    </row>
-[...653 lines deleted...]
-      <c r="N231" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>