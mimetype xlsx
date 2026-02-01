--- v0 (2025-12-04)
+++ v1 (2026-02-01)
@@ -62,82 +62,82 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N227" totalsRowShown="0">
-  <autoFilter ref="A1:N227"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N220" totalsRowShown="0">
+  <autoFilter ref="A1:N220"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N227"/>
+  <dimension ref="A1:N220"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="13" max="13" bestFit="true" customWidth="true" width="116.38988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
@@ -189,14627 +189,14149 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>3961</v>
+        <v>3507</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Budget 2026 und Finanzplan 2026–2029</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Schlussabstimmung</t>
+          <t/>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
-          <t>Kenntnisnahme der Finanzierungsprognose bis 2033 zu kantonalen Investionsprojekten.</t>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
         </is>
       </c>
       <c r="J2" s="0"/>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L2" s="0"/>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>2022-11-24</t>
+        </is>
+      </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>3507</v>
+        <v>3799</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
         </is>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>3799</v>
+        <v>4045</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über Wahlen und Abstimmungen: Genehmigung des Bundes pendent</t>
-[...2 lines deleted...]
-      <c r="J4" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J4" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>4016</v>
+        <v>4042</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2025-11-06</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>4011</v>
+        <v>4041</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>4008</v>
+        <v>4039</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>2026-11-26</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-10-24</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>4006</v>
+        <v>4037</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-10-14</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian</t>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3999</v>
+        <v>4033</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Zimmermann Gibson Tabea</t>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3993</v>
+        <v>4028</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>3989</v>
+        <v>4020</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3988</v>
+        <v>4016</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>3985</v>
+        <v>4011</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3974</v>
+        <v>4008</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>3972</v>
+        <v>4006</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>3971</v>
+        <v>3999</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3969</v>
+        <v>3993</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3966</v>
+        <v>3989</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3964</v>
+        <v>3988</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3963</v>
+        <v>3985</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3960</v>
+        <v>3974</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
           <t>2026-08-28</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3942</v>
+        <v>3972</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3938</v>
+        <v>3971</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3932</v>
+        <v>3969</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3930</v>
+        <v>3966</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3929</v>
+        <v>3964</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3924</v>
+        <v>3963</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3921</v>
+        <v>3960</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3910</v>
+        <v>3942</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3896</v>
+        <v>3938</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3893</v>
+        <v>3932</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3891</v>
+        <v>3930</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3885</v>
+        <v>3929</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3883</v>
+        <v>3921</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3880</v>
+        <v>3910</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3869</v>
+        <v>3896</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-04-10</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3859</v>
+        <v>3893</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3827</v>
+        <v>3891</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3826</v>
+        <v>3885</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3819</v>
+        <v>3883</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3810</v>
+        <v>3880</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-11-18</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3759</v>
+        <v>3869</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3755</v>
+        <v>3827</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J43" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t/>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3736</v>
+        <v>3826</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3735</v>
+        <v>3819</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3734</v>
+        <v>3759</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
           <t>2025-01-30</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
           <t>2028-01-30</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3727</v>
+        <v>3755</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3725</v>
+        <v>3736</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>2025-05-23</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3680</v>
+        <v>3735</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3676</v>
+        <v>3734</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
           <t>2025-01-30</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J50" s="0" t="inlineStr">
         <is>
           <t>2028-01-30</t>
         </is>
       </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3625</v>
+        <v>3727</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3621</v>
+        <v>3725</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3616</v>
+        <v>3680</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3602</v>
+        <v>3676</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
+          <t/>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3584</v>
+        <v>3625</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>2027-09-26</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3579</v>
+        <v>3621</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3574</v>
+        <v>3616</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3562</v>
+        <v>3602</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2026-12-01</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>Schweizer Emil, Monney Esther</t>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3546</v>
+        <v>3584</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>2027-07-04</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3532</v>
+        <v>3579</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>2027-03-21</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3502</v>
+        <v>3574</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3488</v>
+        <v>3562</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>2027-02-28</t>
+          <t>2027-05-23</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3443</v>
+        <v>3546</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3433</v>
+        <v>3532</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2027-03-21</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3421</v>
+        <v>3502</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3364</v>
+        <v>3488</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>2026-09-27</t>
+          <t>2027-02-28</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3354</v>
+        <v>3443</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3351</v>
+        <v>3433</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>2026-03-29</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3350</v>
+        <v>3364</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>2025-11-24</t>
+          <t>2026-09-27</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2021-12-16</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3345</v>
+        <v>3354</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
           <t>2026-06-28</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2021-12-09</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3320</v>
+        <v>3351</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2026-03-29</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3273</v>
+        <v>3350</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t>Nicht als erledigt abgeschrieben.</t>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2021-08-03</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3268</v>
+        <v>3320</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3262</v>
+        <v>3268</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
           <t>2022-11-10</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
           <t>2025-11-09</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t/>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3260</v>
+        <v>3262</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
           <t>2022-11-10</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
           <t>2025-11-09</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3102</v>
+        <v>3260</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J76" s="0" t="inlineStr">
         <is>
-          <t>2026-12-31</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2020-05-12</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3939</v>
+        <v>3102</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J77" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
+        </is>
+      </c>
+      <c r="J77" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-31</t>
+        </is>
+      </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>4015</v>
+        <v>3939</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J78" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J78" s="0"/>
       <c r="K78" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
+          <t>Staatswirtschaftskommission</t>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3998</v>
+        <v>4044</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>2026-10-30</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte, FDP, SVP</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3992</v>
+        <v>4030</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3990</v>
+        <v>4021</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J81" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3965</v>
+        <v>4015</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J82" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3953</v>
+        <v>3998</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3943</v>
+        <v>3990</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3941</v>
+        <v>3965</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
           <t>SVP</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3931</v>
+        <v>3953</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alexander Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J86" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3911</v>
+        <v>3943</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3908</v>
+        <v>3941</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>2026-05-01</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3889</v>
+        <v>3911</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3877</v>
+        <v>3908</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
+          <t>Traktandiert für 26./27. Februar 2026</t>
         </is>
       </c>
       <c r="J90" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-05-01</t>
         </is>
       </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3874</v>
+        <v>3889</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3872</v>
+        <v>3877</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3871</v>
+        <v>3872</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3870</v>
+        <v>3864</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
           <t>2026-02-20</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3864</v>
+        <v>3861</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3861</v>
+        <v>3858</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-01-30</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3858</v>
+        <v>3841</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3855</v>
+        <v>3816</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3844</v>
+        <v>3811</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend gesetzliche Frist für Bauanfragen</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3841</v>
+        <v>3802</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3816</v>
+        <v>3792</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3811</v>
+        <v>3791</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3802</v>
+        <v>3785</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J103" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2028-02-20</t>
         </is>
       </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-08-26</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3792</v>
+        <v>3778</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>2028-11-27</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Bieri Anna</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3791</v>
+        <v>3765</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J105" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3785</v>
+        <v>3758</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend gesetzliche Grundlage für einen Steuerrabatt im Kanton Zug</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>2028-02-20</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-08-26</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3778</v>
+        <v>3733</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J107" s="0" t="inlineStr">
         <is>
-          <t>2028-11-26</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3765</v>
+        <v>3732</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
-          <t>2028-10-30</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3758</v>
+        <v>3726</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3733</v>
+        <v>3704</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3732</v>
+        <v>3684</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J111" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3726</v>
+        <v>3683</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3704</v>
+        <v>3667</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
           <t>2024-12-19</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
           <t>2027-12-19</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3700</v>
+        <v>3646</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2028-04-10</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3684</v>
+        <v>3617</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3683</v>
+        <v>3544</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3667</v>
+        <v>3541</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3646</v>
+        <v>3525</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
-          <t>2028-04-10</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3617</v>
+        <v>3495</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2028-06-05</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3544</v>
+        <v>3283</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3541</v>
+        <v>3248</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3525</v>
+        <v>1693</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nicht als erledigt abgeschrieben</t>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2025-06-30</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t/>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3495</v>
+        <v>282</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2030-12-31</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3382</v>
+        <v>4034</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J124" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J124" s="0"/>
       <c r="K124" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Felber Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>3283</v>
+        <v>4014</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J125" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J125" s="0"/>
       <c r="K125" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>3248</v>
+        <v>3958</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J126" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J126" s="0"/>
       <c r="K126" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>3173</v>
+        <v>3957</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J127" s="0"/>
       <c r="K127" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>2020-11-13</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t/>
         </is>
       </c>
       <c r="N127" s="0"/>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>1693</v>
+        <v>3956</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J128" s="0"/>
       <c r="K128" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>2008-06-13</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>282</v>
+        <v>3950</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31. Dezember 2030</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J129" s="0"/>
       <c r="K129" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>1995-08-07</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>4009</v>
+        <v>3948</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage der ALG-Fraktion betreffend Umsetzung der ersten Etappe der Pflegeinitiative</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J130" s="0"/>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2025-10-25</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>4014</v>
+        <v>3923</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2025-11-04</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3958</v>
+        <v>3888</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3957</v>
+        <v>3866</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t/>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
         </is>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3956</v>
+        <v>3808</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="L134" s="0"/>
       <c r="M134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3950</v>
+        <v>3743</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3948</v>
+        <v>3742</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-11-14</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3923</v>
+        <v>3569</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 29. Januar 2026</t>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
         </is>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3899</v>
+        <v>3533</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 5. Januar 2026</t>
+          <t/>
         </is>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3888</v>
+        <v>3512</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3866</v>
+        <v>3480</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+          <t/>
         </is>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2022-09-20</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3808</v>
+        <v>3479</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
+</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L141" s="0"/>
+      <c r="L141" s="0" t="inlineStr">
+        <is>
+          <t>2022-09-13</t>
+        </is>
+      </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3743</v>
+        <v>3471</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N142" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3742</v>
+        <v>3453</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N143" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3569</v>
+        <v>3439</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3533</v>
+        <v>3286</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3512</v>
+        <v>3285</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3480</v>
+        <v>3165</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3479</v>
+        <v>3129</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
-</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2022-09-13</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3471</v>
+        <v>2897</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3453</v>
+        <v>2885</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2022-06-28</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3439</v>
+        <v>2855</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3286</v>
+        <v>2655</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3285</v>
+        <v>2501</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2015-03-31</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3165</v>
+        <v>2336</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2021-08-21</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2020-11-03</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3129</v>
+        <v>2310</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2021-06-05</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2020-08-18</t>
+          <t>2013-10-22</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>2897</v>
+        <v>2212</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2019-05-18</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L156" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L156" s="0"/>
       <c r="M156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>2885</v>
+        <v>2050</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2019-02-20</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L157" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L157" s="0"/>
       <c r="M157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>2855</v>
+        <v>1977</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L158" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L158" s="0"/>
       <c r="M158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>2655</v>
+        <v>1901</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2018-01-20</t>
+          <t>2010-09-30</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L159" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L159" s="0"/>
       <c r="M159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>2501</v>
+        <v>1646</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
+2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2016-04-09</t>
+          <t>2009-05-28</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L160" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L160" s="0"/>
       <c r="M160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>2336</v>
+        <v>1393</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2014-11-08</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L161" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L161" s="0"/>
       <c r="M161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N161" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>2310</v>
+        <v>4012</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2014-11-04</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2013-10-22</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>2212</v>
+        <v>3949</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2013-08-29</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L163" s="0"/>
+      <c r="L163" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-01</t>
+        </is>
+      </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>2050</v>
+        <v>3887</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2012-05-03</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L164" s="0"/>
+      <c r="L164" s="0" t="inlineStr">
+        <is>
+          <t>2025-02-25</t>
+        </is>
+      </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>1977</v>
+        <v>3867</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L165" s="0"/>
+      <c r="L165" s="0" t="inlineStr">
+        <is>
+          <t>2025-01-28</t>
+        </is>
+      </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>1901</v>
+        <v>3790</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2010-09-30</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L166" s="0"/>
+      <c r="L166" s="0" t="inlineStr">
+        <is>
+          <t>2024-08-27</t>
+        </is>
+      </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>1646</v>
+        <v>3767</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
-2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2009-05-28</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L167" s="0"/>
+      <c r="L167" s="0" t="inlineStr">
+        <is>
+          <t>2024-07-09</t>
+        </is>
+      </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>1393</v>
+        <v>3685</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham – Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2006-06-01</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
         </is>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L168" s="0"/>
+      <c r="L168" s="0" t="inlineStr">
+        <is>
+          <t>2024-02-27</t>
+        </is>
+      </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>4012</v>
+        <v>3656</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3949</v>
+        <v>3595</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2025-11-20</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3887</v>
+        <v>3594</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N171" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3886</v>
+        <v>3592</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am 11. Juli 2025Aufnahme in GS 2025/024; BGS  711.31 / 711.32Die Genehmigung des Bundes ist am 2. Dezember 2025 erfolgt.Link zu Richtplanung (Amt für Raum und Verkehr des Kantons Zug)</t>
+          <t/>
         </is>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N172" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3867</v>
+        <v>3535</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="N173" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3790</v>
+        <v>3534</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3767</v>
+        <v>3281</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3685</v>
+        <v>3227</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
+</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+          <t/>
         </is>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3656</v>
+        <v>3218</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3595</v>
+        <v>3208</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
+</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3594</v>
+        <v>3151</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3592</v>
+        <v>3148</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3535</v>
+        <v>2940</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3534</v>
+        <v>2850</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3281</v>
+        <v>2766</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3227</v>
+        <v>2640</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
-</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2021-04-13</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3218</v>
+        <v>2635</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3208</v>
+        <v>2291</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
-</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2021-03-09</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3151</v>
+        <v>2024</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L187" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L187" s="0"/>
       <c r="M187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3148</v>
+        <v>1251</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L188" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L188" s="0"/>
       <c r="M188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>2940</v>
+        <v>4046</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J189" s="0"/>
+      <c r="J189" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2019-02-19</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>2850</v>
+        <v>4043</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2018-11-06</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J190" s="0"/>
+      <c r="J190" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2018-03-20</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>2766</v>
+        <v>4038</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2018-01-25</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J191" s="0"/>
+      <c r="J191" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2017-07-11</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>2640</v>
+        <v>4036</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2017-03-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J192" s="0"/>
+      <c r="J192" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2016-06-21</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>2635</v>
+        <v>4035</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2017-03-10</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J193" s="0"/>
+      <c r="J193" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-29</t>
+        </is>
+      </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2016-06-07</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>2291</v>
+        <v>4029</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2013-09-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J194" s="0"/>
+      <c r="J194" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2013-09-10</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>2024</v>
+        <v>4027</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2011-07-07</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J195" s="0"/>
+      <c r="J195" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L195" s="0"/>
+      <c r="L195" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-27</t>
+        </is>
+      </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>1251</v>
+        <v>4026</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2005-02-24</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J196" s="0"/>
+      <c r="J196" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L196" s="0"/>
+      <c r="L196" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-27</t>
+        </is>
+      </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>4018</v>
+        <v>4025</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H197" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I197" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J197" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
+      <c r="K197" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L197" s="0" t="inlineStr">
+        <is>
           <t>2025-11-26</t>
         </is>
       </c>
-      <c r="H197" s="0" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>4013</v>
+        <v>4023</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
+          <t>2025-12-18</t>
+        </is>
+      </c>
+      <c r="H198" s="0" t="inlineStr">
+        <is>
+          <t>Überweisung an Regierungsrat</t>
+        </is>
+      </c>
+      <c r="I198" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J198" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
+      <c r="K198" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L198" s="0" t="inlineStr">
+        <is>
           <t>2025-11-26</t>
         </is>
       </c>
-      <c r="H198" s="0" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>4010</v>
+        <v>4022</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26./27. Februar 2026</t>
         </is>
       </c>
       <c r="J199" s="0" t="inlineStr">
         <is>
-          <t>2026-05-26</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>4003</v>
+        <v>4019</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>4001</v>
+        <v>4018</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2025-10-08</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>4000</v>
+        <v>4013</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
-          <t>2026-04-30</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3995</v>
+        <v>4010</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3987</v>
+        <v>4003</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J204" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t/>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3978</v>
+        <v>4001</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2025-11-25</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J205" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3977</v>
+        <v>4000</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J206" s="0" t="inlineStr">
         <is>
-          <t>2026-04-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3975</v>
+        <v>3995</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3968</v>
+        <v>3987</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J208" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3951</v>
+        <v>3968</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
           <t>2026-02-28</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3940</v>
+        <v>3591</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t>Frist erstreckt bis 30. September 2025</t>
         </is>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3936</v>
+        <v>3770</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3934</v>
+        <v>3996</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J212" s="0"/>
       <c r="K212" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t/>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3917</v>
+        <v>3994</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J213" s="0"/>
       <c r="K213" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3913</v>
+        <v>3980</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>2025-04-24</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3907</v>
+        <v>3905</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-01-15</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J215" s="0"/>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3591</v>
+        <v>3628</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 30. September 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J216" s="0"/>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3770</v>
+        <v>3613</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>3996</v>
+        <v>3185</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>3994</v>
+        <v>1775</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="L219" s="0"/>
       <c r="M219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>3980</v>
+        <v>1000</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
           <t>Gesetz</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="L220" s="0"/>
       <c r="M220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N220" s="0"/>
-    </row>
-[...428 lines deleted...]
-      <c r="N227" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>