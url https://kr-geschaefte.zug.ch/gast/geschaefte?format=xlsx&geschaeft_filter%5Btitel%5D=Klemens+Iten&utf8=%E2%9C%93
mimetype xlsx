--- v0 (2025-12-10)
+++ v1 (2026-02-05)
@@ -107,51 +107,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:N15"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="9.68988764044944"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="10.78988764044944"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="163.68988764044943"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="27.28988764044944"/>
-    <col min="9" max="9" bestFit="true" customWidth="true" width="10.78988764044944"/>
+    <col min="9" max="9" bestFit="true" customWidth="true" width="22.88988764044944"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="13" max="13" bestFit="true" customWidth="true" width="92.18988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
@@ -548,61 +548,61 @@
           <t>Motion</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
           <t>2026-01-30</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
           <t>2025-01-14</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
           <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">