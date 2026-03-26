--- v1 (2026-02-05)
+++ v2 (2026-03-26)
@@ -62,96 +62,96 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N15" totalsRowShown="0">
-  <autoFilter ref="A1:N15"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N16" totalsRowShown="0">
+  <autoFilter ref="A1:N16"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:N16"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
-    <col min="2" max="2" bestFit="true" customWidth="true" width="9.68988764044944"/>
+    <col min="2" max="2" bestFit="true" customWidth="true" width="12.989887640449439"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="10.78988764044944"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="163.68988764044943"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="27.28988764044944"/>
-    <col min="9" max="9" bestFit="true" customWidth="true" width="22.88988764044944"/>
+    <col min="9" max="9" bestFit="true" customWidth="true" width="38.289887640449436"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="13" max="13" bestFit="true" customWidth="true" width="92.18988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
@@ -189,990 +189,1060 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>3966</v>
+        <v>4071</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Kleine Anfrage von Tabea Estermann und Klemens Iten betreffend Beteiligung des Kantons Zug an den Olympischen Winterspielen 2038</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-03-24</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Antwort des Regierungsrats</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2026-02-27</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
-[...2 lines deleted...]
-      <c r="N2" s="0"/>
+          <t>Estermann Tabea, Iten Klemens</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>3953</v>
+        <v>3966</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
           <t>2025-08-28</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
           <t>2026-08-28</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>3943</v>
+        <v>3953</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>3910</v>
+        <v>3943</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>3893</v>
+        <v>3910</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t/>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>3858</v>
+        <v>3893</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2026-01-29</t>
+          <t>2026-03-24</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26. Februar 2026</t>
+          <t>Traktandiert für 30. April 2026</t>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>3846</v>
+        <v>3858</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>abgeschlossen</t>
+          <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Motion von Julia Küng, Klemens Iten, Simon Leuenberger, Ronahi Yener und Katharina Jans betreffend Schaffung eines öffentlich-rechtlichen Jugendparlaments im Kanton Zug</t>
+          <t>Postulat von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug (Motion umgewandelt in ein Postulat)</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t>Nicht-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2029-02-26</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2024-12-03</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Iten Klemens, Leuenberger Simon, Yener Ronahi, Jans Katharina</t>
-[...6 lines deleted...]
-      </c>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+        </is>
+      </c>
+      <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3804</v>
+        <v>3846</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>abgeschlossen</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Mirjam Arnold, Klemens Iten, Christian Hegglin und Carina Brüngger betreffend Anspruch auf Prämienverbilligung automatisch prüfen und Beiträge direkt ausbezahlen</t>
+          <t>Motion von Julia Küng, Klemens Iten, Simon Leuenberger, Ronahi Yener und Katharina Jans betreffend Schaffung eines öffentlich-rechtlichen Jugendparlaments im Kanton Zug</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>Nicht-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-12-03</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Arnold Mirjam, Iten Klemens, Hegglin Christian, Brüngger Carina</t>
+          <t>Küng Julia, Iten Klemens, Leuenberger Simon, Yener Ronahi, Jans Katharina</t>
         </is>
       </c>
       <c r="N9" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-11-27</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3726</v>
+        <v>3804</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>hängig</t>
+          <t>abgeschlossen</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Motion von Andreas Lustenberger, Mirjam Arnold, Klemens Iten, Christian Hegglin und Carina Brüngger betreffend Anspruch auf Prämienverbilligung automatisch prüfen und Beiträge direkt ausbezahlen</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Nicht-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2025-09-26</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
-[...2 lines deleted...]
-      <c r="N10" s="0"/>
+          <t>Lustenberger Andreas, Arnold Mirjam, Iten Klemens, Hegglin Christian, Brüngger Carina</t>
+        </is>
+      </c>
+      <c r="N10" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-26</t>
+        </is>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>3692</v>
+        <v>3726</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>abgeschlossen</t>
+          <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Fabienne Michel und Ronahi Yener betreffend Einreichung einer Standesinitiative zur gesicherten Teilnahme der Schweiz an Erasmus+</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Nicht-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>2025-03-21</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2024-03-04</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Michel Fabienne, Yener Ronahi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+        </is>
+      </c>
+      <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3670</v>
+        <v>3692</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>abgeschlossen</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf, Barbara Gysel und Klemens Iten betreffend die Verwendung und Priorisierung der Mehreinnahmen aufgrund der OECD-Mindeststeuer</t>
+          <t>Motion von Luzian Franzini, Klemens Iten, Fabienne Michel und Ronahi Yener betreffend Einreichung einer Standesinitiative zur gesicherten Teilnahme der Schweiz an Erasmus+</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>Kenntnisnahme</t>
+          <t>Nicht-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-03-21</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2024-01-31</t>
+          <t>2024-03-04</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Gysel Barbara, Iten Klemens</t>
+          <t>Franzini Luzian, Iten Klemens, Michel Fabienne, Yener Ronahi</t>
         </is>
       </c>
       <c r="N12" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-02-20</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>3624</v>
+        <v>3670</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>abgeschlossen</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Luzian Franzini, Eva Maurenbrecher, Michèle Schuler, Heinz Achermann, Fabienne Michel, Klemens Iten und Tabea Zimmermann Gibson betreffend Erhöhung der Trägerrestfinanzierung der FHZ um 0.5% </t>
+          <t>Interpellation von Etienne Schumpf, Barbara Gysel und Klemens Iten betreffend die Verwendung und Priorisierung der Mehreinnahmen aufgrund der OECD-Mindeststeuer</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>Erledigterklärung</t>
+          <t>Kenntnisnahme</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>2027-03-01</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2024-01-31</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Maurenbrecher Eva, Schmid Michèle, Achermann Heinz, Michel Fabienne, Iten Klemens, Zimmermann Gibson Tabea</t>
+          <t>Schumpf Etienne, Gysel Barbara, Iten Klemens</t>
         </is>
       </c>
       <c r="N13" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-08-28</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3617</v>
+        <v>3624</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>hängig</t>
+          <t>abgeschlossen</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Postulat von Luzian Franzini, Eva Maurenbrecher, Michèle Schuler, Heinz Achermann, Fabienne Michel, Klemens Iten und Tabea Zimmermann Gibson betreffend Erhöhung der Trägerrestfinanzierung der FHZ um 0.5% </t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Erledigterklärung</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
-[...2 lines deleted...]
-      <c r="N14" s="0"/>
+          <t>Franzini Luzian, Maurenbrecher Eva, Schmid Michèle, Achermann Heinz, Michel Fabienne, Iten Klemens, Zimmermann Gibson Tabea</t>
+        </is>
+      </c>
+      <c r="N14" s="0" t="inlineStr">
+        <is>
+          <t>2025-07-03</t>
+        </is>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
+        <v>3617</v>
+      </c>
+      <c r="B15" s="0" t="inlineStr">
+        <is>
+          <t>Motion</t>
+        </is>
+      </c>
+      <c r="C15" s="0" t="inlineStr">
+        <is>
+          <t>hängig</t>
+        </is>
+      </c>
+      <c r="D15" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E15" s="0" t="inlineStr">
+        <is>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+        </is>
+      </c>
+      <c r="F15" s="0" t="inlineStr">
+        <is>
+          <t>Baudirektion</t>
+        </is>
+      </c>
+      <c r="G15" s="0" t="inlineStr">
+        <is>
+          <t>2025-01-30</t>
+        </is>
+      </c>
+      <c r="H15" s="0" t="inlineStr">
+        <is>
+          <t>Erheblicherklärung</t>
+        </is>
+      </c>
+      <c r="I15" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J15" s="0" t="inlineStr">
+        <is>
+          <t>2028-01-30</t>
+        </is>
+      </c>
+      <c r="K15" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L15" s="0" t="inlineStr">
+        <is>
+          <t>2023-09-12</t>
+        </is>
+      </c>
+      <c r="M15" s="0" t="inlineStr">
+        <is>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+        </is>
+      </c>
+      <c r="N15" s="0"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="n">
         <v>3562</v>
       </c>
-      <c r="B15" s="0" t="inlineStr">
+      <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
-      <c r="C15" s="0" t="inlineStr">
+      <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
-      <c r="D15" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E15" s="0" t="inlineStr">
+      <c r="D16" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E16" s="0" t="inlineStr">
         <is>
           <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
-      <c r="F15" s="0" t="inlineStr">
+      <c r="F16" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
-      <c r="G15" s="0" t="inlineStr">
+      <c r="G16" s="0" t="inlineStr">
         <is>
           <t>2024-05-23</t>
         </is>
       </c>
-      <c r="H15" s="0" t="inlineStr">
+      <c r="H16" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
-      <c r="I15" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J15" s="0" t="inlineStr">
+      <c r="I16" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J16" s="0" t="inlineStr">
         <is>
           <t>2027-05-23</t>
         </is>
       </c>
-      <c r="K15" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L15" s="0" t="inlineStr">
+      <c r="K16" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L16" s="0" t="inlineStr">
         <is>
           <t>2023-04-18</t>
         </is>
       </c>
-      <c r="M15" s="0" t="inlineStr">
+      <c r="M16" s="0" t="inlineStr">
         <is>
           <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
-      <c r="N15" s="0"/>
+      <c r="N16" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>