--- v0 (2025-12-09)
+++ v1 (2026-02-05)
@@ -107,51 +107,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:N28"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="12.989887640449439"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="10.78988764044944"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="114.18988764044944"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="22.88988764044944"/>
-    <col min="9" max="9" bestFit="true" customWidth="true" width="27.28988764044944"/>
+    <col min="9" max="9" bestFit="true" customWidth="true" width="10.78988764044944"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="13" max="13" bestFit="true" customWidth="true" width="14.08988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
@@ -218,250 +218,266 @@
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-12-01</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J2" s="0"/>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
           <t>GLP</t>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
         <v>4028</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J3" s="0"/>
+      <c r="J3" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
           <t>2025-11-28</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
           <t>GLP</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
         <v>4027</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
           <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J4" s="0"/>
+      <c r="J4" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
           <t>2025-11-27</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
           <t>GLP</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
         <v>4025</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-11-26</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Einreichung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J5" s="0"/>
+      <c r="J5" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
           <t>2025-11-26</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
           <t>GLP</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
         <v>4008</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
@@ -952,66 +968,66 @@
           <t>Postulat</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
           <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-11-27</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 18. Dezember 2025 </t>
+          <t/>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
           <t>2024-10-13</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
           <t>GLP</t>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
         <v>3824</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>