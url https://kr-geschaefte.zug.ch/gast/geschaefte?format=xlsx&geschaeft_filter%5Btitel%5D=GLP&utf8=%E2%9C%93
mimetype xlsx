--- v1 (2026-02-05)
+++ v2 (2026-03-26)
@@ -107,51 +107,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:N28"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="12.989887640449439"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="10.78988764044944"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="114.18988764044944"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="22.88988764044944"/>
-    <col min="9" max="9" bestFit="true" customWidth="true" width="10.78988764044944"/>
+    <col min="9" max="9" bestFit="true" customWidth="true" width="21.789887640449443"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="13" max="13" bestFit="true" customWidth="true" width="14.08988764044944"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
@@ -416,61 +416,61 @@
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-12-18</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
           <t>2026-06-18</t>
         </is>
       </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
           <t>2025-11-26</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
           <t>GLP</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">