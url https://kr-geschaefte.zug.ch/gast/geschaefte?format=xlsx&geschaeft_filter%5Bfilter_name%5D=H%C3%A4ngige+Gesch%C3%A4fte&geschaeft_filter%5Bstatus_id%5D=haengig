--- v0 (2025-10-18)
+++ v1 (2026-02-23)
@@ -62,100 +62,100 @@
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N249" totalsRowShown="0">
-  <autoFilter ref="A1:N249"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:N237" totalsRowShown="0">
+  <autoFilter ref="A1:N237"/>
   <tableColumns count="14">
     <tableColumn id="1" name="Geschäft-Nr."/>
     <tableColumn id="2" name="Geschäftsart"/>
     <tableColumn id="3" name="Status"/>
     <tableColumn id="4" name="Grad"/>
     <tableColumn id="5" name="Titel"/>
     <tableColumn id="6" name="Zuständig"/>
     <tableColumn id="7" name="Verfahrensstand Datum"/>
     <tableColumn id="8" name="Verfahrensstand"/>
     <tableColumn id="9" name="Bemerkung"/>
     <tableColumn id="10" name="Frist"/>
     <tableColumn id="11" name="Kommissionen"/>
     <tableColumn id="12" name="Eingereicht am"/>
     <tableColumn id="13" name="Eingereicht von"/>
     <tableColumn id="14" name="Abgeschlossen am"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0" name="TableStyleMedium9"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../tables/table1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Id="rId1"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N249"/>
+  <dimension ref="A1:N237"/>
   <sheetViews>
     <sheetView windowProtection="false" tabSelected="false" showWhiteSpace="false" showOutlineSymbols="false" showFormulas="false" rightToLeft="false" showZeros="true" showRuler="true" showRowColHeaders="true" showGridLines="true" defaultGridColor="true" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="29.489887640449442"/>
     <col min="3" max="3" bestFit="true" customWidth="true" width="8.589887640449438"/>
     <col min="4" max="4" bestFit="true" customWidth="true" width="5.289887640449439"/>
     <col min="5" max="5" bestFit="true" customWidth="true" width="312.18988764044946"/>
     <col min="6" max="6" bestFit="true" customWidth="true" width="25.08988764044944"/>
     <col min="7" max="7" bestFit="true" customWidth="true" width="15.18988764044944"/>
     <col min="8" max="8" bestFit="true" customWidth="true" width="33.889887640449444"/>
     <col min="9" max="9" bestFit="true" customWidth="true" width="350.68988764044946"/>
     <col min="10" max="10" bestFit="true" customWidth="true" width="11.88988764044944"/>
     <col min="11" max="11" bestFit="true" customWidth="true" width="31.68988764044944"/>
     <col min="12" max="12" bestFit="true" customWidth="true" width="11.88988764044944"/>
-    <col min="13" max="13" bestFit="true" customWidth="true" width="216.48988764044944"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" width="120.78988764044945"/>
     <col min="14" max="14" bestFit="true" customWidth="true" width="14.08988764044944"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Geschäft-Nr.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Geschäftsart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Grad</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
@@ -189,8209 +189,8184 @@
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
           <t>Kommissionen</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht am</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Eingereicht von</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Abgeschlossen am</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>3996</v>
+        <v>4063</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Absage Nachtreffen Jugendpolittag</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-11</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J2" s="0"/>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-11</t>
+        </is>
+      </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
-          <t>Kommission Gesundheit und Soziales</t>
+          <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16</t>
+          <t>2026-02-11</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N2" s="0"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>3995</v>
+        <v>4062</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
+          <t>Interpellation der SP-Fraktion betreffend Hertizentrum 2-5</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J3" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J3" s="0"/>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-09-10</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>3994</v>
+        <v>4061</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
+          <t>Berichts-Motion der Fraktion Die Mitte betreffend Regelung für den Heimfall von Energiekraftwerken an den Kanton Zug – Umsetzung der Eigenversorgung gemäss Energiegesetz</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Publikationsgesetz, 3994</t>
+          <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-09-09</t>
+          <t>2026-02-10</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>3993</v>
+        <v>4060</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
+          <t>Motion von Alexander Haslimann betreffend befristete Überbrückungsmassnahmen des Kantons Zug bei bundesbedingten Verzögerungen der Auszahlung von Arbeitslosengeldern</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J5" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J5" s="0"/>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>3992</v>
+        <v>4059</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini und Ronahi Yener betreffend tiefere Krankenkassenprämien, auch mit EFAS</t>
+          <t>Interpellation der SP-Fraktion betreffend Auswirkungen bei einer allfälligen Annahme der SVP-Initiative «Keine 10-Millionen-Schweiz! (Nachhaltigkeits-Initiative)» auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J6" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J6" s="0"/>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-09-08</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Yener Ronahi</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>3991</v>
+        <v>4058</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Tabea Estermann und Reto Vogel betreffend Begrünung und Bäume rund um das Theilerhaus</t>
+          <t>Kleine Anfrage von Anne Hänel, Erich Grob, Fabienne Michel, Jill Nussbaumer, Michèle Schmid und Hans Jörg Villiger betreffend Umsetzung Autoarmes Zentrum Cham (AAZ)</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2026-02-07</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>2025-10-05</t>
+          <t>2026-03-07</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2026-02-07</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Vogel Reto</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hänel Anne, Grob Erich, Michel Fabienne, Nussbaumer Jill, Schmid Michèle, Villiger Hans Jörg</t>
+        </is>
+      </c>
+      <c r="N7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>3990</v>
+        <v>4057</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
+          <t>Interpellation von Philip C. Brunner und Oliver Wandfluh betreffend «Stopp dem Vorstoss-Wildwuchs» - Mehr Übersicht, Klarheit und Effizienz in der Zuger Wohn- und Baupolitik!</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J8" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J8" s="0"/>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2026-02-09</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Brunner Philip C., Wandfluh Oliver</t>
         </is>
       </c>
       <c r="N8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>3989</v>
+        <v>4056</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
+          <t>Kleine Anfrage von Michael Arnold betreffend Umsetzung Gesetz über Standortentwicklung</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-06</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>2026-10-02</t>
+          <t>2026-03-06</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2026-02-06</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Balmer Kurt</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>3988</v>
+        <v>4055</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
+          <t>Interpellation von Philip C. Brunner und neun Mitunterzeichnenden betreffend Sicherheit statt Unterwerfung – zieht der Kanton Zug beim «Tessiner Modell» zur Überprüfung straffälliger Zuwanderer nach?</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-03</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J10" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J10" s="0"/>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-09-03</t>
+          <t>2026-02-03</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t>Brunner Philip C., Ehrbar Alessandro, Haslimann Alexander, Illi Jeffrey, Küng Hans, Nussbaumer Karl, Villiger Hans Jörg, Wandfluh Oliver, Wenzin Widmer Brigitte, Werner Thomas</t>
         </is>
       </c>
       <c r="N10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>3987</v>
+        <v>4054</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
+          <t>Motion der SVP-Fraktion betreffend Zug soll sicherster Kanton der Schweiz werden</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J11" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J11" s="0"/>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-09-02</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>3986</v>
+        <v>4053</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Emil Schweizer betreffend die Wirksamkeit, den Aufwand und die Auswirkungen der Stellenmeldepflicht («Inländervorrang light») im Kanton Zug</t>
+          <t>Kleine Anfrage von Gregor Bruhin und Alessandro Ehrbar betreffend Einsatz des neuen Lehrmittels «Wie sicher sind wir?» zur Vermittlung von Armee- und Sicherheitswissen an Schulen im Kanton Zug</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J12" s="0"/>
+      <c r="J12" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-02</t>
+        </is>
+      </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2026-02-02</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bruhin Gregor, Ehrbar Alessandro</t>
+        </is>
+      </c>
+      <c r="N12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>3985</v>
+        <v>4052</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
+          <t>Interpellation der SP-Fraktion betreffend die Frage: Ist die Pensionskasse Zug eine soziale Vermieterin?</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-01</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J13" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J13" s="0"/>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2026-02-01</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>3984</v>
+        <v>4051</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Kleine Anfrage von Etienne Schumpf und Jill Nussbaumer betreffend Stand und weitere Schritte zur Umsetzung der wohnraumpolitischen Strategie</t>
+          <t>Motion von Mirjam Arnold, Thomas Gwerder, Hans Küng, Michael Riboni, Adrian Rogger, Barbara Schmid-Häseli und Oliver Wandfluh betreffend Kostenübernahme für medizinische Notfälle für Personen ohne Wohnsitz in der Schweiz</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
-          <t>Antwort des Regierungsrats</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J14" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J14" s="0"/>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Nussbaumer Jill</t>
-[...6 lines deleted...]
-      </c>
+          <t>Arnold Mirjam, Gwerder Thomas , Küng Hans, Riboni Michael, Rogger Adrian, Schmid-Häseli Barbara, Wandfluh Oliver</t>
+        </is>
+      </c>
+      <c r="N14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>3982</v>
+        <v>4050</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>Wahlen</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Feststellung der Gültigkeit der Wahl von Andreas Hausheer als Mitglied des Regierungsrats für den Rest der Amtsperiode 2023–2026</t>
+          <t>Motion der SVP-Fraktion betreffend gemeinnützige Arbeitseinsätze für Asylsuchende und vorläufig Aufgenommene im Kanton Zug</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>Wahl: Feststellung Gültigkeit</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung der Wahl von Andreas Hausheer, Steinhausen</t>
+          <t/>
         </is>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>3980</v>
+        <v>4049</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kleine Anfrage</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
+          <t>Kleine Anfrage der ALG-Fraktion betreffend Auswirkungen der kantonalen Übernahme von 99 % der stationären Spitalkosten auf Notfallbehandlungen im Ausland</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-26</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J16" s="0"/>
+      <c r="J16" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-26</t>
+        </is>
+      </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
+          <t/>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>2025-08-19</t>
+          <t>2026-01-26</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>3978</v>
+        <v>4048</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Etienne Schumpf und Flurin Grond betreffend braucht der Regierungsrat bald eine Banklizenz?</t>
+          <t>Interpellation der ALG-Fraktion betreffend Anpassung des Unterrichtsbeginns für Jugendliche</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-23</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J17" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J17" s="0"/>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>2025-08-18</t>
+          <t>2026-01-23</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>Schumpf Etienne, Grond Flurin</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>3977</v>
+        <v>4047</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Nord Stream: Wie steht der Regierungsrat zur Wiederinbetriebnahme?</t>
+          <t>Postulat der FDP-Fraktion betreffend Sicherung des Gewerbestandorts durch zeitgemässe Regelungen für betriebseigenen Wohnraum in Arbeitszonen</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-14</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Einreichung</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J18" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J18" s="0"/>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2026-01-14</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>3975</v>
+        <v>4046</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Lotteriegelder für die Atomkraft-Lobby</t>
+          <t>Interpellation der ALG-Fraktion betreffend Zuger Immobiliengesellschaften und problematische Mietverhältnisse ausserhalb des Kantons</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>2025-08-12</t>
+          <t>2026-01-13</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>3974</v>
+        <v>4045</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
+          <t>Postulat von Jill Nussbaumer und Tabea Estermann betreffend schneller, näher, digital: Online-Polizeiposten der Zuger Kantonspolizei mit Videokonferenz</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>2025-08-11</t>
+          <t>2026-01-12</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Nussbaumer Jill, Estermann Tabea</t>
         </is>
       </c>
       <c r="N20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>3972</v>
+        <v>4044</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
+          <t>Motion der Fraktion Die Mitte betreffend mehr Wohnungsraum für einheimische Zugerinnen und Zuger</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2026-01-10</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
           <t>Die Mitte</t>
         </is>
       </c>
       <c r="N21" s="0"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>3971</v>
+        <v>4043</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
+          <t>Interpellation der SP-Fraktion betreffend psychische Gesundheit und Prävention im Asylbereich des Kantons Zug </t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>2025-08-09</t>
+          <t>2026-01-08</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>3969</v>
+        <v>4042</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
+          <t>Postulat von Jost Arnold, Michael Arnold, Rainer Leemann, Karl Bürgler und Tom Magnusson betreffend «Jede Wohnung zählt»</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>2025-08-08</t>
+          <t>2025-12-23</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael</t>
+          <t>Arnold Jost, Arnold Michael, Leemann Rainer, Bürgler Karl, Magnusson Tom</t>
         </is>
       </c>
       <c r="N23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>3968</v>
+        <v>4041</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
+          <t>Postulat von Joëlle Gautier und Kurt Balmer betreffend zeitgemässe und kundenfreundliche Website</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
+          <t>Gautier Joëlle, Balmer Kurt</t>
         </is>
       </c>
       <c r="N24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>3967</v>
+        <v>4039</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SP-Fraktion betreffend TARDOC – die Quittung zahlen die Frauen</t>
+          <t>Postulat der FDP-Fraktion betreffend Erschliessung von Raumreserven über Gleisfeldern als Massnahme gegen den Wohnungsmangel</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-12-19</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>3966</v>
+        <v>4038</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
+          <t>Interpellation der ALG-Fraktion betreffend Kinder und Jugendliche im Asylbereich</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>3965</v>
+        <v>4037</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
+          <t>Postulat von Beni Wattenhofer, Alex Haslimann, Joëlle Gautier, Urs Andermatt und Beat Iten betreffend den Aufbau eines KI-Assistenten für öffentliche Dokumente</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2027-01-29</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Wattenhofer Beni, Haslimann Alexander, Gautier Joëlle, Andermatt Urs, Iten Beat</t>
         </is>
       </c>
       <c r="N27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>3964</v>
+        <v>4036</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
+          <t>Interpellation der SVP-Fraktion betreffend Auswirkungen einer Ablehnung der Nachhaltigkeits-Initiative (Keine 10-Millionen-Schweiz!) auf den Kanton Zug</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>2025-07-23</t>
+          <t>2025-12-16</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>3963</v>
+        <v>4035</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
+          <t>Interpellation von Alexander Haslimann betreffend Strukturen, Prozesse und Sanktionspraxis des RAV Zug – Transparenz über die juristische Organisation und deren Einfluss auf Stellensuchende</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-07-29</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>2025-07-17</t>
+          <t>2025-12-12</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>Rogger Adrian</t>
+          <t>Haslimann Alexander</t>
         </is>
       </c>
       <c r="N29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>3962</v>
+        <v>4034</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Genehmigung der Änderung der Geschäftsordnung des Verwaltungsgerichts (GO VG)</t>
+          <t>Kantonsratsbeschluss über die Voraussetzungen eines Steuerrabatts</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>Verwaltungsgericht</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission erweitert</t>
+          <t>ad-hoc-Steuerrabatt, 4034</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>2025-07-14</t>
+          <t>2025-12-09</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>3961</v>
+        <v>4033</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Budget 2026 und Finanzplan 2026–2029</t>
+          <t>Postulat von Jean Luc Mösch betreffend Reduktion der Patentkosten für Freizeitangler sowie gesonderte Regelung für Berufsfischer infolge der PFAS-Belastung im Zugersee</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>Direktüberweisung an die erweiterte Staatswirtschaftskommission (§ 17 GO KR).</t>
-[...2 lines deleted...]
-      <c r="J31" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J31" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-29</t>
+        </is>
+      </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskom. erweitert</t>
-[...2 lines deleted...]
-      <c r="L31" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="L31" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09</t>
+        </is>
+      </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>3960</v>
+        <v>4030</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
+          <t>Motion der SVP-Fraktion betreffend Vereinfachung des digitalen Zugangs für den Kantonsrat</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>2025-07-13</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>3958</v>
+        <v>4029</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
+          <t>Interpellation der GLP-Fraktion betreffend Abhängigkeit der Spitäler und Betreuungseinrichtungen im Kanton Zug von Fachkräften und Produkten aus dem EU-Raum</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J33" s="0"/>
+      <c r="J33" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ISZL, 3958</t>
+          <t/>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N33" s="0"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>3957</v>
+        <v>4028</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
+          <t>Postulat der GLP-Fraktion betreffend unnötige Baueinsprachen vermeiden</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J34" s="0"/>
+      <c r="J34" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>3956</v>
+        <v>4027</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
+          <t>Interpellation der GLP-Fraktion betreffend Verbesserung der Wiederverwertbarkeit bei der ZEBA</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J35" s="0"/>
+      <c r="J35" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Cybersicherheit, 3957+3956</t>
+          <t/>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>2025-07-08</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>3953</v>
+        <v>4026</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
+          <t>Interpellation der ALG-Fraktion betreffend Verhältnis von Wohnraum zu Büroflächen im Kanton Zug</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>2026-08-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>3951</v>
+        <v>4025</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend Beteiligung Zuger Unternehmen am Tiefseebergbau und deren Auswirkungen</t>
+          <t>Interpellation der GLP-Fraktion betreffend die Frage: Wie digital und zukunftsfähig sind die Zuger Notariate?</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
-          <t>2026-02-28</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>3950</v>
+        <v>4023</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
+          <t>Interpellation der ALG-Fraktion betreffend Wohnungs- und Obdachlosigkeit im Kanton Zug</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J38" s="0"/>
+      <c r="J38" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>3949</v>
+        <v>4022</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 – Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
+          <t>Interpellation der ALG-Fraktion betreffend Lieferungen von Zuger Elektronikkomponenten für russische Drohnen und Raketen</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J39" s="0"/>
+          <t>Traktandiert für 26./27. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J39" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18</t>
+        </is>
+      </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
-          <t>Kommission Raum Umwelt Verkehr</t>
+          <t/>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-11-24</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>3948</v>
+        <v>4021</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
+          <t>Motion von Tabea Zimmermann, Jean Luc Mösch, Luzian Franzini und Adrian Rogger betreffend PFAS-Aktionsplan</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J40" s="0"/>
+      <c r="J40" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-18</t>
+        </is>
+      </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc Darlehen ZVB, 3948</t>
+          <t/>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>2025-07-01</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Zimmermann Gibson Tabea, Mösch Jean Luc, Franzini Luzian, Rogger Adrian</t>
         </is>
       </c>
       <c r="N40" s="0"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>3947</v>
+        <v>4020</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Andreas Lustenberger, Carina Brüngger und Hans Jörg Villiger betreffend Kürzungen bei J+S durch kantonale Beiträge auffangen</t>
+          <t>Postulat der FDP-Fraktion betreffend Lärmschutz und Geschwindigkeitsregime</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>2025-10-27</t>
+          <t>2026-12-18</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>2025-06-24</t>
+          <t>2025-11-17</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Brüngger Carina, Villiger Hans Jörg</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>3943</v>
+        <v>4019</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
+          <t>Interpellation von Simon Leuenberger betreffend Erklärvideos des Kantons bei kantonalen Urnengängen (Wahlen und Abstimmungen)</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-06-18</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-11-12</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>3942</v>
+        <v>4018</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
+          <t>Interpellation von Luzian Franzini, Anne Hänel und Martin Affentranger bezüglich Förderung des Bauens im Bestand</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J43" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-11-11</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
+          <t>Franzini Luzian, Hänel Anne, Affentranger Martin </t>
         </is>
       </c>
       <c r="N43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>3941</v>
+        <v>4016</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Martin Hausheer, Heinz Achermann und Thomas Meierhans betreffend Fahrverbot für Velos, Mofas und gleichgestellte Fahrzeuge auf Kantonsstrassen mit parallel verlaufenden, ausgebauten Radwegen</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-11-06</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Hausheer Martin, Achermann Heinz, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>3940</v>
+        <v>4015</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der SVP-Fraktion betreffend Umsetzung und Überprüfung des Inländervorrangs im Kanton Zug</t>
+          <t>Motion von Jean Luc Mösch, Erich Grob und Manuela Käch betreffend Anpassung der kantonalen und kommunalen Strassenplanung an die unterschiedlichen Nutzerbedürfnisse und Sicherstellung normgerechter und situativer Fahr- und Gehwegbreiten</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Mösch Jean Luc, Grob Erich, Käch Manuela</t>
         </is>
       </c>
       <c r="N45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>3939</v>
+        <v>4014</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>PUK (Parlamentarische Untersuchungskommission)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für den Bau und den Landerwerb für das Projekt «Reussdammsanierung, Reusshalde-Sinserbrücke, Gemeinde Hünenberg»</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="inlineStr">
         <is>
-          <t>PUK-Parl. Untersuchungskomm.,3939</t>
+          <t/>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>2025-06-16</t>
+          <t>2025-11-04</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>Staatswirtschaftskommission</t>
+          <t/>
         </is>
       </c>
       <c r="N46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>3938</v>
+        <v>4013</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
+          <t>Interpellation der SP-Fraktion betreffend ME/CFS und Long Covid: Was macht der Kanton Zug?</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>2025-06-13</t>
+          <t>2025-11-02</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>3936</v>
+        <v>4012</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Patrick Iten, Alexander Haslimann und Jean Luc Mösch betreffend zeitgerechte Strukturierung vom Verein für Arbeitsmarktmassnahmen (VAM)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS J, Lorze-Steinhauserstrasse, Gemeinde Baar/Zug»</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J48" s="0"/>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>2025-06-11</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Haslimann Alexander, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>3934</v>
+        <v>4011</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Urs Andermatt, Jost Arnold, Karl Bürgler, Thomas Gander und Christophe Lanz betreffend Förderung innovativer Bauabwicklung - Potenzial von Integrated Project Delivery (IPD) für den Kanton Zug</t>
+          <t>Postulat von Konradin Franzini, Andreas Lustenberger, Andreas Iten, Julia Küng, Tabea Zimmermann Gibson, Luzian Franzini, Anna Bieri, Heinz Achermann, Michael Felber, Patrick Iten, Barbara Schmid-Häseli, Mirjam Arnold und Manuela Käch betreffend Beteiligung des Kantons Zug an der humanitären Aufnahme schwerverletzter Kinder aus dem Gazastreifen</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>2026-01-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Urs, Arnold Jost, Bürgler Karl, Gander Thomas, Lanz Christophe</t>
+          <t>Bieri Anna, Achermann Heinz, Felber Michael, Iten Patrick, Schmid-Häseli Barbara, Arnold Mirjam, Käch Manuela</t>
         </is>
       </c>
       <c r="N49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>3932</v>
+        <v>4010</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
+          <t>Interpellation der SVP-Fraktion betreffend ausländische Immobilienspekulation und Mindestaufenthaltspflicht für Wohneigentümer</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J50" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-05-26</t>
         </is>
       </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>3931</v>
+        <v>4008</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Alex Haslimann betreffend Verbesserung der Arbeitsvermittlung und arbeitsmarktlichen Massnahmen für hochqualifizierte Stellensuchende im Kanton Zug</t>
+          <t>Postulat der GLP-Fraktion betreffend Studie zur Veloinfrastruktur</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-11-26</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-10-24</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>3930</v>
+        <v>4006</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
+          <t>Postulat von Luzian Franzini, Vroni Straub, Julia Küng, Christian Hegglin, Patrick Röösli und Tabea Zimmermann Gibson betreffend den Einsatz von Lärmblitzern gegen dröhnende Motoren</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>2025-06-04</t>
+          <t>2025-10-14</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
+          <t>Franzini Luzian</t>
         </is>
       </c>
       <c r="N52" s="0"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>3929</v>
+        <v>4003</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
+          <t>Interpellation der ALG-Fraktion betreffend Femizide im Kanton Zug: Erfassung, Prävention und strukturelle Verantwortung</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025-07-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>2025-06-03</t>
+          <t>2025-10-10</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
+          <t/>
         </is>
       </c>
       <c r="N53" s="0"/>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>3924</v>
+        <v>4001</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend bessere Nutzung des bestehenden Wohnraums</t>
+          <t>Interpellation der SP-Fraktion betreffend Nichtbezug von Sozialleistungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-04-30</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-10-08</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>SP</t>
         </is>
       </c>
       <c r="N54" s="0"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>3923</v>
+        <v>4000</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
+          <t>Interpellation der SP-Fraktion betreffend Ausbau erneuerbarer Energien</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 1. Lesung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 26./27. November 2025</t>
-[...2 lines deleted...]
-      <c r="J55" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J55" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-30</t>
+        </is>
+      </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>2025-05-06</t>
+          <t>2025-10-05</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N55" s="0"/>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>3921</v>
+        <v>3999</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
+          <t>Postulat von Julia Küng und Tabea Zimmermann Gibson betreffend ein Mädchenhaus im Kanton Zug</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>Straub Vroni</t>
+          <t>Küng Julia, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N56" s="0"/>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>3920</v>
+        <v>3998</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend barrierefreien Zugang dank kantonaler digitaler Assistenz</t>
+          <t>Motion der Fraktion Die Mitte, FDP-Fraktion und SVP-Fraktion betreffend steuerliche Entlastung für Zuger Hauseigentümer- und Mieterschaft</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-10-30</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>2025-05-03</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>Die Mitte, FDP, SVP</t>
         </is>
       </c>
       <c r="N57" s="0"/>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>3918</v>
+        <v>3996</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>Zwischenbericht zu den per Ende März 2025 zur Berichterstattung fälligen parlamentarischen Vorstössen</t>
+          <t>Teilrevision des Gesetzes über Inkassohilfe und Bevorschussung von Unterhaltsbeiträgen (Inkassohilfe- und Bevorschussungsgesetz)</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025-05-30</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Gesundheit und Soziales</t>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-09-16</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N58" s="0"/>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>3917</v>
+        <v>3995</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der ALG-Fraktion betreffend «Was trägt der Kanton Zug zur Umsetzung des Aktionsplans Wohnungsknappheit bei?»</t>
+          <t>Interpellation der ALG-Fraktion betreffend fehlende kantonale und kommunale Hitzeaktionspläne</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>2025-04-29</t>
+          <t>2025-09-10</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
           <t>ALG</t>
         </is>
       </c>
       <c r="N59" s="0"/>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>3916</v>
+        <v>3994</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend Fristverlängerung bei Volksinitiativen</t>
+          <t>Änderung des Gesetzes über die Veröffentlichung der Erlasse und das Amtsblatt des Kantons Zug (Publikationsgesetz, PublG-ZG)</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
           <t>2025-10-02</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J60" s="0"/>
       <c r="K60" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Publikationsgesetz, 3994</t>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>2025-04-28</t>
+          <t>2025-09-09</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N60" s="0"/>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>3913</v>
+        <v>3993</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Alexander Haslimann und Etienne Schumpf betreffend zukunftsfähige Nutzung der geplanten Vierfachturnhalle in Rotkreuz - Chance für den Hallensport im Kanton Zug nutzen</t>
+          <t>Postulat der ALG-Fraktion betreffend Massnahmen gegen missbräuchliche Wohnsitznahme zu Steuerzwecken</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>2025-11-22</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>2025-04-24</t>
+          <t>2025-09-08</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>Haslimann Alexander, Schumpf Etienne</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N61" s="0"/>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>3911</v>
+        <v>3990</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
+          <t>Motion von Adrian Rogger und 25 Mitunterzeichnenden betreffend Kompensation nach Abbau von öffentlichen Parkplätzen im Kanton Zug </t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>2025-04-18</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N62" s="0"/>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>3910</v>
+        <v>3989</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
+          <t>Postulat von Etienne Schumpf und Kurt Balmer betreffend Stärkung der KESB im Kanton Zug – Organisation, Strukturen und Leistungsfähigkeit überprüfen</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
-          <t>2026-05-22</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>2025-04-17</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Schumpf Etienne, Balmer Kurt</t>
         </is>
       </c>
       <c r="N63" s="0"/>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>3908</v>
+        <v>3988</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
+          <t>Postulat von Simon Leuenberger betreffend Auswertung der partizipierenden Personen nach Alter und Geschlecht bei Wahlen und Abstimmungen im Kanton Zug</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>2026-05-01</t>
+          <t>2026-10-02</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-09-03</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N64" s="0"/>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>3907</v>
+        <v>3987</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Interpellation</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Michael Arnold, Flurin Grond und Rainer Leemann betreffend arbeitsmarktliche Massnahmen (AMM) für hochqualifizierte Arbeitslose im Kanton Zug – Angebot, Wirksamkeit und Governance</t>
+          <t>Interpellation von Mirjam Arnold, Anna Bieri, Manuela Käch, Barbara Schmid-Häseli und Corina Kremmel betreffend elektronisches Monitoring zur Verhinderung von Femiziden</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>2025-11-01</t>
+          <t>2026-04-02</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-09-02</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Grond Flurin, Leemann Rainer</t>
+          <t>Arnold Mirjam, Bieri Anna, Käch Manuela, Schmid-Häseli Barbara, Kremmel Corina</t>
         </is>
       </c>
       <c r="N65" s="0"/>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>3905</v>
+        <v>3985</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
+          <t>Postulat von Flurin Grond, Helene Zimmermann und Jost Arnold betreffend Vereinfachung der Bauanzeigeverfahren</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J66" s="0"/>
+      <c r="J66" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-02</t>
+        </is>
+      </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
-          <t>ad-hoc-Beherbergungsgesetz, 3905</t>
+          <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>2025-04-08</t>
+          <t>2025-08-29</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Grond Flurin, Zimmermann Helene, Arnold Jost</t>
         </is>
       </c>
       <c r="N66" s="0"/>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>3899</v>
+        <v>3980</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend die solidarische Finanzierung der Beschulung von Kindern und Jugendlichen mit Asylstatus </t>
+          <t>Teilrevision des Gesetzes über die Ombudsstelle (Ombudsgesetz) und des Datenschutzgesetzes (DSG)</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
           <t>2025-10-02</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert zur 2. Lesung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Ombudsgesetz und DSG, 3980</t>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>2025-03-25</t>
+          <t>2025-08-19</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N67" s="0"/>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>3897</v>
+        <v>3974</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Esther Monney, Patrik Kretz, Adrian Rogger und Brigitte Wenzin Widmer betreffend die Frage: Wie wird «lautgetreues Schreiben» an den Zuger Volksschulen umgesetzt?</t>
+          <t>Postulat der SVP-Fraktion betreffend mehr Transparenz bei steuerbefreiten juristischen Personen zu öffentlichen oder gemeinnützigen Zwecken</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>2025-10-10</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>2025-03-21</t>
+          <t>2025-08-11</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Kretz Patrik, Rogger Adrian, Wenzin Widmer Brigitte</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N68" s="0"/>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>3896</v>
+        <v>3972</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Transparenz und Statuseinsicht in den Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>2025-03-15</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N69" s="0"/>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>3895</v>
+        <v>3971</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der Fraktion Alternative - die Grünen betreffend extremes Papier der Zentralschweizer Finanzdirektoren:innen</t>
+          <t>Postulat von Tabea Estermann, Peter Letter, Adrian Risi und Mirjam Arnold betreffend Dienstleistungsqualität und Effizienz am Zuger Handelsregisteramt</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
-          <t>2025-09-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>2025-03-11</t>
+          <t>2025-08-09</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Estermann Tabea, Letter Peter, Risi Adrian, Arnold Mirjam</t>
         </is>
       </c>
       <c r="N70" s="0"/>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>3893</v>
+        <v>3969</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
+          <t>Postulat von Michael Arnold betreffend Sicherstellung einer transparenten und ehrlichen Kommunikation des Regierungsrats in Abstimmungserläuterungen</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-08-08</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Iten Klemens</t>
+          <t>Arnold Michael</t>
         </is>
       </c>
       <c r="N71" s="0"/>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>3891</v>
+        <v>3968</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
+          <t>Interpellation von Jean Luc Mösch, Erich Grob, Martin Hausheer, Patrick Iten und Thomas Meierhans, betreffend ausländische Fahrzeuge auf Zuger Strassen</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-02-28</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
+          <t>Mösch Jean Luc, Grob Erich, Hausheer Martin, Iten Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N72" s="0"/>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>3889</v>
+        <v>3966</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
+          <t>Postulat von Andreas Iten, Simon Leuenberger, Klemens Iten, Karl Nussbaumer, Tom Magnusson und Patrick Iten betreffend mehr Ortsbusse für die Feinverteilung in den Gemeinden</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>2025-02-28</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
+          <t>Iten Andreas, Leuenberger Simon, Iten Klemens, Nussbaumer Karl, Magnusson Tom, Iten Patrick</t>
         </is>
       </c>
       <c r="N73" s="0"/>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>3888</v>
+        <v>3965</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
+          <t>Motion der SVP-Fraktion zum Verbot von «muslimischen» Kopftüchern für Schülerinnen und Kinder an allen Zuger Schulen und Kindergärten</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J74" s="0"/>
+      <c r="J74" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N74" s="0"/>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>3887</v>
+        <v>3964</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat von Patrick Röösli betreffend Depot- und Kulturgüterschutzräume für die Burg Zug  und das Kunsthaus Zug</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J75" s="0"/>
+      <c r="J75" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-07-23</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Röösli Patrick</t>
+        </is>
+      </c>
+      <c r="N75" s="0"/>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>3886</v>
+        <v>3963</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans (Veloverkehr)</t>
+          <t>Postulat von Adrian Rogger und 20 Mitunterzeichnenden betreffend «Keine Flickenteppiche im Kanton Zug» - Kompetenzentzug der Gemeinderäte für den Erlass von Tempo-30-Zonen</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025-07-04</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J76" s="0"/>
+      <c r="J76" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28</t>
+        </is>
+      </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>2025-02-25</t>
+          <t>2025-07-17</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rogger Adrian</t>
         </is>
       </c>
       <c r="N76" s="0"/>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>3885</v>
+        <v>3960</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
+          <t>Postulat von Patrick Röösli, Jean Luc Mösch, Patrick Iten, Peter Rust, Roger Wiederkehr, Thomas Meierhans, Martin Hausheer und Fabio Iten betreffend die Erhöhung von Einsprache-Hürden bei Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
-          <t>2026-03-27</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-07-13</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Röösli Patrick, Mösch Jean Luc, Iten Patrick, Rust Peter, Wiederkehr Roger, Meierhans Thomas, Hausheer Martin, Iten Fabio</t>
         </is>
       </c>
       <c r="N77" s="0"/>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>3884</v>
+        <v>3958</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Mirjam Arnold, Michael Riboni, Adrian Rogger und Karl Bürgler betreffend Zivilstandsämter des Kantons Zug</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Stiftung «The International School of Zug and Luzern» (ISZL) zur Finanzierung der Schulraumerweiterung</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J78" s="0"/>
       <c r="K78" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Darlehen ISZL, 3958</t>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Riboni Michael, Rogger Adrian, Bürgler Karl</t>
+          <t/>
         </is>
       </c>
       <c r="N78" s="0"/>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>3883</v>
+        <v>3957</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Alternative - die Grünen betreffend Raumentwicklung und Nacht</t>
+          <t>Kantonsratsbeschluss betreffend Finanzierung der Konzeption, Umsetzung und des Betriebs eines kantonalen Kompetenzzentrums für Cybersicherheit (KKC) sowie einer strategischen Partnerschaft mit der Eidgenössischen Technischen Hochschule Zürich (ETH) und der Hochschule Luzern (HSLU) im Bereich Cybersicherheit</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J79" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J79" s="0"/>
       <c r="K79" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N79" s="0"/>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>3880</v>
+        <v>3956</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
+          <t>Kantonsratsbeschlussbetreffend Finanzierung einer langfristigen Forschungszusammenarbeit in den Bereichen Cybersicherheit und Künstliche Intelligenz (KI) zwischen der Eidgenössischen Technischen Hochschule (ETH) und dem Nationalen Testinstitut für Cybersicherheit NTC in Zug</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025-03-27</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J80" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J80" s="0"/>
       <c r="K80" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ad-hoc Cybersicherheit, 3957+3956</t>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>2025-02-11</t>
+          <t>2025-07-08</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N80" s="0"/>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>3877</v>
+        <v>3953</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
+          <t>Motion von Jill Nussbaumer, Karl Nussbaumer, Jean Luc Mösch, Drin Alaj und Klemens Iten betreffend Ratseffizienz: Änderung der Geschäftsordnung des Kantonsrats (GO KR)</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Überweisung an Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an die Ad-hoc-Kommission betreffend Nebenamtsgesetz, Geschäft Nr. 3832</t>
+          <t/>
         </is>
       </c>
       <c r="J81" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-08-28</t>
         </is>
       </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-07-04</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Nussbaumer Jill, Nussbaumer Karl, Mösch Jean Luc, Alaj Drin, Iten Klemens</t>
         </is>
       </c>
       <c r="N81" s="0"/>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>3876</v>
+        <v>3950</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>Motion von Alois Gössi, Philip C. Brunner, Tabea Estermann und Christian Hegglin betreffend Zuger Finanzausgleich Phase II</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für eine zukunftsgerichtete und generationenübergreifende Wasserinfrastruktur im Kanton Zug</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-13</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. März 2026</t>
+        </is>
+      </c>
+      <c r="J82" s="0"/>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>2025-02-04</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t>Gössi Alois, Brunner Philip C., Estermann Tabea, Hegglin Christian</t>
+          <t/>
         </is>
       </c>
       <c r="N82" s="0"/>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>3874</v>
+        <v>3949</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>Motion von Flurin Grond, Tom Magnusson, Esther Monney, Emil Schweizer und Jost Arnold betreffend finanzielle Unterstützung des Kantons an Infrastrukturkosten der Gemeinden im Zusammenhang mit der schulergänzenden Betreuung (SEB)</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 25/1 - Umfahrungen Unterägeri und Zug; Kraftwerk Lorzentobel und geeignete Gewässerstrecken</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J83" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J83" s="0"/>
       <c r="K83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>2025-02-02</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>Grond Flurin, Magnusson Tom, Monney Esther, Schweizer Emil, Arnold Jost</t>
+          <t/>
         </is>
       </c>
       <c r="N83" s="0"/>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>3872</v>
+        <v>3948</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
+          <t>Kantonsratsbeschluss betreffend Darlehen an die Zugerland Verkehrsbetriebe AG (ZVB) zur Finanzierung der Umrüstung der Fahrzeugflotte auf einen fossilfreien Betrieb</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J84" s="0"/>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-07-01</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas, Monney Esther</t>
+          <t/>
         </is>
       </c>
       <c r="N84" s="0"/>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>3871</v>
+        <v>3943</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Standesinitiative zu einem Zuweisungsstopp im Asylwesen</t>
+          <t>Motion von Livio Bundi, Tabea Estermann, Michael Felber, Christian Hegglin, Klemens Iten, Simon Leuenberger, Jill Nussbaumer und Vroni Straub betreffend Vernehmlassungen im Kanton Zug - Qualität der Gesetzgebung fördern</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Bundi Livio, Estermann Tabea, Felber Michael, Hegglin Christian, Iten Klemens, Leuenberger Simon, Nussbaumer Jill, Straub Vroni</t>
         </is>
       </c>
       <c r="N85" s="0"/>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>3870</v>
+        <v>3942</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend die Einführung des Schweizer Bürgerrechts als Anstellungskriterium für Personen mit einer höheren leitenden Tätigkeit beim Kanton Zug</t>
+          <t>Postulat von Hans Küng, Barbara Gysel, Jeffrey Illi, Barbara Schmid-Häseli und Drin Alaj betreffend erneute «Kantonalisierung» des Zuger Amts für die Preisbekanntgabe-Verordnung (PBV)</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J86" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>2025-01-29</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Küng Hans, Gysel Barbara, Illi Jeffrey, Schmid-Häseli Barbara, Alaj Drin</t>
         </is>
       </c>
       <c r="N86" s="0"/>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>3869</v>
+        <v>3941</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
+          <t>Motion der SVP-Fraktion betreffend Nennung der Nationalität in der polizeilichen Statistik des Kantons Zug</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N87" s="0"/>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>3867</v>
+        <v>3939</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>PUK (Parlamentarische Untersuchungskommission)</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham–Hünenberg»(UCH)</t>
+          <t>Antrag der Staatswirtschaftskommission zur Einsetzung einer parlamentarischen Untersuchungskommission (PUK)</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025-09-04</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>PUK-Parl. Untersuchungskomm.,3939</t>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-16</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Staatswirtschaftskommission</t>
+        </is>
+      </c>
+      <c r="N88" s="0"/>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>3866</v>
+        <v>3938</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
+          <t>Postulat von Esther Monney, Karl Nussbaumer, Emil Schweizer, Thomas Werner und Raphael Wiser betreffend keine Linienbusse auf der Tangente </t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025-05-27</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
-[...2 lines deleted...]
-      <c r="J89" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J89" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-02</t>
+        </is>
+      </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-13</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Nussbaumer Karl, Schweizer Emil, Werner Thomas, Wiser  Raphael</t>
         </is>
       </c>
       <c r="N89" s="0"/>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>3864</v>
+        <v>3932</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
+          <t>Postulat der ALG-Fraktion betreffend die Einrichtung eines psychiatrischen Notfalldienstes mit 24h-Telefonberatung im Kanton Zug</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J90" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>2025-01-28</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N90" s="0"/>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>3862</v>
+        <v>3930</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Barbara Gysel betreffend die Frage: Sind wir genügend vorbereitet auf Naturgefahren?</t>
+          <t>Postulat von Martin Hausheer, Thomas Gwerder, Erich Grob, Thomas Meierhans, Jean Luc Mösch und Patrick Röösli betreffend die Abschaffung des obligatorischen Schulfaches Frühfranzösisch zum dynamischen Sprachmodel 3/5</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>Gysel Barbara</t>
+          <t>Hausheer Martin, Gwerder Thomas , Grob Erich, Meierhans Thomas, Mösch Jean Luc, Röösli Patrick</t>
         </is>
       </c>
       <c r="N91" s="0"/>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>3861</v>
+        <v>3929</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
+          <t>Postulat von Peter Letter, Eva Maurenbrecher, Karl Bürgler und Flurin Grond betreffend Auslegeordnung und Massnahmen zur Qualitätsverbesserung im Fremdsprachenunterricht der Volksschule</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025-02-20</t>
+          <t>2025-07-02</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
-          <t>2026-02-20</t>
+          <t>2026-07-02</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>2025-01-22</t>
+          <t>2025-06-03</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Werner Thomas</t>
+          <t>Letter Peter, Maurenbrecher Eva, Bürgler Karl, Grond Flurin</t>
         </is>
       </c>
       <c r="N92" s="0"/>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>3859</v>
+        <v>3923</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion zur AXPO</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung eines Provisoriums und eines Parkhauses für die Zuger Polizei sowie für den Ersatz eines Salzlagers auf dem Areal Hinterberg, Steinhausen</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Traktandiert zur 2. Lesung</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J93" s="0"/>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-05-06</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N93" s="0"/>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>3858</v>
+        <v>3921</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
+          <t>Postulat von Vroni Straub betreffend die Einführung eines Shuttlebetriebes vom Bahnhof Zug zum Zuger Kantonsspital in Baar</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
+          <t>Straub Vroni</t>
         </is>
       </c>
       <c r="N94" s="0"/>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>3856</v>
+        <v>3911</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>Interpellation der GLP-Fraktion betreffend  CO2 Bilanz des Kantons Zug als Verwaltungseinheit</t>
+          <t>Motion der FDP-Fraktion betreffend Forschung und Entwicklung an der FHZ</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2025-04-18</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N95" s="0"/>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>3855</v>
+        <v>3910</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>Motion von Simon Leuenberger betreffend Einführung einer Drittmeldepflicht an die Einwohnerkontrollen im Kanton Zug</t>
+          <t>Postulat von Mirjam Arnold, Martin Zimmermann, Julia Küng, Heinz Achermann, Klemens Iten, Vroni Straub und Christian Hegglin betreffend die Errichtung oder die Anbindung an eine Fachstelle für Sexarbeitende</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
-          <t>2026-01-30</t>
+          <t>2026-05-22</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2025-04-17</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N96" s="0"/>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>3851</v>
+        <v>3908</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Tabea Estermann betreffend Meldungen aus der Bevölkerung zu Geldwäscherei im Kanton Zug</t>
+          <t>Motion der FDP-Fraktion betreffend «Vielarbeitsabzug» - Korrektur des Arbeitskräftemangels durch Beseitigung von Fehlanreizen</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Traktandiert für 26./27. Februar 2026</t>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>2025-07-30</t>
+          <t>2026-05-01</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>2025-01-03</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>Estermann Tabea</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N97" s="0"/>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>3846</v>
+        <v>3905</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>Motion von Julia Küng, Klemens Iten, Simon Leuenberger, Ronahi Yener und Katharina Jans betreffend Schaffung eines öffentlich-rechtlichen Jugendparlaments im Kanton Zug</t>
+          <t>Gesetz über die Beherbergungsabgabe Erhöhung der Beherbergungsabgabe und Festsetzung der Abgabehöhe durch den Regierungsrat</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-15</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Traktandiert zur 1. Lesung</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Traktandiert für 30. April 2026</t>
+        </is>
+      </c>
+      <c r="J98" s="0"/>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>2024-12-03</t>
+          <t>2025-04-08</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>Küng Julia, Iten Klemens, Leuenberger Simon, Yener Ronahi, Jans Katharina</t>
+          <t/>
         </is>
       </c>
       <c r="N98" s="0"/>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>3845</v>
+        <v>3896</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>Petition</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>Petition «Endlich bezahlbarer Wohnraum für Zug!»</t>
+          <t>Postulat von Joëlle Gautier, Jill Nussbaumer, Etienne Schumpf, Alexander Haslimann und Michael Felber betreffend Schaffung von Grundlagen für die erfolgreiche Anwendung von KI-Modellen im öffentlichen Sektor</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2024-11-29</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Kommission</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Justizprüfungskommission</t>
-[...2 lines deleted...]
-      <c r="J99" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J99" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-10</t>
+        </is>
+      </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>2024-11-29</t>
+          <t>2025-03-15</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Gautier Joëlle, Nussbaumer Jill, Schumpf Etienne, Haslimann Alexander, Felber Michael</t>
         </is>
       </c>
       <c r="N99" s="0"/>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>3844</v>
+        <v>3893</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>Motion von Patrick Röösli betreffend einer gesetzlichen Frist für Bauanfragen</t>
+          <t>Postulat von Patrick Iten und Klemens Iten sowie vier Mitunterzeichnenden zur Förderung der ärztlichen Grundversorgung in ländlichen Gemeinden des Kantons Zug</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
           <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>Iten Patrick, Iten Klemens</t>
         </is>
       </c>
       <c r="N100" s="0"/>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>3842</v>
+        <v>3891</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Motion der Stadtzuger Kantonsrätinnen und Kantonsräte (Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni) betreffend Dämpfung der finanziellen Belastung des Zuger Finanzausgleichs (ZFA) für die Stadt Zug </t>
+          <t>Postulat von Mirjam Arnold, Esther Haas und Andreas Lustenberger über die Errichtung einer Präventionsstelle Pädosexualität</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>2024-11-08</t>
+          <t>2025-03-05</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>Bruhin Gregor, Brunner Philip C., Estermann Tabea, Felber Michael, Gautier Joëlle, Gysel Barbara, Hegglin Christian, Kremmel Corina, Leemann Rainer, Moos Adrian, Risi Adrian, Röösli Patrick, Schumpf Etienne, Sivaganesan Rupan, Straub Vroni</t>
+          <t>Arnold Mirjam, Haas Esther, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N101" s="0"/>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>3841</v>
+        <v>3889</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
+          <t>Motion von Martin Affentranger, Urs Andermatt, Michael Arnold, Gregor Bruhin, Philip C. Brunner, Barbara Gysel, Corina Kremmel, Jean Luc Mösch, Mario Reinschmidt und Reto Vogel betreffend Beibehaltung der bestehenden Notfall-Radio-Information im bisherigen Leistungsumfang auch nach 2026 zugunsten der Zuger Bevölkerung</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2024-11-28</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Büro des Kantonsrats</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
-          <t>2025-11-28</t>
+          <t>2026-03-27</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2025-02-28</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
+          <t>Affentranger Martin , Andermatt Urs, Arnold Michael, Bruhin Gregor, Brunner Philip C., Gysel Barbara, Kremmel Corina, Mösch Jean Luc, Reinschmidt Mario, Vogel Reto</t>
         </is>
       </c>
       <c r="N102" s="0"/>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>3840</v>
+        <v>3888</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend flächendeckende Ladestationen für Elektrofahrzeuge auf Parkieranlagen von kantonalen Immobilien</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe zweier Objektkredite für das Projekt «Zirkulationsunterstützung im Winter zur Sanierung des Zugersees»</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J103" s="0"/>
       <c r="K103" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N103" s="0"/>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>3837</v>
+        <v>3887</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes betreffend die Einführung des Schweizerischen Zivilgesetzbuches für den Kanton Zug (EG ZGB) sowie des Gesetzes über das Gesundheitswesen im Kanton Zug (Gesundheitsgesetz; GesG)</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>Obergericht, Verwaltungsgericht</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025-07-09</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten am 11. Juli 2025Aufnahme in GS 2025/025; BGS 211.1 / 821.1</t>
+          <t/>
         </is>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>2024-10-23</t>
+          <t>2025-02-25</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N104" s="0"/>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>3835</v>
+        <v>3885</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Steuergesetzes - neuntes Revisionspaket</t>
+          <t>Postulat der FDP-Fraktion betreffend Kurzzeitgymnasium am Standort Stadt Zug</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-27</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J105" s="0"/>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J105" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N105" s="0"/>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>3834</v>
+        <v>3883</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>Gesetz über Standortentwicklung (GSE) - Umsetzung der OECD-Mindeststeuer</t>
+          <t>Postulat der ALG-Fraktion betreffend Raumentwicklung und Nacht</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
-          <t>Behördenreferendum: Volksabstimmung vom 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J106" s="0"/>
+          <t>Traktandiert für 26. Februar 2026</t>
+        </is>
+      </c>
+      <c r="J106" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N106" s="0"/>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>3833</v>
+        <v>3880</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Änderung des Gesetzes über die Zuger Pensionskasse (PKG)</t>
+          <t>Postulat von Jeffrey Illi, Luzian Franzini, Drin Alaj, Jill Nussbaumer, Mirjam Arnold und Tabea Estermann betreffend Cannabis-Pilotversuche im Kanton Zug</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-03-27</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 3. November 2025</t>
-[...2 lines deleted...]
-      <c r="J107" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J107" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-02-11</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Illi Jeffrey, Franzini Luzian, Alaj Drin, Nussbaumer Jill, Arnold Mirjam, Estermann Tabea</t>
         </is>
       </c>
       <c r="N107" s="0"/>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>3832</v>
+        <v>3877</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Entschädigung der nebenamtlichen Behördenmitglieder (Nebenamtsgesetz) sowie Teilrevision des Kantonsratsbeschlusses über die Entschädigung der Fraktionen des Kantonsrats 
-</t>
+          <t>Motion der SP-Fraktion betreffend Änderungen im Nebenamtsgesetz</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-18</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t/>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist: 3. November 2025</t>
-[...2 lines deleted...]
-      <c r="J108" s="0"/>
+          <t>Beantragung zur Abschreibung mit Zwischenbericht 2026</t>
+        </is>
+      </c>
+      <c r="J108" s="0" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>2024-10-22</t>
+          <t>2025-02-04</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N108" s="0"/>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>3829</v>
+        <v>3872</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Alternative - die Grünen betreffend Schaffung einer gesetzlichen Grundlage für Entwicklungszusammenarbeit</t>
+          <t>Berichts-Motion von Thomas Werner und Esther Monney betreffend Künstliche Intelligenz (KI) im Dienste des Kantons Zug: Rechtliche Grundlagen für den Einsatz in Verwaltung, Justiz und Polizei</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>2024-10-15</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Werner Thomas, Monney Esther</t>
         </is>
       </c>
       <c r="N109" s="0"/>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>3827</v>
+        <v>3869</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
+          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Schaffung von Zuger Wohnungen</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
           <t>2025-10-02</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-10-02</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Arnold Michael, Leemann Rainer</t>
         </is>
       </c>
       <c r="N110" s="0"/>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>3826</v>
+        <v>3867</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Strassenraumgestaltung und die Entschädigung der Abklassierungen infolge der «Umfahrung Cham-Hünenberg»(UCH)</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-09-04</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J111" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J111" s="0"/>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N111" s="0"/>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>3825</v>
+        <v>3866</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Haas betreffend Teilhabe der Menschen mit Beeinträchtigungen am finanziellen Erfolg des Kantons Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzungen Neugasse 2 und Regierungsgebäude mit Neubau Kantonsratssaal</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-05-27</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Rückzug der Kantonsratsvorlage durch den Regierungsrat</t>
+        </is>
+      </c>
+      <c r="J112" s="0"/>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>2024-10-12</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>Haas Esther</t>
+          <t/>
         </is>
       </c>
       <c r="N112" s="0"/>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>3823</v>
+        <v>3864</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion und von Patrick Röösli betreffend CO2-Abscheidung und Recyclingbeton</t>
+          <t>Motion der FDP-Fraktion betreffend den Ausbau der Sportförderung im Kanton Zug</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-02-20</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>2024-10-10</t>
+          <t>2025-01-28</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>GLP, Röösli Patrick</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N113" s="0"/>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>3819</v>
+        <v>3861</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
+          <t>Motion von Esther Monney und Thomas Werner sowie sieben Mitunterzeichnenden betreffend Freihaltung der Korridore für eine Verkehrslösung für das Ägerital</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-01-22</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>ALG</t>
+          <t>Monney Esther, Werner Thomas</t>
         </is>
       </c>
       <c r="N114" s="0"/>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>3816</v>
+        <v>3858</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
+          <t>Motion von Luzian Franzini, Klemens Iten, Anna Bieri, Ronahi Yener und Carina Brüngger zur Schaffung von Krebsvorsorge-Programmen im Kanton Zug</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2026-01-30</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
+          <t>2025-01-14</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>Felber Michael</t>
+          <t>Franzini Luzian, Iten Klemens, Bieri Anna, Yener Ronahi, Brüngger Carina</t>
         </is>
       </c>
       <c r="N115" s="0"/>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>3814</v>
+        <v>3841</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Einführung eines Zuger bezahlten Elternurlaubs von 8 Wochen</t>
+          <t>Motion von Mirjam Arnold, Andreas Lustenberger, Luzian Franzini, Beat Iten, Jean Luc Mösch, Philip C. Brunner und Tabea Estermann betreffend die Schaffung einer neuen ständigen kantonsrätlichen Kommission für öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2026-01-29</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
           <t>Traktandiert</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t>Traktandiert für 26. Februar 2026</t>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-11-28</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>Arnold Mirjam, Lustenberger Andreas, Franzini Luzian, Iten Beat, Mösch Jean Luc, Brunner Philip C., Estermann Tabea</t>
         </is>
       </c>
       <c r="N116" s="0"/>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>3811</v>
+        <v>3827</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
+          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine auch für Seniorinnen und Senioren zwecks Förderung ihrer Selbständigkeit und Teilnahme an der Gesellschaft</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>2024-09-24</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t/>
         </is>
       </c>
       <c r="N117" s="0"/>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>3810</v>
+        <v>3826</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Esther Monney, Emil Schweizer, Hans Jörg Villiger, Brigitte Wenzin Widmer und Thomas Werner betreffend keine digitalen Geräte im Kindergarten und in der Unterstufe</t>
+          <t>Postulat der GLP-Fraktion betreffend Freihaltung von Trassen für den öffentlichen Verkehr</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2024-10-31</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2028-12-18</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
+          <t>2024-10-13</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>Monney Esther, Schweizer Emil, Villiger Hans Jörg, Wenzin Widmer Brigitte, Werner Thomas</t>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N118" s="0"/>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>3808</v>
+        <v>3819</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
+          <t>Postulat der ALG-Fraktion betreffend jährliche Durchführung der inklusiven Landsgemeinde im Kanton Zug</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025-08-21</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J119" s="0"/>
+      <c r="J119" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L119" s="0"/>
+      <c r="L119" s="0" t="inlineStr">
+        <is>
+          <t>2024-10-04</t>
+        </is>
+      </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>ALG</t>
         </is>
       </c>
       <c r="N119" s="0"/>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>3806</v>
+        <v>3816</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Sicherheit bei Asylunterkünften</t>
+          <t>Motion von Michael Felber betreffend Attraktivitätssteigerung von Investitionen im Wohnungs- und Gewerbebau. Modifizierte Fristen sorgen für zügigere Abläufe in Baubewilligungs- und Rechtsmittelverfahren</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>2024-09-15</t>
+          <t>2024-10-03</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Felber Michael</t>
         </is>
       </c>
       <c r="N120" s="0"/>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>3804</v>
+        <v>3811</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Mirjam Arnold, Klemens Iten, Christian Hegglin und Carina Brüngger betreffend Anspruch auf Prämienverbilligung automatisch prüfen und Beiträge direkt ausbezahlen</t>
+          <t>Motion der SVP-Fraktion betreffend Reduktion der Sozialhilfeleistungen für vorläufig Aufgenommene</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-08-28</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>2024-09-10</t>
+          <t>2024-09-24</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Arnold Mirjam, Iten Klemens, Hegglin Christian, Brüngger Carina</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N121" s="0"/>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>3802</v>
+        <v>3808</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Weiterentwicklung Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2025-08-21</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J122" s="0"/>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L122" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L122" s="0"/>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N122" s="0"/>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>3799</v>
+        <v>3802</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Verfassung</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Motion der Fraktion Die Mitte betreffend mit ausreichend Deutschkenntnissen in den Kindergarten</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025-08-13</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>Volksabstimmung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
-          <t>Änderung der Kantonsverfassung (KV) Volksabstimmung am 30. November 2025</t>
-[...2 lines deleted...]
-      <c r="J123" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J123" s="0" t="inlineStr">
+        <is>
+          <t>2028-11-27</t>
+        </is>
+      </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
           <t>2024-09-10</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N123" s="0"/>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>3793</v>
+        <v>3799</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Verfassung</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Massnahmen gegen die mentale Gesundheitskrise bei Kindern und Jugendlichen im Kanton Zug</t>
+          <t>Änderung der Kantonsverfassung (KV) und Änderung des Gesetzes über die Wahlen und Abstimmungen (Wahl- und Abstimmungsgesetz; WAG) betreffend Kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t/>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Änderung der Kantonsverfassung (KV)Gewährleistung des Bundes pendent</t>
+        </is>
+      </c>
+      <c r="J124" s="0"/>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-09-10</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N124" s="0"/>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
         <v>3792</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
           <t>Motion von Andreas Lustenberger und Anna Bieri betreffend stärkere Unterstützung für Familien: Einführung einer Familienergänzungsleistung (FamEL)</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
           <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-27</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-11-27</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
           <t>2024-08-29</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
           <t>Lustenberger Andreas, Bieri Anna</t>
         </is>
       </c>
       <c r="N125" s="0"/>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
         <v>3791</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
           <t>Motion von Emil Schweizer, Esther Monney, Hans Jörg Villiger, Brigitte Wenzin Widmer, Patrik Kretz und Thomas Werner betreffend Schaffung einer Zuger Palliativ-Lösung (Hospiz)</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
           <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>2025-09-26</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
           <t>2024-08-29</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
           <t>Schweizer Emil, Monney Esther, Villiger Hans Jörg, Wenzin Widmer Brigitte, Kretz Patrik, Werner Thomas</t>
         </is>
       </c>
       <c r="N126" s="0"/>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
         <v>3790</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4–Oberwil, Gemeinde Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 382, Unterführung A4-Oberwil, Gemeinde Cham»</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
           <t>2025-04-16</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="inlineStr">
         <is>
@@ -8456,7785 +8431,6981 @@
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
           <t>2028-02-20</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
           <t>2024-08-26</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
           <t>FDP</t>
         </is>
       </c>
       <c r="N128" s="0"/>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>3779</v>
+        <v>3778</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Michael Arnold und Rainer Leemann betreffend Förderung der ambulanten Pflege</t>
+          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-11-26</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-11-26</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>2024-08-09</t>
+          <t>2024-08-02</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>Arnold Michael, Leemann Rainer</t>
+          <t>Brüngger Carina</t>
         </is>
       </c>
       <c r="N129" s="0"/>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>3778</v>
+        <v>3770</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Initiative: Gesetzesinitiative</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Motion von Carina Brüngger und sechs Mitunterzeichnenden betreffend «ins Lebensende investieren» - finanzielle Entlastung der Zuger Palliativ-Patientinnen und -Patienten</t>
+          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-12-10</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J130" s="0"/>
       <c r="K130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>Brüngger Carina</t>
+          <t/>
         </is>
       </c>
       <c r="N130" s="0"/>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>3770</v>
+        <v>3767</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Initiative: Gesetzesinitiative</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Gesetzesinitiative für die Beibehaltung des prüfungsfreien Übertritts an die Zuger Gymnasien</t>
+          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-10-04</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Referendumsfrist am Laufen</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t>Ablauf der Referendumsfrist für den Gegenvorschlag: 9. Dezember 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N131" s="0"/>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>3767</v>
+        <v>3765</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Zusatzkredit für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2024-10-04</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J132" s="0"/>
+      <c r="J132" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2024-07-07</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Iten Fabio</t>
         </is>
       </c>
       <c r="N132" s="0"/>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>3765</v>
+        <v>3759</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>Motion von Fabio Iten betreffend Änderung § 76 im Gesetz über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>Iten Fabio</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N133" s="0"/>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>3762</v>
+        <v>3758</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t> Motion von Drin Alaj, Alois Gössi, Barbara Gysel, Tabea Estermann, Christian Hegglin, Beat Iten, Julia Küng, Andreas Lustenberger, Thomas Meierhans, Jean Luc Mösch, Michèle Schuler, Rupan Sivaganesan und Ronahi Yener betreffend finanzielle Unterstützung für Unwettergeschädigte in Tessin, Wallis und Graubünden</t>
+          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
           <t>2025-08-29</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gössi Alois, Gysel Barbara, Estermann Tabea, Hegglin Christian, Iten Beat, Küng Julia, Lustenberger Andreas, Meierhans Thomas, Mösch Jean Luc, Schmid Michèle, Sivaganesan Rupan, Yener Ronahi</t>
+          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
         </is>
       </c>
       <c r="N134" s="0"/>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>3761</v>
+        <v>3755</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Philip C. Brunner, Tabea Estermann, Thomas Gander, Alois Gössi, Barbara Gysel, Christian Hegglin, Beat Iten, Julia Küng, Andreas Lustenberger, Thomas Meierhans, Esther Monney, Jean Luc Mösch, Emil Schweizer, Michèle Schuler, Rupan Sivaganesan, Thomas Werner, Raphael Wiser und Ronahi Yener betreffend Soforthilfe für Unwettergeschädigte im Tessin, Wallis und in Graubünden</t>
+          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-06-28</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Brunner Philip C., Estermann Tabea, Gander Thomas, Gössi Alois, Gysel Barbara, Hegglin Christian, Iten Beat, Küng Julia, Lustenberger Andreas, Meierhans Thomas, Monney Esther, Mösch Jean Luc, Schweizer Emil, Schmid Michèle, Sivaganesan Rupan, Werner Thomas, Wiser  Raphael, Yener Ronahi</t>
+          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
         </is>
       </c>
       <c r="N135" s="0"/>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>3760</v>
+        <v>3743</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Postulat der GLP-Fraktion betreffend Phosphorrückgewinnung aus dem Zugersee</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-06-09</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J136" s="0"/>
       <c r="K136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N136" s="0"/>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>3759</v>
+        <v>3742</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Erhöhung der Effizienz bei der Erarbeitung und Bewilligung von Bebauungsplänen und der Förderung der Rechtsberatung in Bausachen</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2025-08-22</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J137" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J137" s="0"/>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-06-04</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N137" s="0"/>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>3758</v>
+        <v>3736</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Risi, Adrian Moos, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Michael Felber, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend Effizienzsteigerung und Aufwertung der Verwaltungsrechtspflege in baurechtlichen Belangen durch Entlastung der Exekutive und Schaffung einer selbstständigen Rekursinstanz</t>
+          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>Risi Adrian, Moos Adrian, Iten Fabio, Illi Jeffrey, Arnold Jost, Bürgler Karl, Arnold Michael, Felber Michael, Iten Patrick, Rust Peter, Brunner Philip C., Moos Stefan</t>
+          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
         </is>
       </c>
       <c r="N138" s="0"/>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>3755</v>
+        <v>3735</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Eva Maurenbrecher, Jeffrey Illi, Heinz Achermann und Anna Bieri betreffend Überdachung der Autobahn A14 in Hünenberg</t>
+          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-10-30</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
+          <t>2024-05-21</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>Maurenbrecher Eva, Illi Jeffrey, Achermann Heinz, Bieri Anna</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N139" s="0"/>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>3752</v>
+        <v>3734</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>Motion von Drin Alaj betreffend Verbilligung ÖV-Tarife im Kanton Zug</t>
+          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>2025-08-29</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>2024-06-19</t>
+          <t>2024-05-20</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin</t>
+          <t>Röösli Patrick</t>
         </is>
       </c>
       <c r="N140" s="0"/>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>3748</v>
+        <v>3733</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Keine Subventionierung der Work-Life-Balance Einzelner</t>
+          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
           <t>2025-07-03</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>2024-06-16</t>
+          <t>2024-05-15</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
         </is>
       </c>
       <c r="N141" s="0"/>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>3743</v>
+        <v>3732</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Ersatzneubaus altes Laborgebäude, Zugerstrasse 50, Steinhausen</t>
+          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025-06-09</t>
+          <t>2025-10-02</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J142" s="0"/>
+      <c r="J142" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-02</t>
+        </is>
+      </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+        </is>
+      </c>
+      <c r="N142" s="0"/>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>3742</v>
+        <v>3727</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung des Umbaus und der Instandsetzung des Kaufmännischen Bildungszentrums Zug</t>
+          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025-08-22</t>
+          <t>2025-08-28</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J143" s="0"/>
+      <c r="J143" s="0" t="inlineStr">
+        <is>
+          <t>2028-08-28</t>
+        </is>
+      </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
+          <t>2024-05-02</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>SVP</t>
+        </is>
+      </c>
+      <c r="N143" s="0"/>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>3736</v>
+        <v>3726</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans, Manuela Käch und Fabio Iten betreffend Überdachungen der Autobahn A14 «Vier Vorteile auf einen Streich»</t>
+          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J144" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-04-30</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>Meierhans Thomas, Käch Manuela, Iten Fabio</t>
+          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
         </is>
       </c>
       <c r="N144" s="0"/>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>3735</v>
+        <v>3725</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kapazitätssteigerung Autobahnanschluss Baar («Kurfürstkreuzung»)</t>
+          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
+          <t/>
         </is>
       </c>
       <c r="J145" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-05-23</t>
         </is>
       </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
+          <t>2024-04-29</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Werner Thomas</t>
         </is>
       </c>
       <c r="N145" s="0"/>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>3734</v>
+        <v>3704</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli betreffend vereinfachte Baubewilligungsverfahren</t>
+          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-12-19</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J146" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-12-19</t>
         </is>
       </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>2024-05-20</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick</t>
+          <t>SP, ALG</t>
         </is>
       </c>
       <c r="N146" s="0"/>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>3733</v>
+        <v>3685</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>Motion von Adrian Moos, Adrian Risi, Fabio Iten, Jeffrey Illi, Jost Arnold, Karl Bürgler, Michael Arnold, Patrick Iten, Peter Rust, Philip C. Brunner und Stefan Moos betreffend die Einführung des «Zürcher Modells» beim Baubewilligungsverfahren</t>
+          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2024-07-11</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Bund: Genehmigung pendent</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
+        </is>
+      </c>
+      <c r="J147" s="0"/>
       <c r="K147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>2024-05-15</t>
+          <t>2024-02-27</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Risi Adrian, Iten Fabio, Bürgler Karl, Arnold Michael, Rust Peter, Brunner Philip C., Illi Jeffrey, Arnold Jost, Iten Patrick, Moos Stefan</t>
+          <t/>
         </is>
       </c>
       <c r="N147" s="0"/>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>3732</v>
+        <v>3684</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>Motion von Kurt Balmer, Roger Wiederkehr, Adrian Risi, Rainer Leemann und Philip C. Brunner betreffend Bildung eines allgemeinen Kantonsfonds</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Überweisung an Regierungsrat</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>2028-10-02</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Wiederkehr Roger, Risi Adrian, Leemann Rainer, Brunner Philip C.</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N148" s="0"/>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>3727</v>
+        <v>3683</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Kundenfreundlichkeit sowie Warte- und Öffnungszeiten beim Strassenverkehrsamt Zug</t>
+          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit «GERES»</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025-08-28</t>
+          <t>2024-04-11</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>sofortige Behandlung und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>2028-08-28</t>
+          <t>2027-04-11</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
+          <t>2024-02-23</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
         </is>
       </c>
       <c r="N149" s="0"/>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>3726</v>
+        <v>3680</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Motion von Tabea Zimmermann, Urs Andermatt, Fabio Iten, Christian Hegglin, Hans Jörg Villiger und Klemens Iten betreffend Regelungen im Umgang mit Smartphones an Zuger Schulen</t>
+          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>2028-07-03</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>2024-04-30</t>
+          <t>2024-02-13</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Andermatt Urs, Iten Fabio, Villiger Hans Jörg, Iten Klemens, Hegglin Christian</t>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N150" s="0"/>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>3725</v>
+        <v>3676</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Werner betreffend Erarbeitung eines Verkehrskonzepts inkl. Machbarkeitsstudie und grober Kostenschätzung einer Velo-Bahn vom Ägerital nach Zug sowie einer U-Bahn und Seilbahnverbindung zwischen dem Ägerital und Zug/Baar</t>
+          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
-          <t>2025-05-23</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>2024-04-29</t>
+          <t>2024-02-03</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t>Werner Thomas</t>
+          <t>Röösli Patrick, Achermann Heinz</t>
         </is>
       </c>
       <c r="N151" s="0"/>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>3704</v>
+        <v>3667</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
           <t>Motion</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP- und der ALG-Fraktion betreffend Linderung der Wohnungsnot im Kanton Zug</t>
+          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
           <t>2024-12-19</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
           <t>2027-12-19</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>SP, ALG</t>
+          <t/>
         </is>
       </c>
       <c r="N152" s="0"/>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>3700</v>
+        <v>3656</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>Motion der ALG- und SP-Fraktion betreffend Richtplan: Streichung der Umfahrungen Zug und Unterägeri</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2024-07-12</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J153" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J153" s="0"/>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2023-12-19</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>ALG, SP</t>
+          <t/>
         </is>
       </c>
       <c r="N153" s="0"/>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>3685</v>
+        <v>3646</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Anpassung des kantonalen Richtplans 23/1 (Teil I: Anträge der Gemeinden im Rahmen der Ortsplanrevisionen; Teil II: Wälder mit besonderer Naturschutzfunktion, Fliessgewässer, Seen, Kantonsstrassen: Bügel, Rotkreuz, Güterverkehr)</t>
+          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Gesundheitsdirektion</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2024-07-11</t>
+          <t>2025-04-10</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>Bund: Genehmigung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
-          <t>Teilgenehmigung vom 16. Mai 2025. Genehmigung Kapitel S 2.1 steht noch aus.</t>
-[...2 lines deleted...]
-      <c r="J154" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J154" s="0" t="inlineStr">
+        <is>
+          <t>2028-04-10</t>
+        </is>
+      </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
+          <t>2023-11-30</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>GLP</t>
         </is>
       </c>
       <c r="N154" s="0"/>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>3684</v>
+        <v>3628</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz betreffend Schaffung von gesetzlichen Grundlagen für den innerkantonalen elektronischen Datenaustausch und Bildung einer neuen ständigen Kommission</t>
+          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-08-26</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>Überweisung an Regierungsrat</t>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J155" s="0"/>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-10-24</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N155" s="0"/>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>3683</v>
+        <v>3625</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>Motion der ad-hoc Kommission Pilotprojektgesetz für den elektronischen Datenaustausch unter gemeindlichen und kantonalen Organen mit „GERES“</t>
+          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2024-04-11</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
-          <t>sofortige Behandlung und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J156" s="0" t="inlineStr">
         <is>
-          <t>2027-04-11</t>
+          <t>2028-07-03</t>
         </is>
       </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>2024-02-23</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>alt-ad-hoc-Pilotprojektgesetz, 3612</t>
+          <t/>
         </is>
       </c>
       <c r="N156" s="0"/>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>3680</v>
+        <v>3621</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Guthaben auf Bezahlkarten statt Bargeld für Asylsuchende und abgewiesene Asylbewerber (eingereicht als Motion)</t>
+          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J157" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>2024-02-13</t>
+          <t>2023-09-29</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
         </is>
       </c>
       <c r="N157" s="0"/>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>3676</v>
+        <v>3617</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli und Heinz Achermann betreffend Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz WFG) zu den Mietzinsbeiträgen </t>
+          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
           <t>2025-01-30</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J158" s="0" t="inlineStr">
         <is>
           <t>2028-01-30</t>
         </is>
       </c>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
+          <t>2023-09-12</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Achermann Heinz</t>
+          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
         </is>
       </c>
       <c r="N158" s="0"/>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>3667</v>
+        <v>3616</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>Motion der FDP-Fraktion betreffend Anpassung des Gesetzes über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG)</t>
+          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
+          <t>2025-01-30</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
         </is>
       </c>
       <c r="J159" s="0" t="inlineStr">
         <is>
-          <t>2027-12-19</t>
+          <t>2028-01-30</t>
         </is>
       </c>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2023-09-07</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
         </is>
       </c>
       <c r="N159" s="0"/>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>3656</v>
+        <v>3613</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Ersatz Bereichsrechner Lichtsignalanlagen»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2024-07-12</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
+          <t>2023-08-29</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N160" s="0"/>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>3652</v>
+        <v>3602</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>Zug+ flächendeckende Sicherstellung der Kinderbetreuung: Änderung des Gesetzes über die familienergänzende Kinderbetreuung; Änderung des Schulgesetzes</t>
+          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2025-09-01</t>
+          <t>2024-08-29</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t/>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
-          <t>Kinderbetreuungsgesetz: Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J161" s="0"/>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J161" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-01</t>
+        </is>
+      </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>2023-12-12</t>
+          <t>2023-08-07</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Schweizer Emil, Monney Esther</t>
+        </is>
+      </c>
+      <c r="N161" s="0"/>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>3646</v>
+        <v>3595</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>Motion der GLP-Fraktion betreffend Selbstbestimmtes Lebensende in Pflegeinstitutionen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2025-04-10</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J162" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J162" s="0"/>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>2023-11-30</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t>GLP</t>
+          <t/>
         </is>
       </c>
       <c r="N162" s="0"/>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>3628</v>
+        <v>3594</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des Gesetzes über die Steuern im Strassenverkehr (Strassenverkehrssteuergesetz, SVStG)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025-08-26</t>
+          <t>2024-03-07</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
-          <t>Das Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+          <t/>
         </is>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>2023-10-24</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N163" s="0"/>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>3625</v>
+        <v>3592</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend neues Konzept zur Aufwertung des heutigen ungenügenden Geschichtsunterrichts an der Zuger Volksschule</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025-07-03</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J164" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J164" s="0"/>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2023-07-04</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N164" s="0"/>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>3621</v>
+        <v>3591</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Interpellation</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Röösli, Thomas Meierhans, Peter Rust, Benny Elsener, Fabio Iten, Patrick Iten und Jean Luc Mösch betreffend vereinfachte Anwendung Bebauungspläne</t>
+          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Traktandiert</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Traktandiert für 26. März 2026</t>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2025-09-30</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>2023-09-29</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas, Rust Peter, Elsener Benny, Iten Fabio, Iten Patrick, Mösch Jean Luc</t>
+          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
         </is>
       </c>
       <c r="N165" s="0"/>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
-        <v>3617</v>
+        <v>3584</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>Motion von Andreas Lustenberger, Erich Grob, Klemens Iten, Eva Maurenbrecher und Michèle Schuler betreffend die Erarbeitung einer kantonalen Wasserstrategie</t>
+          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-09-26</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-09-26</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>2023-09-12</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>Lustenberger Andreas, Grob Erich, Iten Klemens, Maurenbrecher Eva, Schmid Michèle</t>
+          <t>Die Mitte</t>
         </is>
       </c>
       <c r="N166" s="0"/>
     </row>
     <row r="167">
       <c r="A167" s="0" t="n">
-        <v>3616</v>
+        <v>3579</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Jean Luc Mösch, Erich Grob, Patrick Iten, Mirjam Arnold, Patrick Röösli, Simon Leuenberger, Manuela Käch, Roger Wiederkehr, Peter Rust und Michael Felber betreffend Schaffung einer zentralen Koordinationsstelle in Bezug auf gebietsfremde Arten (Neobiota) sowie Ergänzung des bestehenden kantonalen Umsetzungsplans zum Umgang mit invasiven gebietsfremden Organismen (Dezember 2021) durch einen kantonalen, mittelfristigen Massnahmenplan</t>
+          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion für Bildung und Kultur</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025-01-30</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
-          <t>A) Erheblicherklärung hinsichtlich der Punkte:3.1. Aktualisierung des Massnahmenplans3.2. Schaffung einer Koordinationsstelle Neobiota3.3. Schaffung der notwendigen Finanzmittel für die       Umsetzung des Massnahmenplans 3.4. Stärkung der Gemeinden bei der Neobiota-Regulierung3.5. Stärkung der Prävention3.6. ÖffentlichkeitsarbeitB) Nichterheblicherklärung in Bezug auf die Punkte:3.7. Schaffung einer gesetzlichen Grundlage zur       Entschädigung von Ernte-, Fang- oder Produktionseinbussen durch Neobiota</t>
+          <t/>
         </is>
       </c>
       <c r="J167" s="0" t="inlineStr">
         <is>
-          <t>2028-01-30</t>
+          <t>2027-07-04</t>
         </is>
       </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>2023-09-07</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t>Mösch Jean Luc, Grob Erich, Iten Patrick, Arnold Mirjam, Röösli Patrick, Leuenberger Simon, Käch Manuela, Wiederkehr Roger, Rust Peter, Felber Michael</t>
+          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
         </is>
       </c>
       <c r="N167" s="0"/>
     </row>
     <row r="168">
       <c r="A168" s="0" t="n">
-        <v>3613</v>
+        <v>3574</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der neuen Kantonsschule Rotkreuz und den damit verbundenen Landerwerb</t>
+          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J168" s="0"/>
+      <c r="J168" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>2023-08-29</t>
+          <t>2023-05-13</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Leuenberger Simon</t>
         </is>
       </c>
       <c r="N168" s="0"/>
     </row>
     <row r="169">
       <c r="A169" s="0" t="n">
-        <v>3602</v>
+        <v>3569</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Emil Schweizer und Esther Monney betreffend Wiedereinführung eines gedruckten Amtsblattes mit Marktblatt</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2024-08-29</t>
+          <t>2024-05-06</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Inkrafttreten</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
-          <t>Nicht als erledigt abgeschrieben</t>
-[...6 lines deleted...]
-      </c>
+          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
+        </is>
+      </c>
+      <c r="J169" s="0"/>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>2023-08-07</t>
+          <t>2023-05-02</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
-          <t>Schweizer Emil, Monney Esther</t>
+          <t/>
         </is>
       </c>
       <c r="N169" s="0"/>
     </row>
     <row r="170">
       <c r="A170" s="0" t="n">
-        <v>3595</v>
+        <v>3562</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Radstrecke 29, Unterführung SBB-Brücke Brüggli, Gemeinde Zug»</t>
+          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-05-23</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J170" s="0"/>
+      <c r="J170" s="0" t="inlineStr">
+        <is>
+          <t>2027-05-23</t>
+        </is>
+      </c>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2023-04-18</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
         </is>
       </c>
       <c r="N170" s="0"/>
     </row>
     <row r="171">
       <c r="A171" s="0" t="n">
-        <v>3594</v>
+        <v>3546</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS P, Knoten Blatt-Hinterburgmühle, Gemeinde Neuheim»</t>
+          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2024-03-07</t>
+          <t>2024-07-04</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J171" s="0"/>
+      <c r="J171" s="0" t="inlineStr">
+        <is>
+          <t>2027-07-04</t>
+        </is>
+      </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2023-03-28</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N171" s="0"/>
     </row>
     <row r="172">
       <c r="A172" s="0" t="n">
-        <v>3592</v>
+        <v>3544</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25, Ersatzneubau Brücke Seefeld, Gemeinde Walchwil»</t>
+          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J172" s="0"/>
+      <c r="J172" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-01</t>
+        </is>
+      </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
+          <t>2023-03-27</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
         </is>
       </c>
       <c r="N172" s="0"/>
     </row>
     <row r="173">
       <c r="A173" s="0" t="n">
-        <v>3591</v>
+        <v>3541</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Interpellation</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>Interpellation von Rita Hofer, Luzian Franzini, Andreas Iten, Fabienne Michel und Christian Hegglin betreffend Lücken in der Gesetzgebung für minderjährige Kinder und Jugendliche mit einer Behinderung</t>
+          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Justizprüfungskommission</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
+          <t>2025-02-21</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
-          <t>Frist erstreckt bis 31.08.2024</t>
+          <t/>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
-          <t>2024-08-31</t>
+          <t>2028-02-21</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>Hofer Rita, Franzini Luzian, Iten Andreas, Michel Fabienne, Hegglin Christian</t>
+          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
         </is>
       </c>
       <c r="N173" s="0"/>
     </row>
     <row r="174">
       <c r="A174" s="0" t="n">
-        <v>3584</v>
+        <v>3535</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>Postulat der Fraktion Die Mitte betreffend Einführung einer BM Sek+ für leistungsstarke Schülerinnen und Schüler</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher-Moosrank, Gemeinde Baar»</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2024-09-26</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J174" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J174" s="0"/>
       <c r="K174" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t>Die Mitte</t>
+          <t/>
         </is>
       </c>
       <c r="N174" s="0"/>
     </row>
     <row r="175">
       <c r="A175" s="0" t="n">
-        <v>3579</v>
+        <v>3534</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Patrick Iten, Vroni Straub, Adrian Risi, Jean-Luc Mösch, Stefan Moos und Anna Bieri betreffend Anpassung des Schulgesetzes, damit Kinder mit leichter ASS (Autismus Spektrum Störung) und Kinder mit AD(H)S (Aufmerksamkeitsdefizit – Hyperaktivitätsstörung) im Regelschulsystem berücksichtigt werden können</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt-Brücke A 14, Gemeinden Zug und Steinhausen»</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
-          <t>Direktion für Bildung und Kultur</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2023-10-07</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J175" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J175" s="0"/>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2023-02-28</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>Iten Patrick, Straub Vroni, Mösch Jean Luc, Risi Adrian, Moos Stefan, Bieri Anna</t>
+          <t/>
         </is>
       </c>
       <c r="N175" s="0"/>
     </row>
     <row r="176">
       <c r="A176" s="0" t="n">
-        <v>3574</v>
+        <v>3533</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Simon Leuenberger betreffend Einführung einer obligatorischen Sicherheitsveranstaltung über den Bevölkerungsschutz für junge Schweizerinnen, Ausländerinnen und Ausländer im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
+</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-06-21</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J176" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J176" s="0"/>
       <c r="K176" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t>Leuenberger Simon</t>
+          <t/>
         </is>
       </c>
       <c r="N176" s="0"/>
     </row>
     <row r="177">
       <c r="A177" s="0" t="n">
-        <v>3569</v>
+        <v>3532</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
+          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2024-05-06</t>
+          <t>2024-03-21</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
-          <t>Inkrafttreten wird zu einem späteren Zeitpunkt bestimmt.</t>
-[...2 lines deleted...]
-      <c r="J177" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J177" s="0" t="inlineStr">
+        <is>
+          <t>2027-03-21</t>
+        </is>
+      </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>2023-05-02</t>
+          <t>2023-02-16</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N177" s="0"/>
     </row>
     <row r="178">
       <c r="A178" s="0" t="n">
-        <v>3562</v>
+        <v>3525</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Klemens Iten, Beat Iten, Stefan Moos, Manuela Käch, Barbara Gysel, Pirmin Andermatt und Thomas Gander betreffend Windenergie im Richtplan</t>
+          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2024-05-23</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J178" s="0" t="inlineStr">
         <is>
-          <t>2027-05-23</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>2023-04-18</t>
+          <t>2023-02-03</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Iten Klemens, Iten Beat, Moos Stefan, Käch Manuela, Gysel Barbara, Andermatt Pirmin, Gander Thomas</t>
+          <t>Arnold Mirjam, Balmer Kurt</t>
         </is>
       </c>
       <c r="N178" s="0"/>
     </row>
     <row r="179">
       <c r="A179" s="0" t="n">
-        <v>3546</v>
+        <v>3512</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Planung und Sicherstellung der zukünftigen Arbeitszonen im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2024-07-04</t>
+          <t>2024-01-12</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J179" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J179" s="0"/>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t/>
         </is>
       </c>
       <c r="N179" s="0"/>
     </row>
     <row r="180">
       <c r="A180" s="0" t="n">
-        <v>3544</v>
+        <v>3507</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Verschiedenes</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Isabel Liniger, Tom Magnusson, Jill Nussbaumer, Anastas Odermatt und Martin Zimmermann betreffend Zuständigkeitsregelung für den Budgetprozess der Ombuds- und der Datenschutzstelle</t>
+          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Staatskanzlei</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2025-10-28</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>Arbeitsprogramm Kantonsrat 1. und 2. Quartal 2026</t>
+        </is>
+      </c>
+      <c r="J180" s="0"/>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>2023-03-27</t>
+          <t>2022-11-24</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t>Liniger Isabel, Magnusson Tom, Nussbaumer Jill, Odermatt Anastas, Zimmermann Martin</t>
+          <t/>
         </is>
       </c>
       <c r="N180" s="0"/>
     </row>
     <row r="181">
       <c r="A181" s="0" t="n">
-        <v>3541</v>
+        <v>3502</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Berichts-Motion von Kurt Balmer, Mirjam Arnold, Benny Elsener, Isabel Liniger, Anastas Odermatt und Michael Riboni betreffend Gerichtsanalyse und Anpassungsbedarf der Organisation der Zuger Justiz an zukünftige Herausforderungen</t>
+          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
-          <t>Justizprüfungskommission</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2025-02-21</t>
+          <t>2024-03-01</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
-          <t>2028-02-21</t>
+          <t>2027-03-01</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2022-11-20</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>Balmer Kurt, Elsener Benny, Liniger Isabel, Odermatt Anastas, Riboni Michael</t>
+          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
         </is>
       </c>
       <c r="N181" s="0"/>
     </row>
     <row r="182">
       <c r="A182" s="0" t="n">
-        <v>3535</v>
+        <v>3495</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS381, Talacher–Moosrank, Gemeinde Baar»</t>
+          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2025-06-05</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J182" s="0"/>
+      <c r="J182" s="0" t="inlineStr">
+        <is>
+          <t>2028-06-05</t>
+        </is>
+      </c>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SP</t>
         </is>
       </c>
       <c r="N182" s="0"/>
     </row>
     <row r="183">
       <c r="A183" s="0" t="n">
-        <v>3534</v>
+        <v>3488</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS H, Riedmatt–Brücke A 14, Gemeinden Zug und Steinhausen»</t>
+          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil-Oberrüti</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2023-10-07</t>
+          <t>2024-02-29</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J183" s="0"/>
+      <c r="J183" s="0" t="inlineStr">
+        <is>
+          <t>2027-02-28</t>
+        </is>
+      </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>2023-02-28</t>
+          <t>2022-10-25</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
         </is>
       </c>
       <c r="N183" s="0"/>
     </row>
     <row r="184">
       <c r="A184" s="0" t="n">
-        <v>3533</v>
+        <v>3480</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für eine moderne Zuger Kantonsgeschichte
-</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2024-06-21</t>
+          <t>2023-08-18</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2022-09-20</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N184" s="0"/>
     </row>
     <row r="185">
       <c r="A185" s="0" t="n">
-        <v>3532</v>
+        <v>3479</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SP-Fraktion betreffend Sicherstellung einer fairen Finanzierung von Schutzplätzen für Gewaltbetroffene im Kanton Zug</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
+</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
+          <t>2023-06-06</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J185" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J185" s="0"/>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
+          <t>2022-09-13</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t/>
         </is>
       </c>
       <c r="N185" s="0"/>
     </row>
     <row r="186">
       <c r="A186" s="0" t="n">
-        <v>3525</v>
+        <v>3471</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold und Kurt Balmer betreffend Aufsicht über die Willensvollstrecker, Erbschaftsverwalter und die Erbschaftsbehörde</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2023-09-08</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J186" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J186" s="0"/>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>2023-02-03</t>
+          <t>2022-08-23</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Balmer Kurt</t>
+          <t/>
         </is>
       </c>
       <c r="N186" s="0"/>
     </row>
     <row r="187">
       <c r="A187" s="0" t="n">
-        <v>3512</v>
+        <v>3453</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung Kantonsschule Zug</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2024-01-12</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2022-06-28</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N187" s="0"/>
     </row>
     <row r="188">
       <c r="A188" s="0" t="n">
-        <v>3507</v>
+        <v>3443</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Verschiedenes</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramme des Kantonsrats Legislatur 2023–2026</t>
+          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
-          <t>Staatskanzlei</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2025-05-14</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
-          <t>Arbeitsprogramm Kantonsrat 3. und 4. Quartal 2025</t>
-[...2 lines deleted...]
-      <c r="J188" s="0"/>
+          <t/>
+        </is>
+      </c>
+      <c r="J188" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-14</t>
+        </is>
+      </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>2022-11-24</t>
+          <t>2022-06-13</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
         </is>
       </c>
       <c r="N188" s="0"/>
     </row>
     <row r="189">
       <c r="A189" s="0" t="n">
-        <v>3502</v>
+        <v>3439</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Heinz Achermann, Anna Bieri, Rita Hofer, Virginia Köpfli, Eva Maurenbrecher und Martin Schuler betreffend Sicherheit für Kinder auf dem Schulweg auf der Sinserstrasse im Bereich Matten</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2024-03-01</t>
+          <t>2023-05-11</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J189" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J189" s="0"/>
       <c r="K189" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>2022-11-20</t>
+          <t>2022-06-07</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t>Achermann Heinz, Bieri Anna, Hofer Rita, Köpfli Virginia, Maurenbrecher Eva, Schuler Martin </t>
+          <t/>
         </is>
       </c>
       <c r="N189" s="0"/>
     </row>
     <row r="190">
       <c r="A190" s="0" t="n">
-        <v>3495</v>
+        <v>3433</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>Motion der SP-Fraktion betreffend Revision des Gesetzes über Wahlen und Abstimmungen (WAG) und des Gesetzes über die Organisation und die Verwaltung der Gemeinden (Gemeindegesetz, GG)</t>
+          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Volkswirtschaftsdirektion</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2025-06-05</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J190" s="0" t="inlineStr">
         <is>
-          <t>2028-06-05</t>
+          <t>2026-12-14</t>
         </is>
       </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2022-05-31</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>SP</t>
+          <t>FDP</t>
         </is>
       </c>
       <c r="N190" s="0"/>
     </row>
     <row r="191">
       <c r="A191" s="0" t="n">
-        <v>3488</v>
+        <v>3364</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Christian Hegglin, Virginia Köpfli und Alois Gössi für einen Veloweg zwischen Sins und der Eisenbahnbrücke Meisterswil–Oberrüti</t>
+          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2024-02-29</t>
+          <t>2023-09-28</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>2027-02-28</t>
+          <t>2026-09-27</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>2022-10-25</t>
+          <t>2022-01-26</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>Hegglin Christian, Köpfli Virginia, Gössi Alois</t>
+          <t>Röösli Patrick, Meierhans Thomas</t>
         </is>
       </c>
       <c r="N191" s="0"/>
     </row>
     <row r="192">
       <c r="A192" s="0" t="n">
-        <v>3480</v>
+        <v>3354</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und einen Neubau an der Hofstrasse 15, Zug</t>
+          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J192" s="0"/>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J192" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-28</t>
+        </is>
+      </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>2022-09-20</t>
+          <t>2021-12-20</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Spörri Markus, Letter Peter</t>
         </is>
       </c>
       <c r="N192" s="0"/>
     </row>
     <row r="193">
       <c r="A193" s="0" t="n">
-        <v>3479</v>
+        <v>3351</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2023–2030
-</t>
+          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Sicherheitsdirektion</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2023-06-06</t>
+          <t>2023-03-30</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J193" s="0"/>
+      <c r="J193" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>2022-09-13</t>
+          <t>2021-12-17</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>SVP</t>
         </is>
       </c>
       <c r="N193" s="0"/>
     </row>
     <row r="194">
       <c r="A194" s="0" t="n">
-        <v>3471</v>
+        <v>3350</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Realisierung eines Ersatzneubaus der Durchgangsstation, Zugerstrasse 52, Steinhausen </t>
+          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Büro des Kantonsrats</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
+          <t>2025-12-18</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J194" s="0"/>
+          <t>Nicht als erledigt abgeschrieben.</t>
+        </is>
+      </c>
+      <c r="J194" s="0" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>2022-08-23</t>
+          <t>2021-12-16</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Köpfli Virginia, Brunner Philip C.</t>
         </is>
       </c>
       <c r="N194" s="0"/>
     </row>
     <row r="195">
       <c r="A195" s="0" t="n">
-        <v>3453</v>
+        <v>3320</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Soft-Massnahmen zur Förderung des Velofahrens</t>
+          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J195" s="0"/>
+      <c r="J195" s="0" t="inlineStr">
+        <is>
+          <t>2028-10-30</t>
+        </is>
+      </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>2022-06-28</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
         </is>
       </c>
       <c r="N195" s="0"/>
     </row>
     <row r="196">
       <c r="A196" s="0" t="n">
-        <v>3443</v>
+        <v>3286</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Ivo Egger, Stéphanie Vuichard und Luzian Franzini betreffend Umgang mit dem Klimawandel im kantonalen Richtplan</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J196" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J196" s="0"/>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>2022-06-13</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>Egger Ivo, Horat Stéphanie, Franzini Luzian</t>
+          <t/>
         </is>
       </c>
       <c r="N196" s="0"/>
     </row>
     <row r="197">
       <c r="A197" s="0" t="n">
-        <v>3439</v>
+        <v>3285</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und den Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Finanzdirektion</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2023-05-11</t>
+          <t>2022-06-08</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>2022-06-07</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N197" s="0"/>
     </row>
     <row r="198">
       <c r="A198" s="0" t="n">
-        <v>3433</v>
+        <v>3283</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Postulat der FDP-Fraktion betreffend Förderung attraktiver Lehrstellenangebote in gewerblichen Berufen</t>
+          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
-          <t>2026-12-14</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>2022-05-31</t>
+          <t>2021-08-23</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>FDP</t>
+          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
         </is>
       </c>
       <c r="N198" s="0"/>
     </row>
     <row r="199">
       <c r="A199" s="0" t="n">
-        <v>3421</v>
+        <v>3281</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson, Luzian Franzini und Stéphanie Vuichard betreffend Verbot von Konversionstherapien (eingereicht als Motion)</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>Gesundheitsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Erheblicherklärung</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J199" s="0"/>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>2022-05-13</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Franzini Luzian, Horat Stéphanie</t>
+          <t/>
         </is>
       </c>
       <c r="N199" s="0"/>
     </row>
     <row r="200">
       <c r="A200" s="0" t="n">
-        <v>3382</v>
+        <v>3268</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Postulat</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>Motion von Mirjam Arnold, Michael Felber, Manuela Käch, Patrick Röösli und Andreas Lustenberger betreffend kantonales Wahlrecht für Menschen mit Beeinträchtigungen</t>
+          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli-Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
-          <t>2026-12-01</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2021-06-24</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>Arnold Mirjam, Arnold Michael, Käch Manuela, Röösli Patrick, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N200" s="0"/>
     </row>
     <row r="201">
       <c r="A201" s="0" t="n">
-        <v>3364</v>
+        <v>3262</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Thomas Meierhans und Patrick Röösli betreffend ein kantonales Depot für historische Bauteile (eingereicht als Motion) </t>
+          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2023-09-28</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
           <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t>Umwandlung in ein Postulat und Teilerheblicherklärung</t>
+          <t/>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>2026-09-27</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>2022-01-26</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>Röösli Patrick, Meierhans Thomas</t>
+          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
         </is>
       </c>
       <c r="N201" s="0"/>
     </row>
     <row r="202">
       <c r="A202" s="0" t="n">
-        <v>3354</v>
+        <v>3260</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Markus Spörri und Peter Letter betreffend Umfahrungstunnel Unterägeri</t>
+          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2022-11-10</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Teil-Erheblicherklärung</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
-          <t>2026-06-28</t>
+          <t>2025-11-09</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>2021-12-20</t>
+          <t>2021-06-08</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>Spörri Markus, Letter Peter</t>
+          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N202" s="0"/>
     </row>
     <row r="203">
       <c r="A203" s="0" t="n">
-        <v>3351</v>
+        <v>3248</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>Postulat der SVP-Fraktion betreffend Senkung der Gebühren des Strassenverkehrsamtes</t>
+          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>Sicherheitsdirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2023-03-30</t>
+          <t>2022-09-29</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
           <t>Erheblicherklärung</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
-          <t>2026-03-29</t>
+          <t>2025-09-28</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>2021-12-17</t>
+          <t>2021-05-11</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>SVP</t>
+          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
         </is>
       </c>
       <c r="N203" s="0"/>
     </row>
     <row r="204">
       <c r="A204" s="0" t="n">
-        <v>3350</v>
+        <v>3227</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli und Philip C. Brunner betreffend Übertragung der Kantonsratssitzungen per Livestream</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
+</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>Büro des Kantonsrats</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J204" s="0"/>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>2021-12-16</t>
+          <t>2021-04-13</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Brunner Philip C.</t>
+          <t/>
         </is>
       </c>
       <c r="N204" s="0"/>
     </row>
     <row r="205">
       <c r="A205" s="0" t="n">
-        <v>3345</v>
+        <v>3218</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Adrian Moos, Stefan Moos, Adrian Risi, Philip C. Brunner, Michael Felber, Benny Elsener und Peter Rust betreffend einfachen Zentrumstunnel Stadt Zug, an die Arbeit</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt-Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2023-06-29</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J205" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J205" s="0"/>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>2021-12-09</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>Moos Adrian, Moos Stefan, Risi Adrian, Brunner Philip C., Felber Michael, Elsener Benny, Rust Peter</t>
+          <t/>
         </is>
       </c>
       <c r="N205" s="0"/>
     </row>
     <row r="206">
       <c r="A206" s="0" t="n">
-        <v>3320</v>
+        <v>3208</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Philip C. Brunner, Monika Barmet, Karen Umbach, Tabea Zimmermann Gibson, Barbara Gysel und Daniel Stadlin betreffend eine grosszügige, neue multifunktionale Infrastruktur für den Zuger Kantonsrat – mit «publikumsattraktiver, öffentlicher Nutzung mit Ausstrahlungskraft» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
+</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2025-10-02</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J206" s="0"/>
       <c r="K206" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2021-03-09</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>Brunner Philip C., Barmet Monika, Umbach Karen, Zimmermann Gibson Tabea, Gysel Barbara, Stadlin Daniel</t>
+          <t/>
         </is>
       </c>
       <c r="N206" s="0"/>
     </row>
     <row r="207">
       <c r="A207" s="0" t="n">
-        <v>3286</v>
+        <v>3185</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus des Nationalen Testinstituts für Cybersicherheit NTC</t>
+          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2024-01-26</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N207" s="0"/>
     </row>
     <row r="208">
       <c r="A208" s="0" t="n">
-        <v>3285</v>
+        <v>3165</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Beitrag des Kantons Zug zur Unterstützung des Aufbaus einer zentralen Informations- und Anlaufstelle für KMU im Kontext der Cybersicherheit (ITSec4KMU)</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
-          <t>Finanzdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2022-06-08</t>
+          <t>2021-08-21</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N208" s="0"/>
     </row>
     <row r="209">
       <c r="A209" s="0" t="n">
-        <v>3283</v>
+        <v>3151</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Michael Arnold und Alois Gössi betreffend Unvereinbarkeiten bei Gemeindebehörden  </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse-Kanalstrasse, Gemeinde Hünenberg» </t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J209" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J209" s="0"/>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>2021-08-23</t>
+          <t>2020-10-27</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Arnold Michael, Gössi Alois</t>
+          <t/>
         </is>
       </c>
       <c r="N209" s="0"/>
     </row>
     <row r="210">
       <c r="A210" s="0" t="n">
-        <v>3281</v>
+        <v>3148</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «Instandsetzung alte Lorzentobelbrücke, Gemeinden Baar und Menzingen»</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2021-06-25</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N210" s="0"/>
     </row>
     <row r="211">
       <c r="A211" s="0" t="n">
-        <v>3273</v>
+        <v>3129</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Tabea Zimmermann Gibson und Jean Luc Mösch betreffend Bildungsgutscheine für Erwachsene zwecks Förderung ihrer Grundkompetenzen und Stärkung ihrer Arbeitsmarktfähigkeit</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
-          <t>Volkswirtschaftsdirektion</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025-09-30</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
-          <t>Traktandiert für 30. Oktober 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t/>
+        </is>
+      </c>
+      <c r="J211" s="0"/>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>2021-08-03</t>
+          <t>2020-08-18</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>Zimmermann Gibson Tabea, Mösch Jean Luc</t>
+          <t/>
         </is>
       </c>
       <c r="N211" s="0"/>
     </row>
     <row r="212">
       <c r="A212" s="0" t="n">
-        <v>3268</v>
+        <v>3102</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
           <t>Postulat</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Peter Letter und Markus Spörri betreffend Priorisierung des Abschnitts Rössli–Spinnerei Unterägeri in der Erschliessung des Ägeritals</t>
+          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
-          <t>Baudirektion</t>
+          <t>Direktion des Innern</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2025-10-30</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Frist erstreckt bis 31. Dezember 2026</t>
         </is>
       </c>
       <c r="J212" s="0" t="inlineStr">
         <is>
-          <t>2025-11-09</t>
+          <t>2026-12-31</t>
         </is>
       </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>2021-06-24</t>
+          <t>2020-05-12</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
         </is>
       </c>
       <c r="N212" s="0"/>
     </row>
     <row r="213">
       <c r="A213" s="0" t="n">
-        <v>3262</v>
+        <v>2940</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Drin Alaj, Thomas Gander und Manuela Käch betreffend Verbesserung der Verkehrsführung an der Sinserstrasse</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG-Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J213" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J213" s="0"/>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2019-02-19</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
-          <t>Alaj Drin, Gander Thomas, Käch Manuela</t>
+          <t/>
         </is>
       </c>
       <c r="N213" s="0"/>
     </row>
     <row r="214">
       <c r="A214" s="0" t="n">
-        <v>3260</v>
+        <v>2897</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Virginia Köpfli, Anna Bieri und Andreas Lustenberger betreffend umfassenden Schutz vor LGB-Feindlichkeit im Kanton Zug angehen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2022-11-10</t>
+          <t>2019-05-18</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J214" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J214" s="0"/>
       <c r="K214" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>2021-06-08</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>Köpfli Virginia, Bieri Anna, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N214" s="0"/>
     </row>
     <row r="215">
       <c r="A215" s="0" t="n">
-        <v>3248</v>
+        <v>2885</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Motion von Michael Riboni, Thomas Magnusson und Andreas Lustenberger betreffend Einführung des Postulats auf Gemeindeebene</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2022-09-29</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J215" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J215" s="0"/>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>2021-05-11</t>
+          <t>2018-07-03</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>Riboni Michael, Magnusson Tom, Lustenberger Andreas</t>
+          <t/>
         </is>
       </c>
       <c r="N215" s="0"/>
     </row>
     <row r="216">
       <c r="A216" s="0" t="n">
-        <v>3227</v>
+        <v>2855</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS Q, Umgestaltung Zentrum, Gemeinde Menzingen»
-</t>
+          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2019-05-16</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
-          <t>2021-04-13</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N216" s="0"/>
     </row>
     <row r="217">
       <c r="A217" s="0" t="n">
-        <v>3218</v>
+        <v>2850</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 381, Schönenfurt–Warthstrasse (Denkmal Morgarten), Gemeinde Oberägeri» </t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2018-11-06</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2018-03-20</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N217" s="0"/>
     </row>
     <row r="218">
       <c r="A218" s="0" t="n">
-        <v>3208</v>
+        <v>2766</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 25/368, Knoten Zollhus, Gemeinde Hünenberg» 
-</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2018-01-25</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>2021-03-09</t>
+          <t>2017-07-11</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N218" s="0"/>
     </row>
     <row r="219">
       <c r="A219" s="0" t="n">
-        <v>3185</v>
+        <v>2655</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Gesetz</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>Teilrevision des kantonalen Energiegesetzes und Kantonsratsbeschluss betreffend Rahmenkredit für ein Programm 2023 bis 2032 zur Förderung von Massnahmen zur Senkung des Energieverbrauchs und der CO2-Emissionen in bestehenden Gebäuden </t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2024-01-26</t>
+          <t>2018-01-20</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
-          <t>2020-12-15</t>
+          <t>2016-08-23</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N219" s="0"/>
     </row>
     <row r="220">
       <c r="A220" s="0" t="n">
-        <v>3173</v>
+        <v>2640</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Motion</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>Motion von Pirmin Andermatt betreffend Sicherstellung der Stromversorgung im Kanton Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2022-03-03</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>Teil-Erheblicherklärung</t>
+          <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J220" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J220" s="0"/>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>2020-11-13</t>
+          <t>2016-06-21</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin</t>
+          <t/>
         </is>
       </c>
       <c r="N220" s="0"/>
     </row>
     <row r="221">
       <c r="A221" s="0" t="n">
-        <v>3165</v>
+        <v>2635</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit Ökoplus für die Planung und Installation von PV-Anlagen und Ladestationen</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>2021-08-21</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
-          <t>2020-11-03</t>
+          <t>2016-06-07</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N221" s="0"/>
     </row>
     <row r="222">
       <c r="A222" s="0" t="n">
-        <v>3151</v>
+        <v>2501</v>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E222" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 368, Drälikerstrasse, Chamerstrasse–Kanalstrasse, Gemeinde Hünenberg» </t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
         </is>
       </c>
       <c r="F222" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2016-04-09</t>
         </is>
       </c>
       <c r="H222" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L222" s="0" t="inlineStr">
         <is>
-          <t>2020-10-27</t>
+          <t>2015-03-31</t>
         </is>
       </c>
       <c r="M222" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N222" s="0"/>
     </row>
     <row r="223">
       <c r="A223" s="0" t="n">
-        <v>3148</v>
+        <v>2336</v>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E223" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt «KS 4, Chamer-/Zugerstrasse, Alpenblick-Kollermühle, Gemeinden Zug und Cham»</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für den Landerwerb und für die Realisierung von Neu- und Umbauten für die Kantonsschule Menzingen (KSM)</t>
         </is>
       </c>
       <c r="F223" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
-          <t>2021-06-25</t>
+          <t>2014-11-08</t>
         </is>
       </c>
       <c r="H223" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I223" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L223" s="0" t="inlineStr">
         <is>
-          <t>2020-10-20</t>
+          <t>2013-12-17</t>
         </is>
       </c>
       <c r="M223" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N223" s="0"/>
     </row>
     <row r="224">
       <c r="A224" s="0" t="n">
-        <v>3129</v>
+        <v>2310</v>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E224" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Planung der Gesamtinstandsetzung mit Neubau der Justizvollzugsanstalt Bostadel, Menzingen</t>
+          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
         </is>
       </c>
       <c r="F224" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
-          <t>2021-06-05</t>
+          <t>2014-11-04</t>
         </is>
       </c>
       <c r="H224" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I224" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kantonsratsbeschluss vom 28.08.2014</t>
         </is>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L224" s="0" t="inlineStr">
         <is>
-          <t>2020-08-18</t>
+          <t>2013-10-22</t>
         </is>
       </c>
       <c r="M224" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N224" s="0"/>
     </row>
     <row r="225">
       <c r="A225" s="0" t="n">
-        <v>3102</v>
+        <v>2291</v>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
-          <t>Postulat</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D225" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E225" s="0" t="inlineStr">
         <is>
-          <t>Postulat von Pirmin Andermatt, Guido Suter, Karen Umbach und Tabea Zimmermann Gibson betreffend Strategie Alter und Altershilfe</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
         </is>
       </c>
       <c r="F225" s="0" t="inlineStr">
         <is>
-          <t>Direktion des Innern</t>
+          <t>Baudirektion</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
-          <t>2021-08-26</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="H225" s="0" t="inlineStr">
         <is>
-          <t>Erheblicherklärung</t>
+          <t>Kommission bestellt</t>
         </is>
       </c>
       <c r="I225" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="J225" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J225" s="0"/>
       <c r="K225" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Kommission Tiefbau und Gewässer</t>
         </is>
       </c>
       <c r="L225" s="0" t="inlineStr">
         <is>
-          <t>2020-05-12</t>
+          <t>2013-09-10</t>
         </is>
       </c>
       <c r="M225" s="0" t="inlineStr">
         <is>
-          <t>Andermatt Pirmin, Suter Guido, Umbach Karen, Zimmermann Gibson Tabea</t>
+          <t/>
         </is>
       </c>
       <c r="N225" s="0"/>
     </row>
     <row r="226">
       <c r="A226" s="0" t="n">
-        <v>2940</v>
+        <v>2212</v>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt «Knoten Sand AG–Knoten Industrie» einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Objektkredit für die Renaturierung des Tobelbaches, Gemeinde Cham</t>
         </is>
       </c>
       <c r="F226" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2013-08-29</t>
         </is>
       </c>
       <c r="H226" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L226" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L226" s="0"/>
       <c r="M226" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N226" s="0"/>
     </row>
     <row r="227">
       <c r="A227" s="0" t="n">
-        <v>2897</v>
+        <v>2050</v>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E227" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ausbau Hinterburgmülibach, Gemeinde Neuheim</t>
+          <t>Kantonsratsbeschluss betreffend Projektierungskredit für die Planung von Neubauten für die Verwaltung und Gerichte des Kantons Zug und die Zugerland Verkehrsbetriebe AG auf dem Areal An der Aa in Zug</t>
         </is>
       </c>
       <c r="F227" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
-          <t>2019-05-18</t>
+          <t>2012-05-03</t>
         </is>
       </c>
       <c r="H227" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L227" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L227" s="0"/>
       <c r="M227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N227" s="0"/>
     </row>
     <row r="228">
       <c r="A228" s="0" t="n">
-        <v>2885</v>
+        <v>2024</v>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E228" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für Instandsetzung und Umbau des Theilerhauses an der Hofstrasse, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für die Planung und den Bau der Umfahrung Cham-Hünenberg sowie für den Landerwerb</t>
         </is>
       </c>
       <c r="F228" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
-          <t>2019-02-20</t>
+          <t>2011-07-07</t>
         </is>
       </c>
       <c r="H228" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L228" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L228" s="0"/>
       <c r="M228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N228" s="0"/>
     </row>
     <row r="229">
       <c r="A229" s="0" t="n">
-        <v>2855</v>
+        <v>1977</v>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
           <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D229" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E229" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Investitionsbeitrag und Bürgschaft für den neuen Hauptstützpunkt der Zugerland Verkehrsbetriebe AG und die damit verbundenen Landgeschäfte sowie betreffend Darlehen für die Finanzierung des Neubaus und Objektkredit für den Mieterausbau für den Rettungsdienst und die kantonale Verwaltung auf dem Areal An der Aa, Zug</t>
+          <t>Kantonsratsbeschluss betreffend Rahmenkredite Planung und Projektierung Bahnprojekte und Bahnbau</t>
         </is>
       </c>
       <c r="F229" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G229" s="0" t="inlineStr">
         <is>
-          <t>2019-05-16</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="H229" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I229" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L229" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L229" s="0"/>
       <c r="M229" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N229" s="0"/>
     </row>
     <row r="230">
       <c r="A230" s="0" t="n">
-        <v>2850</v>
+        <v>1901</v>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E230" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung Sihlbruggstrasse (KS P), Abschnitt Knoten Industrie-Knoten Blatt einschliesslich eines Radstreifens bergwärts, Gemeinde Neuheim</t>
+          <t>Änderung des Kantonsratsbeschlusses über das Strassenbauprogramm 2004 - 2011</t>
         </is>
       </c>
       <c r="F230" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G230" s="0" t="inlineStr">
         <is>
-          <t>2018-11-06</t>
+          <t>2010-09-30</t>
         </is>
       </c>
       <c r="H230" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L230" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L230" s="0"/>
       <c r="M230" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N230" s="0"/>
     </row>
     <row r="231">
       <c r="A231" s="0" t="n">
-        <v>2766</v>
+        <v>1775</v>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E231" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Ersatz und Erweiterung der übergeordneten Kommunikation und Leittechnik für Betriebs- und Sicherheitsausrüstungen der Kantonsstrassen</t>
+          <t>Änderung des Gesetzes über die Förderung von preisgünstigem Wohnraum (WFG), KRB betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum und KRB betreffend Statut der "Aktiengesellschaft zur Förderung von preisgünstigem Wohnraum"</t>
         </is>
       </c>
       <c r="F231" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
-          <t>2018-01-25</t>
+          <t>2010-05-06</t>
         </is>
       </c>
       <c r="H231" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L231" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L231" s="0"/>
       <c r="M231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N231" s="0"/>
     </row>
     <row r="232">
       <c r="A232" s="0" t="n">
-        <v>2655</v>
+        <v>1693</v>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E232" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Objektkredit für die Instandsetzung und Erweiterung des Ausbildungszentrums Schönau auf dem GS 2257, Lorzenstrasse 4, Cham</t>
+          <t>Motion von Anna Lustenberger-Seitz und Berty Zeiter betreffend Velo- und Skating-Verbindung ins Sihltal</t>
         </is>
       </c>
       <c r="F232" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
-          <t>2018-01-20</t>
+          <t>2025-07-03</t>
         </is>
       </c>
       <c r="H232" s="0" t="inlineStr">
         <is>
-          <t>Genehmigung Schlussabrechnung pendent</t>
+          <t/>
         </is>
       </c>
       <c r="I232" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J232" s="0"/>
+          <t>Nicht als erledigt abgeschrieben</t>
+        </is>
+      </c>
+      <c r="J232" s="0" t="inlineStr">
+        <is>
+          <t>2025-06-30</t>
+        </is>
+      </c>
       <c r="K232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L232" s="0" t="inlineStr">
         <is>
-          <t>2016-08-23</t>
+          <t>2008-06-13</t>
         </is>
       </c>
       <c r="M232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N232" s="0"/>
     </row>
     <row r="233">
       <c r="A233" s="0" t="n">
-        <v>2640</v>
+        <v>1646</v>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E233" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse L, Abschnitt Margel-Talacher einschliesslich eines Radstreifens bergwärts, Gemeinde Baar</t>
+          <t>1. Kantonsratsbeschluss betreffend Genehmigung des Generellen Projektes «Tangente Zug/Baar»
+2. Kantonsratsbeschluss betreffend Objektkredit für Planung, Landerwerb und Bau des Projektes «Tangente Zug/Baar»</t>
         </is>
       </c>
       <c r="F233" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
-          <t>2017-03-30</t>
+          <t>2009-05-28</t>
         </is>
       </c>
       <c r="H233" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L233" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L233" s="0"/>
       <c r="M233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N233" s="0"/>
     </row>
     <row r="234">
       <c r="A234" s="0" t="n">
-        <v>2635</v>
+        <v>1393</v>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (referendumsfähig)</t>
         </is>
       </c>
       <c r="C234" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E234" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredits für das Projekt Sanierung und Ausbau der Kantonsstrasse 381, Abschnitt Nidfuren-Schmittli einschliesslich eines beidseitigen Radstreifens, Gemeinden Menzingen und Baar</t>
+          <t>Kantonsratsbeschluss betreffend Rahmen- und Objektkredit für die Planung und den Bau der «Umfahrung Cham-Hünenberg» sowie für den Landerwerb (Kammerkonzept Ennetsee)</t>
         </is>
       </c>
       <c r="F234" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G234" s="0" t="inlineStr">
         <is>
-          <t>2017-03-10</t>
+          <t>2006-06-01</t>
         </is>
       </c>
       <c r="H234" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L234" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L234" s="0"/>
       <c r="M234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N234" s="0"/>
     </row>
     <row r="235">
       <c r="A235" s="0" t="n">
-        <v>2501</v>
+        <v>1251</v>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
         </is>
       </c>
       <c r="C235" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E235" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Rahmenkredit 2016–2021 für die Umsetzung der ersten Phase des Massnahmenplans Ammoniak 2016–2030</t>
+          <t>Kantonsratsbeschluss betreffend Sanierung der Gebäudehülle und Dächer der Liegenschaft Hofstrasse 15 in Zug</t>
         </is>
       </c>
       <c r="F235" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
-          <t>2016-04-09</t>
+          <t>2005-02-24</t>
         </is>
       </c>
       <c r="H235" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L235" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L235" s="0"/>
       <c r="M235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N235" s="0"/>
     </row>
     <row r="236">
       <c r="A236" s="0" t="n">
-        <v>2310</v>
+        <v>1000</v>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (referendumsfähig)</t>
+          <t>Gesetz</t>
         </is>
       </c>
       <c r="C236" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E236" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss über das Strassenbauprogramm 2014–2022</t>
+          <t>Gesetz über die Förderung von preisgünstigem Wohnraum (Wohnraumförderungsgesetz, WFG) und Kantonsratsbeschluss betreffend Rahmenkredit für die Förderung von preisgünstigem Wohnraum</t>
         </is>
       </c>
       <c r="F236" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G236" s="0" t="inlineStr">
         <is>
-          <t>2014-11-04</t>
+          <t>2003-01-30</t>
         </is>
       </c>
       <c r="H236" s="0" t="inlineStr">
         <is>
           <t>Genehmigung Schlussabrechnung pendent</t>
         </is>
       </c>
       <c r="I236" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss vom 28.08.2014</t>
+          <t/>
         </is>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L236" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L236" s="0"/>
       <c r="M236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N236" s="0"/>
     </row>
     <row r="237">
       <c r="A237" s="0" t="n">
-        <v>2291</v>
+        <v>282</v>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss (nicht referendumsfähig)</t>
+          <t>Motion</t>
         </is>
       </c>
       <c r="C237" s="0" t="inlineStr">
         <is>
           <t>hängig</t>
         </is>
       </c>
       <c r="D237" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E237" s="0" t="inlineStr">
         <is>
-          <t>Kantonsratsbeschluss betreffend Freigabe eines Objektkredites für das Projekt Sanierung der Kantonsstrasse N, Neuheimerstrasse, Abschnitt Kreisel Lättich bis Baarburgrank, Gemeinde Baar</t>
+          <t>Motion von Christoph Hohler betreffend Radstrecken ins Ägerital</t>
         </is>
       </c>
       <c r="F237" s="0" t="inlineStr">
         <is>
           <t>Baudirektion</t>
         </is>
       </c>
       <c r="G237" s="0" t="inlineStr">
         <is>
-          <t>2013-09-26</t>
+          <t>2024-07-03</t>
         </is>
       </c>
       <c r="H237" s="0" t="inlineStr">
         <is>
-          <t>Kommission bestellt</t>
+          <t>Frist erstreckt</t>
         </is>
       </c>
       <c r="I237" s="0" t="inlineStr">
         <is>
-          <t/>
-[...2 lines deleted...]
-      <c r="J237" s="0"/>
+          <t>Frist erstreckt bis 31. Dezember 2030</t>
+        </is>
+      </c>
+      <c r="J237" s="0" t="inlineStr">
+        <is>
+          <t>2030-12-31</t>
+        </is>
+      </c>
       <c r="K237" s="0" t="inlineStr">
         <is>
-          <t>Kommission Tiefbau und Gewässer</t>
+          <t/>
         </is>
       </c>
       <c r="L237" s="0" t="inlineStr">
         <is>
-          <t>2013-09-10</t>
+          <t>1995-08-07</t>
         </is>
       </c>
       <c r="M237" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N237" s="0"/>
-    </row>
-[...711 lines deleted...]
-      <c r="N249" s="0"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="true"/>
   <printOptions verticalCentered="false" horizontalCentered="false" headings="false" gridLines="false"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>